--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frederic Perdreau </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités, Université Jean Monnet Saint-Etienne, COACTIS IAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6602-0889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche s'intéressent aux acquisitions, aux réseaux de franchise et plus récemment à l'accompagnement des PME. Ils mobilisent les notions de gouvernance, de stratégie et de performance et s’intéressent aux liens et interdépendances entre ces éléments. L’innovation y est centrale. Bien qu’ancrés dans le champ de la Finance d’entreprise, ils se sont progressivement ouverts à des approches plus stratégiques.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agilité organisationnelle : le cas de la franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Caen Normandie; Université de Rennes 2; EM Normandie Business School; Université de saint-Etienne; Université de Paris Dauphine. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation versus uniformité des savoir-faire dans les réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Allix-Desfautaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Fédération Française de la Franchise (FFF). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02471970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions d'émergence et de diffusion de l'innovation au sein des réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Allix-Desfautaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Gate CNRS; NIMEC; CREM; COACTIS. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutien public direct, slack financier, discrétion managériale et innovations dans les PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Monrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Teyssier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème CIFEPME - Congrès International Francophone en Entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSA - Université de Laval (Québec), Oct 2024, Québec (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agilité organisationnelle dans les réseaux de franchise 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Management Stratégique, Jun 2024, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franchise System Configurations for High Performance: The Role of Dynamic Capabilities and Know-How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th Annual International Society of Franchising (ISoF) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Sippy Downs, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03241900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALL FOR ONE OR ONE FOR ALL? DIVESTITURE DECISION AND PERFORMANCE THROUGH TMT FUNCTIONAL DIVERSITY AND ORIENTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL BACKGROUND AS A DETERMINANT OF DIVESTURE’S MODES AND FIRMS’ OUTCOMES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.eiasm.org/frontoffice/event_announcement.asp?event_id=1348</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Passau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02090487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Capabilities, Operational Capabilities and Franchise System Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Annual Conference of the International Society of Franchising (ISoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02154038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Capabilities, Operational Capabilities and Franchise System Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on ECONOMICS AND MANAGEMENT OF NETWORKS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, La Habana, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01933628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual capability and Contract Duration Changes in Franchise Networks, 15-17 November.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Frechette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Economics and Management of NETworks (EMNET),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Havane, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Outcomes of Organizational Choices in French Franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual ISoF Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01945792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Groups in the French Franchising Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual International Society of Franchising Conference University of Groningen, Faculty of Economics and Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01420796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth or profitability ? Innovation and performance in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Annual ISoF Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oviedo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth or profitability ? Innovation and performance in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Economics and Management of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network strategies in the French franchise systems : A Predictive Model of Stratification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Economics and Management of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of contractual design: determinants and performance outcomes of contract duration in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Management of Networks Conference (EMNet 2013), University Ibn Zohr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00949230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Duration and Franchisors Performance ; An empirical study on French Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conferences on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00675238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Private Equity Firms Foster Innovation? Evidence from French LBOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00773693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LBOs and innovation: the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bodo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00669910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plural Form and Firm Performance: Franchising in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Bosnia and Herzegovina. pp.CD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture financière des réseaux de franchise : apports de la théorie des ressources et de la théorie des contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bordeaux, France. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00520599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture des réseaux de franchise : apports de la théorie des resources et de la théorie des contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architecture des réseaux de franchise : apports de la théorie des resources et de la théorie des contrats incomplets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Hammamet, Tunisie. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Finance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00161964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Française de FInance (AFFI 2007) : "Ethique et gouvernance"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00161959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux de franchise et taux de mixité : vers un modèle financier de la performance économique du franchiseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17es Journées Nationales des IAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00078367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for managerial opportunism faint traces in French diversifying acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the IESE European M&amp;As, Corporate Restructuring and Consolidation Issues symposium, Mars 2002, Barcelone, Espagne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversification de l'entreprise, risque et aversion au risque des dirigeants : L'hypothèse d'Amihud et Lev (1981) revisitée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFFI décembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franchise capabilities and system performance: A configurational perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 113, pp.326-340. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indmarman.2023.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04169018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning, contractual capabilities, and contract duration changes in franchise networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fréchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64, pp.102777. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2021.102777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Slack and Innovation Expenditures in Leveraged Buyout Companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24-2, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/fcs.7889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do retailers benefit from network affiliation in all locations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (2), pp.1623-1633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management innovation in leveraged buyout companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venture Capital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (3), pp.261-279. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13691066.2020.1801175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Orientation and Performance in Franchise Networks: The Mediating Role of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (18), pp. 193-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02384724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract duration and contractual learning: Evidence from franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial and Decision Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 39 (2), pp.240 - 252. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mde.2899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industry specialization of private equity firms: a source of buy-out performance heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Bruining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venture Capital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (3), pp.237-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Capital Intangibles and Performance of Franchise Networks: A Complementary View between Agency and Critical Resource Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial and Decision Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36, pp.121-138. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mde.2656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00911837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LBOs’ effects on innovation: evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (3), pp.184-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and R&D investments by leveraged buyout companies in times of crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (2), pp.856-864</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01006395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ex-post innovation profile of LBO targets: evidence from CIS data for the Netherlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (1-2), pp.93-105. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsc.1962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00955433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital humain, gouvernance et performance des réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13, pp.987-1006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00631095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.5-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00472172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Profile of Leveraged Buyout Targets: Some French Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Accounting and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (4), pp.370-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désengagements et recentrages en France : 1986-1992</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.137-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00520594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Groups in the French Franchising Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">George W. J. Hendrikse; Gérard Cliquet; Thomas Ehrmann; Josef Windsperger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Governance of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp. 11-33, 2017, Contributions to Management Science, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-57276-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01651046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of contractual design : determinants of contract duration in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G. Cliquet, T. Ehrmann, G. Hendrikse, J. Windsperger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfirm Networks : Cooperatives, Franchising, Strategic Alliances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2015, Interfirm Networks: Franchising, Cooperatives and Strategic Alliances, 9783319101835</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plural Form and Franchisors Performance : Early Empirical Findings From Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Tuunanen, J. Windsperger, G. Cliquet, G. Hendrikse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Developments in the Theory of Networks: Franchising, Cooperatives and Alliances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp.88-105, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de la notion de ressource dans l’étude des liens entre Gouvernance, Stratégie, Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Jean Monnet, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04746918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouvernement et stratégies d'entreprise: un passage en revue des principales hypothèses d'opportunisme managérial et de leurs interprétations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DIVERSIFICATION, PERFORMANCE ET OPPORTUNISME MANAGÉRIAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Rennes 1, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04746833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId93"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frederic Perdreau </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités, Université Jean Monnet Saint-Etienne, COACTIS IAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6602-0889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche s'intéressent aux acquisitions, aux réseaux de franchise et plus récemment à l'accompagnement des PME. Ils mobilisent les notions de gouvernance, de stratégie et de performance et s’intéressent aux liens et interdépendances entre ces éléments. L’innovation y est centrale. Bien qu’ancrés dans le champ de la Finance d’entreprise, ils se sont progressivement ouverts à des approches plus stratégiques.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agilité organisationnelle : le cas de la franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Caen Normandie; Université de Rennes 2; EM Normandie Business School; Université de saint-Etienne; Université de Paris Dauphine. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation versus uniformité des savoir-faire dans les réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Allix-Desfautaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Fédération Française de la Franchise (FFF). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02471970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions d'émergence et de diffusion de l'innovation au sein des réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Allix-Desfautaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Gate CNRS; NIMEC; CREM; COACTIS. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutien public direct, slack financier, discrétion managériale et innovations dans les PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Monrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Teyssier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème CIFEPME - Congrès International Francophone en Entrepreneuriat et PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSA - Université de Laval (Québec), Oct 2024, Québec (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agilité organisationnelle dans les réseaux de franchise 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Management Stratégique, Jun 2024, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franchise System Configurations for High Performance: The Role of Dynamic Capabilities and Know-How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th Annual International Society of Franchising (ISoF) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Sippy Downs, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03241900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALL FOR ONE OR ONE FOR ALL? DIVESTITURE DECISION AND PERFORMANCE THROUGH TMT FUNCTIONAL DIVERSITY AND ORIENTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02932000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Capabilities, Operational Capabilities and Franchise System Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Annual Conference of the International Society of Franchising (ISoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02154038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL BACKGROUND AS A DETERMINANT OF DIVESTURE’S MODES AND FIRMS’ OUTCOMES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safsaf Nadjet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">http://www.eiasm.org/frontoffice/event_announcement.asp?event_id=1348</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Passau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02090487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Capabilities, Operational Capabilities and Franchise System Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on ECONOMICS AND MANAGEMENT OF NETWORKS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, La Habana, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01933628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual capability and Contract Duration Changes in Franchise Networks, 15-17 November.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Frechette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Economics and Management of NETworks (EMNET),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Havane, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Outcomes of Organizational Choices in French Franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Annual ISoF Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01945792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Groups in the French Franchising Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual International Society of Franchising Conference University of Groningen, Faculty of Economics and Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01420796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth or profitability ? Innovation and performance in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Economics and Management of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth or profitability ? Innovation and performance in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Annual ISoF Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Oviedo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network strategies in the French franchise systems : A Predictive Model of Stratification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Economics and Management of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of contractual design: determinants and performance outcomes of contract duration in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Management of Networks Conference (EMNet 2013), University Ibn Zohr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00949230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Duration and Franchisors Performance ; An empirical study on French Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conferences on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00675238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Private Equity Firms Foster Innovation? Evidence from French LBOs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00773693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LBOs and innovation: the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RENT conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bodo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00669910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plural Form and Firm Performance: Franchising in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Economics and Management of Networks (EMNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Bosnia and Herzegovina. pp.CD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00418674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture financière des réseaux de franchise : apports de la théorie des ressources et de la théorie des contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bordeaux, France. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00520599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture des réseaux de franchise : apports de la théorie des resources et de la théorie des contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architecture des réseaux de franchise : apports de la théorie des resources et de la théorie des contrats incomplets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Hammamet, Tunisie. pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Finance Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00161964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Française de FInance (AFFI 2007) : "Ethique et gouvernance"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00161959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux de franchise et taux de mixité : vers un modèle financier de la performance économique du franchiseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17es Journées Nationales des IAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00078367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for managerial opportunism faint traces in French diversifying acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the IESE European M&amp;As, Corporate Restructuring and Consolidation Issues symposium, Mars 2002, Barcelone, Espagne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversification de l'entreprise, risque et aversion au risque des dirigeants : L'hypothèse d'Amihud et Lev (1981) revisitée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFFI décembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franchise capabilities and system performance: A configurational perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Khelil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 113, pp.326-340. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indmarman.2023.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04169018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning, contractual capabilities, and contract duration changes in franchise networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fréchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64, pp.102777. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2021.102777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Slack and Innovation Expenditures in Leveraged Buyout Companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24-2, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/fcs.7889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do retailers benefit from network affiliation in all locations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (2), pp.1623-1633</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management innovation in leveraged buyout companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venture Capital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (3), pp.261-279. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13691066.2020.1801175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurial Orientation and Performance in Franchise Networks: The Mediating Role of Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (18), pp. 193-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02384724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract duration and contractual learning: Evidence from franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial and Decision Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 39 (2), pp.240 - 252. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mde.2899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industry specialization of private equity firms: a source of buy-out performance heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Bruining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Venture Capital</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (3), pp.237-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Capital Intangibles and Performance of Franchise Networks: A Complementary View between Agency and Critical Resource Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Managerial and Decision Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36, pp.121-138. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mde.2656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00911837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LBOs’ effects on innovation: evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (3), pp.184-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and R&D investments by leveraged buyout companies in times of crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bertoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (2), pp.856-864</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01006395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ex-post innovation profile of LBO targets: evidence from CIS data for the Netherlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (1-2), pp.93-105. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsc.1962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00955433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital humain, gouvernance et performance des réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13, pp.987-1006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00631095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de diversification et structure du capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence André-Le Pogamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.5-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00472172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Profile of Leveraged Buyout Targets: Some French Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Accounting and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (4), pp.370-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désengagements et recentrages en France : 1986-1992</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Contrôle Stratégie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.137-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00520594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Groups in the French Franchising Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Bouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">George W. J. Hendrikse; Gérard Cliquet; Thomas Ehrmann; Josef Windsperger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Governance of Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp. 11-33, 2017, Contributions to Management Science, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-57276-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01651046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of contractual design : determinants of contract duration in franchising networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Chanut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Chaudey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Fadairo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G. Cliquet, T. Ehrmann, G. Hendrikse, J. Windsperger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfirm Networks : Cooperatives, Franchising, Strategic Alliances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2015, Interfirm Networks: Franchising, Cooperatives and Strategic Alliances, 9783319101835</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01219907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plural Form and Franchisors Performance : Early Empirical Findings From Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Le Nadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cliquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Tuunanen, J. Windsperger, G. Cliquet, G. Hendrikse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Developments in the Theory of Networks: Franchising, Cooperatives and Alliances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp.88-105, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00522601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de la notion de ressource dans l’étude des liens entre Gouvernance, Stratégie, Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Jean Monnet, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04746918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouvernement et stratégies d'entreprise: un passage en revue des principales hypothèses d'opportunisme managérial et de leurs interprétations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DIVERSIFICATION, PERFORMANCE ET OPPORTUNISME MANAGÉRIAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Perdreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université Rennes 1, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04746833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId93"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A0A79863"/>
+    <w:nsid w:val="4CA0F4AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-perdreau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6602-0889" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467456v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Burlaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Le Nadant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Malherbe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Perdreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sanoussy Sow" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02471970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Allix-Desfautaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Khelil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perdreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chaudey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fadairo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754838v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Monrose" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Teyssier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000780v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02932000v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safsaf Nadjet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090487v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02154038v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01933628v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frechette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01945792v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420796v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouzid" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219917v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228672v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00949230v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chanut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675238v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773693v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418674v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cliquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520599v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338227v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161964v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233;-Le Pogamp" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161959v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078367v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010010v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169018v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2023.07.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692638v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#233;chet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2021.102777" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03781948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bertoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.7889" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-48QK1NDS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02925168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691066.2020.1801175" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767016v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2899" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721855v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Bruining" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911837v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2656" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L54DWT7N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01006395v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00955433v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsc.1962" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B0DZQFWP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631095v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00472172v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522624v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520594v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651046v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57276-5_2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746918v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746975v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746833v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-perdreau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6602-0889" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467456v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Burlaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Le Nadant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Malherbe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Perdreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sanoussy Sow" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02471970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Allix-Desfautaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Khelil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perdreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chaudey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fadairo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754838v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Monrose" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Teyssier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000780v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02932000v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safsaf Nadjet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02154038v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02090487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01933628v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frechette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01945792v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420796v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouzid" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228672v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219917v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00949230v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chanut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675238v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773693v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418674v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cliquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520599v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338227v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161964v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Andr&#233;-Le Pogamp" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161959v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00078367v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010010v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169018v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2023.07.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692638v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#233;chet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2021.102777" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03781948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bertoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.7889" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-48QK1NDS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02925168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691066.2020.1801175" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767016v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2899" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721855v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Bruining" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911837v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mde.2656" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L54DWT7N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01006395v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00955433v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsc.1962" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B0DZQFWP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631095v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00472172v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522624v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520594v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651046v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57276-5_2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01219907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746918v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746975v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04746833v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>