--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -794,168 +794,185 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03527761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological, biomechanical, and subjective effects of medio-lateral distance between the feet during pedalling for cyclists of different morphologies</w:t>
+                <w:t xml:space="preserve">Variability of ankle kinematics in professional cyclists: consequence on saddle height adjustment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Segui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1845440⟩</w:t>
+              <w:t xml:space="preserve">Journal of Science and Cycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.25-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.28985/0620.jsc.03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03103046v1</w:t>
+                <w:t xml:space="preserve">hal-03016075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of asymmetric crank arm lengths on performance-related variables in cyclists with an anatomical lower limb length discrepancy</w:t>
+                <w:t xml:space="preserve">Physiological, biomechanical, and subjective effects of medio-lateral distance between the feet during pedalling for cyclists of different morphologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
@@ -973,216 +990,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12283-020-00327-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2020.1845440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103047v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of ankle kinematics in professional cyclists: consequence on saddle height adjustment</w:t>
+                <w:t xml:space="preserve">Effect of asymmetric crank arm lengths on performance-related variables in cyclists with an anatomical lower limb length discrepancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Science and Cycling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (1), pp.25-32. </w:t>
+              <w:t xml:space="preserve">Sports Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.28985/0620.jsc.03⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12283-020-00327-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016075v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of cycling shoe cleat position on biomechanical and physiological responses during cycling and subsequent running parts of a simulated Sprint triathlon: a pilot study</w:t>
               </w:r>
@@ -2930,284 +2930,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’écartement médio-latéral des pieds lors du pédalage sur le rendement énergétique brut et le confort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Millour</w:t>
+                <w:t xml:space="preserve">Validation du capteur BEAST pour l’évaluation de la détente verticale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Chopiton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.200--201</w:t>
+              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03199818v1</w:t>
+                <w:t xml:space="preserve">hal-03199819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between preferred saddle height and pedalling kinematics in professional cyclists</w:t>
+                <w:t xml:space="preserve">Impact biomécanique et physiologique de l’utilisation de deux manivelles de longueurs différentes pour compenser une asymétrie anatomique des membres inférieurs en cyclisme - Etude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bertucci</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.13-14</w:t>
+              <w:t xml:space="preserve">12ème Congrès SFMES-SFTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Reims, France. pp.38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124385v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact biomécanique et physiologique de l’utilisation de deux manivelles de longueurs différentes pour compenser une asymétrie anatomique des membres inférieurs en cyclisme - Etude de cas</w:t>
+                <w:t xml:space="preserve">Impact de l’écartement médio-latéral des pieds lors du pédalage sur le rendement énergétique brut et le confort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Duc</w:t>
@@ -3225,168 +3195,198 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Bertucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès SFMES-SFTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Reims, France. pp.38</w:t>
+              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.200--201</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199817v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation du capteur BEAST pour l’évaluation de la détente verticale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationship between preferred saddle height and pedalling kinematics in professional cyclists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Millour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Segui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACAPS, Oct 2019, Paris, France. pp.70</w:t>
+              <w:t xml:space="preserve">Science &amp; Cycling Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bruxelles, Belgium. pp.13-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199819v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation des blessures chez les étudiant-artistes du cirque ; étude préliminaire</w:t>
               </w:r>
@@ -4757,683 +4757,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03124485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between hand kinematics and hip movement in front crawl</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparisons of four competitive jammers by biomechanics and physiological parameters in expert male crawl swimmers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Chollet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Leprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437374v1</w:t>
+                <w:t xml:space="preserve">hal-02374559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromuscular responses of the glide effect in breaststroke technique: a case of study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John Komar</w:t>
+                <w:t xml:space="preserve">Modifications biomécaniques, musculaires et cognitives induites par un programme d'apprentissage de huit semaines des ondulations sous-marines chez des nageurs adolescents bien entraînés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Elipot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean René Cazalets</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXth Congress of the International Society of Electrophysiology and Kinesiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrophysiology and Kinesiology, Jul 2014, Rome, Italy</w:t>
+              <w:t xml:space="preserve">5èmes Journées Spécialisées de Natation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des Sciences du Sport et de l'EP, Lille 2, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437366v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of an inertial measurement unit for the determination of the longitudinal speed of a swimmer</w:t>
+                <w:t xml:space="preserve">Relationships between hand kinematics and hip movement in front crawl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Seifert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Chavallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437377v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparisons of four competitive jammers by biomechanics and physiological parameters in expert male crawl swimmers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Chollet</w:t>
+                <w:t xml:space="preserve">Neuromuscular responses of the glide effect in breaststroke technique: a case of study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Conceição</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Seifert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Komar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Louvet</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vantorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Canberra, Australia</w:t>
+              <w:t xml:space="preserve">XXth Congress of the International Society of Electrophysiology and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrophysiology and Kinesiology, Jul 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374559v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications biomécaniques, musculaires et cognitives induites par un programme d'apprentissage de huit semaines des ondulations sous-marines chez des nageurs adolescents bien entraînés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Elipot</w:t>
+                <w:t xml:space="preserve">Validation of an inertial measurement unit for the determination of the longitudinal speed of a swimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Puel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Seifert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hellard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean René Cazalets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Spécialisées de Natation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des Sciences du Sport et de l'EP, Lille 2, May 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437359v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does four weeks of simple reaction time training improve start performance in swimming?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Kazarine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Fernandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5510,51 +5510,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Morlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariano Cid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6211,51 +6211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Truchon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Toussaint--Malard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Lemaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tordi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250865v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonnel Giovanelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vareille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102652" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437222v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hellard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pyne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morlier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52082/jssm.2023.571" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2022.2073908" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03527761v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scholler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Millour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/1221.jsc.07" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1845440" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103047v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-020-00327-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ouvrard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Segui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.03" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016041v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Janson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.02" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016026v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hakim" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bertucci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.07.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103059v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37190/ABB-01428-2019-02" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1556324" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016241v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Concei&#231;&#227;o" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Louro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia M Morgado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Seifert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016138v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hakim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36811/jphsm.2019.110002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437314v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Greenfield" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kuhn" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mehler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P M Rommens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069582" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01727368v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morlier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Avalos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mesnard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.11.043" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437382v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hellard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.595190" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437391v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aoun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2010.490089" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437392v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2010.495586" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454518v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Mahdi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001483" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875716v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Navillon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouelle Arnaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103407v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Moreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199818v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124385v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199817v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199819v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chopiton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437302v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124388v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Perrotin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199816v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124364v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363302v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Komar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Guignard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199813v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Elipot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Cazalets" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199815v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124457v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199814v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaias Perez Rojo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124495v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124506v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124485v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437374v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chavallard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437366v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vantorre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437377v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374559v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinho" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Louvet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437359v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Cazalets" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437347v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Kazarine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Fernandes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437390v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Cid" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437404v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fauquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437397v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124551v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03016172v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Truchon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Toussaint--Malard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Lemaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tordi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250865v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonnel Giovanelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vareille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bertucci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102652" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437222v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hellard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pyne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morlier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52082/jssm.2023.571" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2022.2073908" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03527761v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Scholler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Millour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/1221.jsc.07" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016075v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ouvrard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Segui" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.03" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103046v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1845440" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103047v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-020-00327-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016041v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Janson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28985/0620.jsc.02" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016026v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hakim" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bertucci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.07.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103059v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37190/ABB-01428-2019-02" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03103058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1556324" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016241v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Concei&#231;&#227;o" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Louro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia M Morgado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Seifert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016138v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Hakim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36811/jphsm.2019.110002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437314v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Greenfield" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kuhn" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mehler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P M Rommens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069582" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01727368v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morlier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Avalos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mesnard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2011.11.043" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437382v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hellard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.595190" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437391v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aoun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2010.490089" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437392v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2010.495586" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454518v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Mahdi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54941/ahfe1001483" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875716v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Navillon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouelle Arnaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103407v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Moreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199819v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chopiton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199817v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199818v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437302v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124388v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Perrotin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199816v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124364v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363302v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Komar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Guignard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199813v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Elipot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Cazalets" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199815v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124457v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199814v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaias Perez Rojo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124495v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124506v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124485v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374559v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinho" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Louvet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Cazalets" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437374v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chavallard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437366v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vantorre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437377v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437347v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Kazarine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Fernandes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437390v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Cid" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437404v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fauquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437397v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03124551v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03016172v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>