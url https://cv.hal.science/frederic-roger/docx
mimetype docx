--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -153,51 +153,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -857,1936 +857,2204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04110681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New multilocus sequence typing primers to enable genotyping of AD hybrids within the Cryptococcus neoformans species complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Massimo Cogliati</w:t>
+                <w:t xml:space="preserve">First report of cryptococcosis due to Cryptococcus gattii sensu stricto VGI in an Ivorian HIV negative patient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.K. Kassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donika Krasteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Drakulovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mmy/myaa047⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (2), pp.101113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2021.101113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115315v1</w:t>
+                <w:t xml:space="preserve">hal-05551855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">African ST173 Cryptococcus deuterogattii strains are commonly less susceptible to fluconazole: an unclear mechanism of resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New multilocus sequence typing primers to enable genotyping of AD hybrids within the Cryptococcus neoformans species complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Cogliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieland Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bertout</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bertout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Antimicrobial Resistance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jgar.2019.10.017⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58 (7), pp.1005-1009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mmy/myaa047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544303v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptococcus genetic diversity and mixed infections in Ivorian HIV patients: A follow up study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">African ST173 Cryptococcus deuterogattii strains are commonly less susceptible to fluconazole: an unclear mechanism of resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bertout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Drakulovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fulgence Kondo Kassi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Amélie Chabrol</w:t>
+                <w:t xml:space="preserve">T. Gouveia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007812⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global Antimicrobial Resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, pp.262-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jgar.2019.10.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02515013v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative typing analyses of clinical and environmental strains of the Cryptococcus neoformans/Cryptococcus gattii species complex from Ivory Coast</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cryptococcus genetic diversity and mixed infections in Ivorian HIV patients: A follow up study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulgence Kondo Kassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Drakulovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fulgence K. Kassi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Roger</w:t>
+                <w:t xml:space="preserve">Amélie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 67 (1), pp.87--96. </w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (11), pp.e0007812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/jmm.0.000654⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348851v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02515013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t>
+                <w:t xml:space="preserve">Comparative typing analyses of clinical and environmental strains of the Cryptococcus neoformans/Cryptococcus gattii species complex from Ivory Coast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Chaix</w:t>
+                <w:t xml:space="preserve">Fulgence K. Kassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Drakulovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donika Krasteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Roger</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Estelle Jumas-Bilak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67 (1), pp.87--96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/jmm.0.000654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689594v1</w:t>
+                <w:t xml:space="preserve">hal-02348851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delineation of Taxonomic Species within Complex of Species: Aeromonas media and Related Species as a Test Case</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Talagrand-Reboul</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joerg Graf</w:t>
+                <w:t xml:space="preserve">Estelle Jumas-Bilak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 8, pp.621. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.00621⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 8, pp.1259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01522587v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which antibiotics and breakpoints should be used for Aeromonas susceptibility testing? Considerations from a comparison of agar dilution and disk diffusion methods using Enterobacteriaceae breakpoints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Delineation of Taxonomic Species within Complex of Species: Aeromonas media and Related Species as a Test Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Talagrand-Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Kimper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie M. Colston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lamy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">E. Jumas-Bilak</w:t>
+                <w:t xml:space="preserve">Joerg Graf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-012-1578-x⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.00621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00722700v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ribosomal Multi-Operon Diversity: An Original Perspective on the Genus Aeromonas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Which antibiotics and breakpoints should be used for Aeromonas susceptibility testing? Considerations from a comparison of agar dilution and disk diffusion methods using Enterobacteriaceae breakpoints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Jumas-Bilak</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Marchandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0046268⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Springer-Verlag 2012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10096-012-1578-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02531842v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00722700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Environment to Man: Genome Evolution and Adaptation of Human Opportunistic Bacterial Pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Aujoulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Aujoulat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Roger</w:t>
+                <w:t xml:space="preserve">Alice Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Bourdier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Lotthé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (2), pp.191-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/genes3020191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04115071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilocus genetics to reconstruct aeromonad evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Roger</w:t>
+                <w:t xml:space="preserve">Ribosomal Multi-Operon Diversity: An Original Perspective on the Genus Aeromonas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jumas-Bilak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeli Kodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Marchandin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H. Marchandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12 (1), pp.62. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (9), pp.e46268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2180-12-62⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0046268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115059v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02531842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Multilocus genetics to reconstruct aeromonad evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Marchandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Jumas-Bilak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeli Kodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (1), pp.62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2180-12-62⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Accuracy of 6 commercial systems for identifying clinical Aeromonas isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. W. Decousser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lecaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 67 (1), pp.9-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.diagmicrobio.2009.12.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negativicoccus succinicivorans gen. nov., sp. nov., isolated from human clinical samples, emended description of the family Veillonellaceae and description of Negativicutes classis nov., Selenomonadales ord. nov, and Acidaminococcaceae fam. nov. in the bacterial phylum Firmicutes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Marchandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jean-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13 (2), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijs.0.013102-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité d’Aeromonas media : quel impact taxonomique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Talagrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Kimper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J. Figueras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Marchandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème congrès national de la Société Française de Microbiologie(SFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aeromonas media embraces at least two clearly species.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Talagrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kimper, J.-P.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger, F</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figueras, M.-J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Colston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Symposium on Aeromonas and Plesiomonas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02063647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering relationships between Aeromonas isolates from a unique specimen using four molecular typing methods: how mixed are aeromonoses?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Talagrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Cubizolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Jumas-Bilak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J. Figueras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Symposium on Aeromonas and Plesiomonas (ISAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId103"/>
+      <w:footerReference w:type="default" r:id="rId111"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2854,51 +3122,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D32703B2"/>
+    <w:nsid w:val="E38B9E54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3085,51 +3353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-roger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164376968" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313552547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935689v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cogliati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Chidebelu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hitchcock" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Rickerts" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2023.103861" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04148713v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama Val&#233;rie Bonouman Ira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donika Krasteva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kouadjo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bellet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2023.101410" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bertout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Laroche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drakulovski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12060758" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106514v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Randazzo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12050662" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110681v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphany Gouveia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Pottier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8030227" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115315v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieland Meyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa047" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544303v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drakulovski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gouveia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2019.10.017" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515013v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulgence Kondo Kassi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chabrol" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007812" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348851v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulgence K. Kassi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.000654" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522587v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kimper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M. Colston" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Graf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00621" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722700v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kodjo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jumas-Bilak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-012-1578-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87WHJ940-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02531842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeli Kodjo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marchandin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046268" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aujoulat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bourdier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lotth&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes3020191" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115059v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marchandin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-12-62" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02548026v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Decousser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecaillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2009.12.012" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X51J3N47-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Figueras" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063647v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimper, J.-P." TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger, F" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figueras, M.-J" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colston" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065206v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cubizolle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-roger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164376968" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313552547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935689v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cogliati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Chidebelu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hitchcock" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Rickerts" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2023.103861" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04148713v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama Val&#233;rie Bonouman Ira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donika Krasteva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kouadjo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bellet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2023.101410" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bertout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Laroche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drakulovski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12060758" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106514v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Randazzo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12050662" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110681v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphany Gouveia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Pottier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8030227" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551855v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.K. Kassi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2021.101113" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115315v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieland Meyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa047" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544303v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drakulovski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Martin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gouveia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2019.10.017" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515013v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulgence Kondo Kassi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chabrol" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007812" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348851v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulgence K. Kassi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.000654" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522587v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kimper" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M. Colston" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Graf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00621" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00722700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lamy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurent" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kodjo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jumas-Bilak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-012-1578-x" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87WHJ940-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115071v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aujoulat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bourdier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lotth&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes3020191" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02531842v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeli Kodjo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marchandin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046268" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115059v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marchandin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-12-62" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02548026v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Decousser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lecaillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2009.12.012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X51J3N47-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420507v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Teyssier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Campos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jean-Pierre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.013102-0" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065994v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Figueras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063647v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimper, J.-P." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger, F" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figueras, M.-J" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colston" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065206v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cubizolle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>