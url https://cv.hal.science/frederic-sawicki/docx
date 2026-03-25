--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -560,208 +560,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi les enseignants français tournent-ils aujourd’hui le dos à l’engagement politique ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Riverains, bourgeois ou citoyens ? Sociologie d’une association en lutte contre l’agrandissement d’un stade de football (Lille, 2003-2006)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lorenzo Barrault-Stella; Brigitte Gaïti; Patrick Lehingue. </w:t>
+              <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La politique désenchantée ? perspectives sociologiques. Mélanges en l’honneur de Daniel Gaxie</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Politiques du proche. Les lieux familiers comme espaces de mobilisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Res Publica, 9782753576209</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977886v1</w:t>
+                <w:t xml:space="preserve">hal-03977888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riverains, bourgeois ou citoyens ? Sociologie d’une association en lutte contre l’agrandissement d’un stade de football (Lille, 2003-2006)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pourquoi les enseignants français tournent-ils aujourd’hui le dos à l’engagement politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
+              <w:t xml:space="preserve">Lorenzo Barrault-Stella; Brigitte Gaïti; Patrick Lehingue. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques du proche. Les lieux familiers comme espaces de mobilisation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La politique désenchantée ? perspectives sociologiques. Mélanges en l’honneur de Daniel Gaxie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Res Publica, 978-2-7535-7608-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.147117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03977888v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riverains, bourgeois ou citoyens ? Sociologie d’une association en lutte contre l’agrandissement d’un stade de football (Lille, 2003-2006)</w:t>
               </w:r>
@@ -879,268 +879,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des démocraties sans protagonistes ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discipline partisane et discipline majoritaire sous la Ve République : le cas du parti socialiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNRS Éditions. </w:t>
+              <w:t xml:space="preserve">Julie Benetti; Anne Levade; Dominique Rousseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Violence et passion. Rencontres Recherche et Création du Festival d’Avignon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9782271116901</w:t>
+              <w:t xml:space="preserve">Le droit interne des partis politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mare &amp; Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Institut Des Sciences Juridique Et Philosophique De La Sorbonne, 9782849342787</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977884v1</w:t>
+                <w:t xml:space="preserve">hal-03977882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des démocraties sans protagonistes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Passions et pouvoirs, Actes des IIIe Rencontres Recherche Création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, pp.267-283, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discipline partisane et discipline majoritaire sous la Ve République : le cas du parti socialiste</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des démocraties sans protagonistes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Julie Benetti; Anne Levade; Dominique Rousseau. </w:t>
+              <w:t xml:space="preserve">CNRS Éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le droit interne des partis politiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Violence et passion. Rencontres Recherche et Création du Festival d’Avignon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9782271116901</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mare &amp; Martin</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03977882v1</w:t>
+                <w:t xml:space="preserve">hal-03977884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistible et chaotique, la présidentialisation de l'UMP et du PS</w:t>
               </w:r>
@@ -1853,512 +1853,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PS : un parti en ordre de bataille, mais sans bataillons</w:t>
+                <w:t xml:space="preserve">Esquisse d’une sociologie politique des enseignants français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Juillt (7), pp.75. </w:t>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 36 (2), pp.83-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/espri.1507.0075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/es.036.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03987561v1</w:t>
+                <w:t xml:space="preserve">hal-03987544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esquisse d’une sociologie politique des enseignants français</w:t>
+                <w:t xml:space="preserve">PS : un parti en ordre de bataille, mais sans bataillons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, n° 36 (2), pp.83-102. </w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Juillt (7), pp.75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/es.036.0083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/espri.1507.0075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03987544v1</w:t>
+                <w:t xml:space="preserve">hal-03987561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuités et discontinuités dans le militantisme (dossier)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les partis politiques en France : La force du localisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Août/septembre (8), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/espri.1308.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02451667v1</w:t>
+                <w:t xml:space="preserve">hal-03987577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les partis politiques en France : La force du localisme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuités et discontinuités dans le militantisme (dossier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Gabriel Contamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Duriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Politix, 102, pp.3-173</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987577v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02451667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une sociologie des problématisations politiques de l'École</w:t>
+                <w:t xml:space="preserve">La résistible politisation du football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, n° 98 (2), pp.7. </w:t>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (1), pp.193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pox.098.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rsss.005.0193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03987622v1</w:t>
+                <w:t xml:space="preserve">hal-03987596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résistible politisation du football</w:t>
+                <w:t xml:space="preserve">Pour une sociologie des problématisations politiques de l'École</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 5 (1), pp.193. </w:t>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n° 98 (2), pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rsss.005.0193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/pox.098.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03987596v1</w:t>
+                <w:t xml:space="preserve">hal-03987622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur un quart de siècle d'une revue &amp;quot;militante</w:t>
               </w:r>
@@ -2720,51 +2720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi le PS ne parle-t-il plus aux catégories populaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2811,51 +2811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défaite de la gauche : le 21 avril 2002 n'était pas un accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2902,51 +2902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux de sociabilité et adhésion syndicale. Le cas de la CFDT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Duriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3046,98 +3046,583 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/polix.1994.1866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décloisonner la sociologie de l’engagement, 15 ans après, où en est-on ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association française de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFSP, Jul 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of the growing importance of the presidential race on the upheaval of the French party system in 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Political parties and democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Società Italiana di Scienza Politica, Sep 2022, Rome ( Virtual ), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers l’avènement des entreprises partisanes personnelles ? Etat des lieux et discussion critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association française de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFSP, Jul 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mouvement des Gilets jaunes en France : archaïsme français ou mouvement avant-coureur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Concrétiser le dialogue savoirs-société : quelles innovations sociales face au changement politique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACFAS (Association canadienne francophone pour le savoir), May 2019, Gatineau, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétences politiques et capital politique enseignant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’études "Bilan et perspectives pour l'analyse sociologique du politique" (hommage à Daniel Gaxie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02451662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les primaires en France et en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Giannetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'Association française de science politique (AFSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La discrétion partisane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3166,542 +3651,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (138), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984423v1</w:t>
-              </w:r>
-[...483 lines deleted...]
-                <w:t xml:space="preserve">hal-03225240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4259,51 +4259,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5549851E"/>
+    <w:nsid w:val="0F8B3D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4490,51 +4490,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-sawicki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4737-3782" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055671624" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984441v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sawicki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984452v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984448v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977891v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/La_fin_des_partis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977896v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977886v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lefebvre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/ean/9782753576087/la-politique-desenchantee" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.147117" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977888v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984447v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977904v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977884v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984437v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977882v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecomte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/le-droit-interne-des-partis-politiques-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02370874v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Haegel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987702v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.becke.2005.02.0027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04526798v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sainsaulieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.138.0007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987943v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gdsh.062.0016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877689v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dulong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0745" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0751" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977861v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.163.0027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987561v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1507.0075" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987544v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.036.0083" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Contamin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duriez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987577v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1308.0043" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987622v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.098.0007" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987596v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.005.0193" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875770v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.100.0009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987482v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sim&#233;ant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-45222011000300008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871807v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.12.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHQBR1F2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987652v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vervaecke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.081.0007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987912v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.050.0024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.001.0023" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006759v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987975v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Berlivet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1994.1866" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984423v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984421v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984419v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984418v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984414v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451662v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lefebvre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03225240v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Giannetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984430v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Martinache" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984427v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323865v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lehingue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagroye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007083v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blondiaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cohendet Marie-Anne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fleury" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00328655v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-sawicki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4737-3782" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055671624" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984441v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sawicki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984452v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984448v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977891v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/La_fin_des_partis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977896v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977888v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977886v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lefebvre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/ean/9782753576087/la-politique-desenchantee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.147117" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984447v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977904v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977882v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecomte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/le-droit-interne-des-partis-politiques-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984437v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977884v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02370874v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Haegel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987702v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.becke.2005.02.0027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04526798v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sainsaulieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.138.0007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987943v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gdsh.062.0016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984410v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877689v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dulong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0745" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0751" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977861v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.163.0027" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987544v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.036.0083" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987561v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1507.0075" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987577v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1308.0043" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451667v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Contamin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duriez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987596v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.005.0193" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987622v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.098.0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875770v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.100.0009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987482v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sim&#233;ant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-45222011000300008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871807v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.12.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHQBR1F2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987652v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vervaecke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.081.0007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987912v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.050.0024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.001.0023" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006759v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987975v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Berlivet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1994.1866" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984419v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984421v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984418v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984414v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451662v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lefebvre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03225240v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Giannetti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984423v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984430v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Martinache" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984427v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00323865v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lehingue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagroye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007083v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blondiaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cohendet Marie-Anne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fleury" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00328655v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>