--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Suffert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6969-3878</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis épidémiologiste en santé végétale à </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Ingénieur agronome de l'</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut Agro Rennes-Angers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> spécialisé en </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">protection des cultures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, j'ai un </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">doctorat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> en phytopathologie et une </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. De 2000 à 2007 j'ai travaillé à INRAE Rennes (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGEPP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) sur l'épidémiologie des maladies d'origine tellurique. Je travaille dans l'unité </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIOGER</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> localisée sur le </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campus Agro Paris-Saclay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> à Palaiseau. Je mène des recherches sur l'épidémiologie de la septoriose du blé (</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zymoseptoria tritici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), thématique sur laquelle j'ai assuré plusieurs </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(co-)direction de thèses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Je m'intéresse aux processus impliqués dans le développement de cette maladie, aux déterminants et aux conséquences de la reproduction sexuée de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Z. tritici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (biologie fongique, écologie des résidus de culture source d'inoculum primaire, etc.), et à la dynamique adaptative des populations pathogènes (profils de virulence et agressivité) dans des environnements hétérogènes (déploiement de résistances dans des associations variétales, fluctuations saisonnières de température et d'humidité, etc.). Ancien auditeur de l'Institut des Hautes Études de Défense Nationale (</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IHEDN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), j'aborde également des problématiques de cindynique appliquées à l'épidémiosurveillance et la biosécurité des cultures (ex. veille sur l'agroterrorisme accessible sur la page </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C&Aw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Je suis membre du comité d'experts </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques Biologiques pour la Santé des Végétaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> de l'</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANSES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et participe ponctuellement à des travaux d'expertise pour INRAE (ex. ESCo INRAE </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RegulNat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> relative à l'utilisation de la diversité des couverts végétaux pour réguler les bioagresseurs). Je suis membre du conseil scientifique du département INRAE Santé des Plantes et Environnement (</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et de la cellule Veille Sanitaire Internationale (VSI) de la plateforme d'Épidémiosurveillance en Santé Végétale (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESV</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) d'Avignon. Je suis administrateur de la Société Française de Phytopathologie (</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), membre de l'Association des Naturalistes de Yvelines (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et éditeur associé de la revue </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Je suis membre de l'Association des Naturalistes de Yvelines (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et photographe admirateur de micromycètes (principalement rouilles et oïdiums) que j'immortalise lors de &amp;quot;</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">balades phytopathologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; et partage sur </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twitter / X</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uromyces plumbarius first reported on Oenothera lindheimeri in Europe with widespread distribution and association with two common natural enemies of rust fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Slootweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 174, pp.13 - 25. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-025-03109-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can higher aggressiveness effectively compensate for a virulence deficiency in plant pathogen? A case study of Puccinia triticina’s fitness evolution in a diversified varietal landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jg Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Destanque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107 (1), pp.181-190. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2023.06.09.544363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion and report of the French Agency for Food, Environmental and Occupational Health and Safety (ANSES) relating to an analysis of the health risks associated with exposure to caterpillars with stinging hairs and the development of management recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Battisti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Caparros-Megido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Gault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Risk Assess Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3, pp.0060E. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2903/fr.efsa.2025.FR-0060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting crops with plant diversity: Agroecological promises, socioeconomic lock-in, and political levers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Food systems, 8 (7), pp.101309. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oneear.2025.101309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05079011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What a wild plant pathosystem reveals about local adaptation between hosts and pathogens and the implications for cultivated plant pathosystems under climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 248 (3), pp.1108-1110. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-season sex in Zymoseptoria tritici: little room for late encounters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Delanoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Noly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 181, pp.104043. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2025.104043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05510299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution photographique à l'inventaire des Pucciniales (rouilles) aux alentours des Clayes-sous-Bois (Yvelines)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des Naturalistes des Yvelines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52 (2), pp.1-110. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15240410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disruptive effect of rainfalls on the diurnal periodicity of airborne wheat rust spore under field conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 368, pp.110527. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The collembolan Heteromurus nitidus grazes the wheat fungal pathogen Zymoseptoria tritici on infected tissues: opportunities and limitations for bioregulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Prado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Salmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pest Management Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ps.8026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is thermal aptitude a pivotal driver in the establishment of recent Puccinia striiformis f. sp. tritici lineages in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin JG Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Scientific Reports, 106 (2), pp.469-482. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42161-024-01590-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the frequency of virulence against an Stb gene in Zymoseptoria tritici populations by bulk phenotyping on checkerboard microcanopies of wheat near‐isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmie Dzialo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des mélanges sur l’évolution des populations de Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Papin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 779-780, pp.26-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution within a given virulence phenotype (pathotype) is driven by changes in aggressiveness: a case study of French wheat leaf rust populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jg Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Piaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.e39. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially explicit ecological modeling improves empirical characterization of plant pathogen dispersal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petteri Karisto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Mikaberidze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant-Environment Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (2), pp.86-96. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pei3.10104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic next⁃generation sequencing (mNGS) data reveals the phyllosphere microbiome of wheat plants infected by the fungal pathogen Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didac Barroso-Bergadà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Massot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Vignolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Faivre d'Arcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chancerel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7 (2), pp.281-287. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-02-22-0008-FI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative and qualitative plant-pathogen interactions call upon similar pathogenicity genes with a spectrum of effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Langlands-Perry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Pitarch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Cuenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.1128546. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2023.1128546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Genome Sequences of Septoria linicola : A Resource for Studying a Damaging Flax Pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Demenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Paumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (1), pp.59-63. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/MPMI-09-22-0185-A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A landscape-scale field survey demonstrates the role of wheat volunteers as a local and diversified source of leaf rust inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Moinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.20411. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-47499-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary preferences of Heteromurus nitidus (Collembola) among wheat fungal communities: Implications for bioregulation of two widespread pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Biau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 188, pp.104897. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2023.104897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A thousand-genome panel retraces the global spread and adaptation of a major fungal crop pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Feurtey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Mcdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Milgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Solomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.1059. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-36674-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential tolerance of Zymoseptoria tritici to altered optimal moisture conditions during the early stages of wheat infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42161-021-01025-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of wheat cultivar mixtures on virulence dynamics in Zymoseptoria tritici populations persists after interseason sexual reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (7), pp.1537-1549. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daily fluctuations in leaf temperature modulate the development of a foliar pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Fortineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ons Riahi El Kamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pincebourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 322, pp.109031. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2022.109031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple scenarios for sexual crosses in the fungal pathogen Zymoseptoria tritici on wheat residues: potential consequences for virulence gene transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.103744. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2022.103744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is virulence phenotype evolution driven exclusively by Lr gene deployment in French Puccinia triticina populations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Zippert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry C. Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 71 (7), pp.1511-1524. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2022.03.16.484559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How large and diverse are field populations of fungal plant pathogens? The case of Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Mcdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Bernasconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Mikaberidze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.13434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stem rust on barberry species in Europe: Host specificities and genetic diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Rodriguez-Algaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens S Hovmøller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Schulz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens G Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Lezáun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2022.988031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: A compromise between the efficacy and durability of a recently broken-down resistance gene?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (2), pp.289-303. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Russie et la Chine instrumentalisent-elles la réglementation phytosanitaire à des fins géopolitiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Phytopathological strolls” in the dual context of COVID‐19 lockdown and IYPH2020: Transforming constraints into an opportunity for public education about plant pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71, pp.30-42. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of thermal adaptation in a globally distributed plant pathogen: Local diversity and plasticity reveal two‐tier dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.8515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of the sexual stage of the flax pathogen Mycosphaerella linicola in France and its impact on pasmo epidemiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Paumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Bammé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Penaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70 (2), pp.475-483. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Cultivability of Bacteria and Fungi from Arable Crop Residues Using Metabarcoding Data as a Reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Liabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (9), pp.404. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d13090404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting crop pest control by plant diversification in agricultural landscapes: A conceptual framework for analysing feedback loops between agro-ecological and socio-economic effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Advances in Ecological Research,, 65, pp.133-165. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2021.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03477116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a resistance gene against a fungal pathogen on the plant host residue microbiome: The case of the Leptosphaeria maculans–Brassica napus pathosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie‐hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (12), pp.1545-1558. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mpp.12994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop Residues in Wheat-Oilseed Rape Rotation System: a Pivotal, Shifting Platform for Microbial Meetings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77 (4), pp.931 - 945. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-019-01340-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Reproduction in the Fungal Foliar Pathogen Zymoseptoria tritici Is Driven by Antagonistic Density Dependence Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77 (1), pp.110 - 123. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-018-1211-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential dynamics of microbial community networks help identify microorganisms interacting with residue-borne pathogens: the case of &amp;lt;em&amp;gt;Zymoseptoria tritici&amp;lt;/em&amp;gt; in wheat;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.125 et suiv. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/587667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overall stability in the genetic structure of a Zymoseptoria tritici population from epidemic to interepidemic stages at a small spatial scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Duplaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 154 (2), pp.423 - 436. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-018-01666-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping Thermal Responses of Yeasts and Yeast-like Microorganisms at the Individual and Population Levels: Proof-of-Concept, Development and Application of an Experimental Framework to a Plant Pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Legeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 78 (1), pp.42-56. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-018-1253-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiomes and Pathogen Survival in Crop Residues, an Ecotone Between Plant and Soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (4), pp.246-255. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-02-19-0010-RVW⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reasons why the latent period should not always be considered constant over the course of a plant disease epidemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. N. Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (9), pp.1831 - 1840. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological trade-off between intra- and interannual scales in the evolution of aggressiveness in a local plant pathogen population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (5), pp.768 - 780. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing differences between pathogen compositions with small samples and sparse data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Garetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 107 (10), pp.1199-1208. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-02-17-0070-FI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fashionably late partners have more fruitful encounters: Impact of the timing of co-infection and pathogenicity on sexual reproduction in Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 92, pp.40 - 49. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2016.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the onset of septoria tritici blotch epidemics related to the local pool of ascospores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (2), pp.250 - 260. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the origin of primary inoculum of Zymoseptoria tritici from differential adaptation of resident and immigrant populations to wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (2), pp.393 - 404. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-015-0853-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutual Exclusion between Fungal Species of the Fusarium Head Blight Complex in a Wheat Spike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (14), pp.4682-4689. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.00525-15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between head blight pathogens: consequences for disease development and toxin production in wheat spikes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Elbelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Repinçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (3), pp.957 - 965. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.02879-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative pathogenicity of sexual and asexual spores of Zymoseptoria tritici (septoria tritici blotch) on wheat leaves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (6), pp.1429-1439. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat spike infection timing on fusarium head blight development and mycotoxin accumulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Repinçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Canalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (2), pp.390-399. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a rapid multiplex SSR genotyping method to study populations of the fungal plant pathogen Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelique A. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Confais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, p. 373. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1756-0500-7-373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European PLANTFOODSEC project: framework for a national approach to analyse and prioritise plant health risks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.. Le Fay-Souloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Moignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroReference - Les Cahiers de la Référence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early stages of Septoria tritici blotch epidemics of winter wheat: build-up, overseasoning and release of primary inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 60 (02), pp.166-177. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2010.02369.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive versus low-input cropping systems: What is the optimal partitioning of agricultural area in order to reduce pesticide use while maintaining productivity ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gosme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (2), pp.110-116. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2009.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures en péril ? L'affaire de tous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc M. Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la Science. Dossier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 65 (Oct.-Dec.), pp.110-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant pathogens as agroterrorist weapons: assessment of the threat for European agriculture and forestry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (2), pp.221-232. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-009-0014-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosécurité des cultures et agroterrorisme. Une menace, des questions scientifiques et une opportunité : réactiver un dispositif d'épidémiovigilance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Labussière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathometric relationships reveal epidemiological processes involved in carrot cavity spot epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 122 (3), pp.425-436. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-008-9309-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral roots of carrot have a low impact on alloinfections in cavity spot epidemic caused by Pythium violae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of General Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 74 (4), pp.296-301. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10327-008-0104-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of primary and secondary infections in epidemics of carrot cavity spot through agronomic management practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Delalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1), pp.109-121. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01708.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cinétiques de la maladie de la tache de la carotte provoquée par un complexe d'agents pathogènes du genre Pythium dominé par le Pythium violae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (1), pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fungal dimension of biological invasions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure Desprez-Loustau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile C. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Courtecuisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean J. Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (9), pp.472-480. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2007.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of secondary infection by Pythium violae in epidemics of carrot cavity spot using root transplantation as a method of soil infestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (4), pp.588-594. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01566.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for assessing the risk posed by the deliberate and harmful use of plant pathogens in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Labussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPO Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (2), pp.427-435. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2338.2007.01118.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cavity spot de la carotte, l'épidémiologie appliquée à la gestion des risques parasitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 601, pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ecology of a Pythium community in relation to the epidemiology of carrot cavity spot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 35 (3), pp.488-501. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2006.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre théorique de la notion de complémentation caractérisant des stratégies de protection des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoprotection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 86 (2), pp.89-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épidémiologie végétale nouvelle discipline de guerre ? Lumière sur le bioterrorisme agricole, un enjeu émergent pour la recherche agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 47, pp.57-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A field evaluation of the effect of rain on wheat rust epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent L. Huber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Phytopathologica et Entomologica Hungarica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 35 (1-4), pp.273-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can weed-regulating service plants also regulate other pests?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Weed Research Society Symposium (EWRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitate de Lleida; Agrotecnio Centre, Jul 2025, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosécurité des cultures et agroterrorisme : caractériser la menace pour mieux gérer le risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AgroBioTech « Risques biotechnologiques et biovigilance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association AgroBioTech, Feb 2024, Palaiseau (91), France. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.20677.42729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effects reduce adaptation in a Major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Reinhardsbrunn symposium on modern fungicides and andi-fungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DpG, Apr 2023, Friedrichroda, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effects reduce adaptation in a major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Reinhardsbrunn symposium on modern fungicides and antifungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Frierichroda, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable effects of a wheat cultivar mixture on Septoria tritici blotch: investigating key factors involved in mixture effect variation between European sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Duvivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gaubrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thies Heick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Congress of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary preferences of Heteromurus nitidus (Collembola) among wheat phytopathogenic fungi of crop residues: implications for bioregulation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas P. Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Dury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Biau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03903319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effecs reduce adaptation in a major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Fillinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on cereal leaf blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Gammarth, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d’associations variétales de blé sur le développement de la septoriose et la dynamique de contournement d’un gène de résistance majeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pholème 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hectic Life on Wheat Leaves: Dynamics of Phenotypic Selection within Zymoseptoria tritici Populations Facing Microclimatic Heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Cereal Leaf Blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The pace of aggressiveness evolution and host adaptation in a plant pathogen population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jean Chevauchon JJC2018 - 12èmes Rencontres de Phytopathologie &amp; Mycologie,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Aussois, France. p.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms behind population responses to variable thermal environments: experiments and model-based analyses of the role of intraspecific phenotypic variation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik I Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, session Population and Community Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the mechanisms of sexual reproduction in Zymoseptoria tritici and their consequences on STB dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome diversity in crop debris and the search for micro-organisms acting on Zymoseptoria tritici and Leptosphaeria maculans primary inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of french Zymoseptoria tritici populations to temperature at different spatio-temporal scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Legeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of wheat varietal resistance level and rainfall characteristics on splash dispersal of Septoria tritici blotch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lusley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual American Phytopatholgy Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Phytopathological Society, Aug 2015, Passedena, California, United States. pp.S4.1-S4.160, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-105-11-S4.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'architecture d'un couvert de blé et des caractéristiques pluviométriques sur la dispersion par éclaboussement de Mycosphaerella graminicola en conditions contrôlées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jean Chevaugeon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aussois, France. pp.95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycosphaerella graminicola : même les hyperactifs sexuels ont parfois besoin d'un bon entremetteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10es Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aussois, France. p. 42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la résistance du blé à la septoriose provoquée par mycosphaerella graminicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Henri Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Gout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FSOV 2008-2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une épidémie, combien ça coûte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure Desprez Loustau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.46-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des composantes d'agressivité de Mycosphaerella graminicola, agent de la septoriose du blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.110-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification des ascospores de Mycosphaerella graminicola responsables de la phase précoce des épidémies de septoriose du blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.105-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point d’outils améliorés pour l’évaluation des résistances variétales du blé tendre à Septoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Henri Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème conférence internationale sur les maladies des plantes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to prioritize the development of diagnostic tests for plant pests based on a risk ranking tool ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Moignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QBOL/EPPO Conference on DNA barcoding and diagnostic methods for plant pests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Haarlem, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which temperature to simulate foliar epidemics × crop architecture interactions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale Epidemiology-Canopy-Architecture (ECA),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat canopy architecture and rain characteristics on on septoria splash-borne pcynidiospore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Robert Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Canopy Architecture Impact on Disease Epidemiology and Pest Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rennes (FR), France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation saisonnière des composantes d’agressivité d’une population locale de Mycosphaerella graminicola – agent de la septoriose du blé à la température hivernale et au stade phénologique de son hôte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP (SFP). Saisissez le nom du laboratoire, du service ou du département., Paris, FRA., Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant and food biosecurity: A European Union Network of Excellence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Lodovica Gullino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz-Wilhelm Dehne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS-IPPC Joint Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Honolulu, United States. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat canopy architecture and rain characteristics in splash dispersal of Mycosphaerella graminicola pycnidiospores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Mycosphaerella and Stagonospora Diseases of Cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of aggressiveness components of Mycosphaerella graminicola on adult wheat plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Galet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International symposium on Mycosphaerella and stagonospora diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Septoria disease on apical senescence in wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Ben Slimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Jean-Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing the impact of Septoria tritici blotch pressure on wheat cultivar resistance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Marliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCLB 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which potential of service plants for ‘multi-pest’ regulation in agroecosystems? An integrative conceptual framework highlighting complementarities in mechanisms and traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Ballini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian‐caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined approaches to identify the incidence of Zymoseptoria tritici on microbial community in the wheat residues ecosystem.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, ST PAUL, United States. AMER PHYTOPATHOLOGICAL SOC, Molecular Plant-Microbe Interactions, 32 (10), pp.2, 2019, Microbiome and Phytobiome</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal shifts and spatial variability of thermal adaptation in populations of Zymoseptoria tritici sampled over the Euro-Mediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Cereal Leaf Blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dublin, Ireland. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the risk of recombination between MDR and specific resistance towards SDHIs in Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Reinhardsbrunn symposium on modern fungicides and antifungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Friedrichroda, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriterial characterisation of plant pathogens for agroterrorism prevention in Europe - An emerging field of research.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Health Risk Analysis Workshop.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Niagara Falls, Canada. 1p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop biosecurity requires a specific methodology of risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the first European Crop Biosecurity Workshop Held by the 6th Framework Concerted Action Project “Crop and Food Biosecurity” at NIAB, Huntingdon Road</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Cambridge, Ukraine. Wiley Online Library, pp.9, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures par la diversité végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 132 p., 2023, Matière à débattre et décider, 978-2-7592-3732-6. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3733-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias M. Choquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-F. Corio-Costet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Dellagi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck Supérieur, pp.384, 2023, 978-2807302884</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioterrorism: A threat to plant biosecurity ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Stack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Gulino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Department of Plant Pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, 3, pp.115-132, 2010, Plant Pathology in the 21st Century, 978-1-4020-8931-2. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-8932-9_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques de disservices et stratégies pour les limiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Couëdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steewy Lakhia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Picault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de services. Vers de nouveaux agroécosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782759239788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d'agriculture de conservation des sols sur les maladies cryptogamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay-Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-759235667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d’agriculture de conservation des sols sur les maladies cryptogamiques. In Agriculture de conservation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-187, 2024, 978-2-7592-3566-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plantes de services pour la régulation des agents pathogènes aériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de services : vers de nouveaux agroécosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, 2024, 978-2-759239788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d’agriculture de conservation des sols sur les maladies cryptogamiques et leurs conséquences sur l’état sanitaire des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions QUAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-187, 2024, QUAE Coll. Savoirs Faire, 978275923566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the web of dark interactions: Explainable inference of the diversity of microbial interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didac Barroso-Bergada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alireza Tamaddoni-Nezhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Varghese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nika Galic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research: Roadmaps: Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, Elsevier, pp.155-183, 2023, Advances in Ecological Research, </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2023.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanger les variétés pour construire des peuplements plus résistants aux bioagresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gauffreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies.Pour des cultures résistantes aux maladies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-7592-3233-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03721224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating crop bioterrorism hazards into pest risk assessment tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Mumford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.W. Leach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical tools for plant and food biosecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 384 p., 2017, Plant Pathology in the 21st Century</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating crop bioterrorism hazards into pest risk assessment tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Mumford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.W. Leach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical tools for plant and food biosecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 384 p., 2017, Plant Pathology in the 21st Century, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-46897-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive plant pathogens in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure M. L. Desprez Loustau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological invasions : economic and environmental costs of alien plant, animal, and microbe species</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 2011, 9781439829905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergences épidémiologiques non conventionnelles et analyse de risque : biosécurité agricole et agroterrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les maladies émergentes. Epidémiologie chez le végétal, l'animal et l'homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2010, 978-2-7592-0510-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset of a two-year field experiment on the dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/4MAAI0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic analysis of wheat cultivars interacting with the fungal plant pathogen Septoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Deller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Audeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lafarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the frequency of virulence against an Stb gene in Zymoseptoria tritici populations by bulk phenotyping on checkerboard microcanopies of wheat NILs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmie Dzialo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: a compromise between the efficiency and durability of a recently broken-down resistance gene?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a resistance gene against a fungal pathogen on the plant host residue microbiome: the case of the &amp;lt;em&amp;gt;Leptosphaeria maculans&amp;lt;/em&amp;gt;-&amp;lt;em&amp;gt;Brassica napus pathosystem&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life story of Tunisian durum wheat landraces revealed by their genetic and phenotypic diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ben Krima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajer Kouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nadaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03303679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à « l’évaluation du risque lié à Ceratobasidium theobromae pour les DROM »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eveillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-SA-0147, Anses. 2025, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05095676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Cordylomera spinicornis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2025, 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05175671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d’évaluation des risques sanitaires et environnementaux et des enjeux socio-économiques associés aux plantes obtenues au moyen de certaines nouvelles techniques génomiques (NTG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thaura Ghneim-Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2021-SA-0019, Anses. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Euplatypus hintzi »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04608634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à &amp;quot;demande d’évaluation du risque simplifiée (ERS) lié à l’introduction de Bactrocera zonata pour la France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Verheggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Duyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ryckewaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0034, Anses. 2024, 94 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04859559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de L'Anses relatif à « la catégorisation de Trichoferus campestris »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 28 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04855184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Amasa parviseta »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04718536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à l’« Evaluation du risque lié à Scirtothrips ginkgoe pour la France métropolitaine et l’Union européenne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lombaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Salle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-SA-0111, Anses. 2024, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04855283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilité d'introduction de Bactrocera dorsalis (mouche orientale des fruits) en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Verheggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre François Duyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ryckewaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anses. 2024, 144 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « l’avenant à la saisine de catégorisation de 8 espèces d’insectes exotiques incluant Xylotrechus chinensis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04616086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures en augmentant la diversité végétale des espaces agricoles. Rapport scientifique de l’Expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023, 954 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127709v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Xylotrechus chinensis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2023, 33 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04353534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures en augmentant la diversité végétale des espaces agricoles. Synthèse de l’expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2022, 86 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852213v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie de lutte vis-à-vis de Xylella fastidiosa - Phase 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2018-SA-0248, Anses. 2020, 58 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie de lutte vis-à-vis de Xylella fastidiosa - Phase 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2018-SA-0248, Anses. 2020, 48 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie du huanglongbing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Milagros - Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2019, 278 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risque phytosanitaire (ARP) portant sur Fusarium oxysporum f. sp. cubense (agent pathogène responsable de la maladie de Panama) pour les départements d'Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolande Chilin Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Steinberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2018, 100 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'une analyse de risques relative au houblon du Japon et élaboration de recommandations de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Monty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2018, 46 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisine relative aux stratégies de lutte contre le charançon rouge du palmier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2017-SA-0137, Anses. 2018, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques et bénéfices relatifs des alternatives aux produits phytopharmaceutiques comportant des néonicotinoïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bonafos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thybaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2018, 548 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de démarches collectives engagées contre le charançon rouge du palmier par la Communauté Var-Esterel-Méditerranée (CAVEM).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar-Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n°2017-SA-0035, Anses. 2017, 70 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demande d’avis relatif à la réalisation d’une analyse de risques relative à l’ambroisie trifide (Ambrosia trifida L.) et pour l’élaboration de recommandation de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Monty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2016-SA-0090, Anses. 2017, pp.108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de risque phytosanitaire [i]Plasmopara halstedii[/i] agent responsable de la maladie du mildiou du tournesol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Delos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Tourvieille de Labrouhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2014, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de risque phytosanitaire Ditylenchus dipsaci sur luzerne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Esquibet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Mugniery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2013, 132 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes de lutte alternatives à l'épandage aérien de produits phytosanitaires contre les processionnaires du pin et du chêne en conditions urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2013, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de risque simplifiée pour les Lethal yellowing type syndromes (LYTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hostachy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2012, 70 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de risque simplifiée pour Xyllela fastidiosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2012, 49 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidémiologie du cavity spot de la carotte: perspectives d'application en protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Ecole Doctorale Vie-Agro-Santé, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02823985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidémiologie du cavity spot de la carotte - Perspectives d'application en protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecologie, Environnement. Agrocampus - Ecole nationale supérieure d'agronomie de rennes, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00119268v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et mécanismes centrés sur l'inoculum : une approche fonctionnelle et expérimentale de l'épidémiologie végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01167164v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et mécanismes centrés sur l'inoculum : une approche fonctionnelle et expérimentale de l'épidémiologie végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Phytopathologie et phytopharmacie. Université Paris Sud - Paris 11, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02799913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId568"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Suffert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6969-3878</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis épidémiologiste en santé végétale à </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Ingénieur agronome de l'</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut Agro Rennes-Angers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> spécialisé en </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">protection des cultures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, j'ai un </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">doctorat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> en phytopathologie et une </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. De 2000 à 2007 j'ai travaillé à INRAE Rennes (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGEPP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) sur l'épidémiologie des maladies d'origine tellurique. Je travaille dans l'unité </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BIOGER</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> localisée sur le </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campus Agro Paris-Saclay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> à Palaiseau. Je mène des recherches sur l'épidémiologie de la septoriose du blé (</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zymoseptoria tritici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), thématique sur laquelle j'ai assuré plusieurs </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(co-)direction de thèses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Je m'intéresse aux processus impliqués dans le développement de cette maladie, aux déterminants et aux conséquences de la reproduction sexuée de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Z. tritici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (biologie fongique, écologie des résidus de culture source d'inoculum primaire, etc.), et à la dynamique adaptative des populations pathogènes (profils de virulence et agressivité) dans des environnements hétérogènes (déploiement de résistances dans des associations variétales, fluctuations saisonnières de température et d'humidité, etc.). Ancien auditeur de l'Institut des Hautes Études de Défense Nationale (</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IHEDN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), j'aborde également des problématiques de cindynique appliquées à l'épidémiosurveillance et la biosécurité des cultures (ex. veille sur l'agroterrorisme accessible sur la page </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C&Aw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Je suis membre du comité d'experts </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques Biologiques pour la Santé des Végétaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> de l'</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANSES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et participe ponctuellement à des travaux d'expertise pour INRAE (ex. ESCo INRAE </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RegulNat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> relative à l'utilisation de la diversité des couverts végétaux pour réguler les bioagresseurs). Je suis membre du conseil scientifique du département INRAE Santé des Plantes et Environnement (</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et de la cellule Veille Sanitaire Internationale (VSI) de la plateforme d'Épidémiosurveillance en Santé Végétale (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESV</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) d'Avignon. Je suis administrateur de la Société Française de Phytopathologie (</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), membre de l'Association des Naturalistes de Yvelines (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et éditeur associé de la revue </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Je suis membre de l'Association des Naturalistes de Yvelines (</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et photographe admirateur de micromycètes (principalement rouilles et oïdiums) que j'immortalise lors de &amp;quot;</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">balades phytopathologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; et partage sur </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twitter / X</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uromyces plumbarius first reported on Oenothera lindheimeri in Europe with widespread distribution and association with two common natural enemies of rust fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Slootweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 174, pp.13 - 25. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-025-03109-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion and report of the French Agency for Food, Environmental and Occupational Health and Safety (ANSES) relating to an analysis of the health risks associated with exposure to caterpillars with stinging hairs and the development of management recommendations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Battisti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Caparros-Megido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Gault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Risk Assess Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3, pp.0060E. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2903/fr.efsa.2025.FR-0060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can higher aggressiveness effectively compensate for a virulence deficiency in plant pathogen? A case study of Puccinia triticina’s fitness evolution in a diversified varietal landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jg Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Destanque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 107 (1), pp.181-190. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2023.06.09.544363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What a wild plant pathosystem reveals about local adaptation between hosts and pathogens and the implications for cultivated plant pathosystems under climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 248 (3), pp.1108-1110. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting crops with plant diversity: Agroecological promises, socioeconomic lock-in, and political levers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Food systems, 8 (7), pp.101309. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oneear.2025.101309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05079011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-season sex in Zymoseptoria tritici: little room for late encounters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Delanoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Noly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 181, pp.104043. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2025.104043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05510299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disruptive effect of rainfalls on the diurnal periodicity of airborne wheat rust spore under field conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 368, pp.110527. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution photographique à l'inventaire des Pucciniales (rouilles) aux alentours des Clayes-sous-Bois (Yvelines)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des Naturalistes des Yvelines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 52 (2), pp.1-110. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15240410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The collembolan Heteromurus nitidus grazes the wheat fungal pathogen Zymoseptoria tritici on infected tissues: opportunities and limitations for bioregulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Prado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Salmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pest Management Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ps.8026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is thermal aptitude a pivotal driver in the establishment of recent Puccinia striiformis f. sp. tritici lineages in Europe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin JG Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Scientific Reports, 106 (2), pp.469-482. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42161-024-01590-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the frequency of virulence against an Stb gene in Zymoseptoria tritici populations by bulk phenotyping on checkerboard microcanopies of wheat near‐isogenic lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmie Dzialo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des mélanges sur l’évolution des populations de Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Papin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 779-780, pp.26-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution within a given virulence phenotype (pathotype) is driven by changes in aggressiveness: a case study of French wheat leaf rust populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jg Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Piaget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.e39. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative and qualitative plant-pathogen interactions call upon similar pathogenicity genes with a spectrum of effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Langlands-Perry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Pitarch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Cuenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.1128546. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2023.1128546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Genome Sequences of Septoria linicola : A Resource for Studying a Damaging Flax Pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Demenou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Paumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (1), pp.59-63. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/MPMI-09-22-0185-A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially explicit ecological modeling improves empirical characterization of plant pathogen dispersal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petteri Karisto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Mikaberidze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant-Environment Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (2), pp.86-96. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pei3.10104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic next⁃generation sequencing (mNGS) data reveals the phyllosphere microbiome of wheat plants infected by the fungal pathogen Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didac Barroso-Bergadà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Massot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Vignolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Faivre d'Arcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chancerel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7 (2), pp.281-287. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-02-22-0008-FI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A landscape-scale field survey demonstrates the role of wheat volunteers as a local and diversified source of leaf rust inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Moinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.20411. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-47499-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary preferences of Heteromurus nitidus (Collembola) among wheat fungal communities: Implications for bioregulation of two widespread pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Biau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 188, pp.104897. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2023.104897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A thousand-genome panel retraces the global spread and adaptation of a major fungal crop pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Feurtey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Mcdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Milgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Solomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.1059. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-36674-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04027129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential tolerance of Zymoseptoria tritici to altered optimal moisture conditions during the early stages of wheat infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42161-021-01025-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of wheat cultivar mixtures on virulence dynamics in Zymoseptoria tritici populations persists after interseason sexual reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (7), pp.1537-1549. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is virulence phenotype evolution driven exclusively by Lr gene deployment in French Puccinia triticina populations?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Fontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Zippert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry C. Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 71 (7), pp.1511-1524. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2022.03.16.484559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daily fluctuations in leaf temperature modulate the development of a foliar pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Fortineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ons Riahi El Kamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pincebourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 322, pp.109031. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2022.109031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple scenarios for sexual crosses in the fungal pathogen Zymoseptoria tritici on wheat residues: potential consequences for virulence gene transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.103744. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2022.103744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How large and diverse are field populations of fungal plant pathogens? The case of Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Mcdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Bernasconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Mikaberidze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.13434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03741343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: A compromise between the efficacy and durability of a recently broken-down resistance gene?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (2), pp.289-303. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Russie et la Chine instrumentalisent-elles la réglementation phytosanitaire à des fins géopolitiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stem rust on barberry species in Europe: Host specificities and genetic diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Rodriguez-Algaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mogens S Hovmøller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Schulz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens G Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Antonio Lezáun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fgene.2022.988031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Phytopathological strolls” in the dual context of COVID‐19 lockdown and IYPH2020: Transforming constraints into an opportunity for public education about plant pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71, pp.30-42. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of thermal adaptation in a globally distributed plant pathogen: Local diversity and plasticity reveal two‐tier dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.8515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of the sexual stage of the flax pathogen Mycosphaerella linicola in France and its impact on pasmo epidemiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Paumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Bammé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Penaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70 (2), pp.475-483. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.13296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Cultivability of Bacteria and Fungi from Arable Crop Residues Using Metabarcoding Data as a Reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Liabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (9), pp.404. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d13090404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting crop pest control by plant diversification in agricultural landscapes: A conceptual framework for analysing feedback loops between agro-ecological and socio-economic effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bedoussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Advances in Ecological Research,, 65, pp.133-165. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2021.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03477116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a resistance gene against a fungal pathogen on the plant host residue microbiome: The case of the Leptosphaeria maculans–Brassica napus pathosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie‐hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (12), pp.1545-1558. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mpp.12994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop Residues in Wheat-Oilseed Rape Rotation System: a Pivotal, Shifting Platform for Microbial Meetings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77 (4), pp.931 - 945. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-019-01340-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Reproduction in the Fungal Foliar Pathogen Zymoseptoria tritici Is Driven by Antagonistic Density Dependence Mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77 (1), pp.110 - 123. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-018-1211-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping Thermal Responses of Yeasts and Yeast-like Microorganisms at the Individual and Population Levels: Proof-of-Concept, Development and Application of an Experimental Framework to a Plant Pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Legeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 78 (1), pp.42-56. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-018-1253-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overall stability in the genetic structure of a Zymoseptoria tritici population from epidemic to interepidemic stages at a small spatial scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Duplaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 154 (2), pp.423 - 436. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-018-01666-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential dynamics of microbial community networks help identify microorganisms interacting with residue-borne pathogens: the case of &amp;lt;em&amp;gt;Zymoseptoria tritici&amp;lt;/em&amp;gt; in wheat;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.125 et suiv. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/587667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiomes and Pathogen Survival in Crop Residues, an Ecotone Between Plant and Soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (4), pp.246-255. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-02-19-0010-RVW⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some reasons why the latent period should not always be considered constant over the course of a plant disease epidemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. N. Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (9), pp.1831 - 1840. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological trade-off between intra- and interannual scales in the evolution of aggressiveness in a local plant pathogen population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (5), pp.768 - 780. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eva.12588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing differences between pathogen compositions with small samples and sparse data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Garetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 107 (10), pp.1199-1208. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-02-17-0070-FI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fashionably late partners have more fruitful encounters: Impact of the timing of co-infection and pathogenicity on sexual reproduction in Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fungal Genetics and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 92, pp.40 - 49. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fgb.2016.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the onset of septoria tritici blotch epidemics related to the local pool of ascospores?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 65 (2), pp.250 - 260. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring the origin of primary inoculum of Zymoseptoria tritici from differential adaptation of resident and immigrant populations to wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (2), pp.393 - 404. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-015-0853-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01532554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutual Exclusion between Fungal Species of the Fusarium Head Blight Complex in a Wheat Spike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (14), pp.4682-4689. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.00525-15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between head blight pathogens: consequences for disease development and toxin production in wheat spikes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Elbelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Repinçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (3), pp.957 - 965. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.02879-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative pathogenicity of sexual and asexual spores of Zymoseptoria tritici (septoria tritici blotch) on wheat leaves.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (6), pp.1429-1439. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01535323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a rapid multiplex SSR genotyping method to study populations of the fungal plant pathogen Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelique A. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann J. Confais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, p. 373. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1756-0500-7-373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat spike infection timing on fusarium head blight development and mycotoxin accumulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Siou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Repinçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Canalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (2), pp.390-399. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ppa.12106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European PLANTFOODSEC project: framework for a national approach to analyse and prioritise plant health risks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.. Le Fay-Souloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Moignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroReference - Les Cahiers de la Référence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early stages of Septoria tritici blotch epidemics of winter wheat: build-up, overseasoning and release of primary inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 60 (02), pp.166-177. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2010.02369.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive versus low-input cropping systems: What is the optimal partitioning of agricultural area in order to reduce pesticide use while maintaining productivity ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gosme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (2), pp.110-116. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2009.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures en péril ? L'affaire de tous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc M. Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la Science. Dossier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 65 (Oct.-Dec.), pp.110-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant pathogens as agroterrorist weapons: assessment of the threat for European agriculture and forestry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (2), pp.221-232. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-009-0014-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosécurité des cultures et agroterrorisme. Une menace, des questions scientifiques et une opportunité : réactiver un dispositif d'épidémiovigilance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Labussière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathometric relationships reveal epidemiological processes involved in carrot cavity spot epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 122 (3), pp.425-436. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10658-008-9309-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral roots of carrot have a low impact on alloinfections in cavity spot epidemic caused by Pythium violae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of General Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 74 (4), pp.296-301. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10327-008-0104-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of primary and secondary infections in epidemics of carrot cavity spot through agronomic management practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Delalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1), pp.109-121. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01708.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for assessing the risk posed by the deliberate and harmful use of plant pathogens in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Labussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPO Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37 (2), pp.427-435. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2338.2007.01118.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of secondary infection by Pythium violae in epidemics of carrot cavity spot using root transplantation as a method of soil infestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (4), pp.588-594. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3059.2007.01566.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fungal dimension of biological invasions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure Desprez-Loustau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile C. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Courtecuisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean J. Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (9), pp.472-480. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2007.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cinétiques de la maladie de la tache de la carotte provoquée par un complexe d'agents pathogènes du genre Pythium dominé par le Pythium violae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (1), pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cavity spot de la carotte, l'épidémiologie appliquée à la gestion des risques parasitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 601, pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ecology of a Pythium community in relation to the epidemiology of carrot cavity spot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 35 (3), pp.488-501. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2006.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre théorique de la notion de complémentation caractérisant des stratégies de protection des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoprotection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 86 (2), pp.89-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épidémiologie végétale nouvelle discipline de guerre ? Lumière sur le bioterrorisme agricole, un enjeu émergent pour la recherche agronomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 47, pp.57-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A field evaluation of the effect of rain on wheat rust epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent L. Huber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Phytopathologica et Entomologica Hungarica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 35 (1-4), pp.273-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can weed-regulating service plants also regulate other pests?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian-Caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Weed Research Society Symposium (EWRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitate de Lleida; Agrotecnio Centre, Jul 2025, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosécurité des cultures et agroterrorisme : caractériser la menace pour mieux gérer le risque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AgroBioTech « Risques biotechnologiques et biovigilance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association AgroBioTech, Feb 2024, Palaiseau (91), France. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.20677.42729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effects reduce adaptation in a Major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Reinhardsbrunn symposium on modern fungicides and andi-fungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DpG, Apr 2023, Friedrichroda, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effects reduce adaptation in a major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Reinhardsbrunn symposium on modern fungicides and antifungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Frierichroda, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable effects of a wheat cultivar mixture on Septoria tritici blotch: investigating key factors involved in mixture effect variation between European sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Duvivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gaubrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thies Heick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Congress of Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary preferences of Heteromurus nitidus (Collembola) among wheat phytopathogenic fungi of crop residues: implications for bioregulation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas P. Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Dury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Biau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI International Congress of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03903319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antagonistic pleiotropic effecs reduce adaptation in a major wheat pathogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amezrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lapalu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Fillinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on cereal leaf blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Gammarth, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d’associations variétales de blé sur le développement de la septoriose et la dynamique de contournement d’un gène de résistance majeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pholème 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hectic Life on Wheat Leaves: Dynamics of Phenotypic Selection within Zymoseptoria tritici Populations Facing Microclimatic Heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Cereal Leaf Blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The pace of aggressiveness evolution and host adaptation in a plant pathogen population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henriette Goyeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jean Chevauchon JJC2018 - 12èmes Rencontres de Phytopathologie &amp; Mycologie,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Aussois, France. p.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanisms behind population responses to variable thermal environments: experiments and model-based analyses of the role of intraspecific phenotypic variation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik I Svensson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, session Population and Community Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the mechanisms of sexual reproduction in Zymoseptoria tritici and their consequences on STB dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gelisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome diversity in crop debris and the search for micro-organisms acting on Zymoseptoria tritici and Leptosphaeria maculans primary inoculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of french Zymoseptoria tritici populations to temperature at different spatio-temporal scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Legeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Paris, France. p.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of wheat varietal resistance level and rainfall characteristics on splash dispersal of Septoria tritici blotch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lusley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual American Phytopatholgy Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Phytopathological Society, Aug 2015, Passedena, California, United States. pp.S4.1-S4.160, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-105-11-S4.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'architecture d'un couvert de blé et des caractéristiques pluviométriques sur la dispersion par éclaboussement de Mycosphaerella graminicola en conditions contrôlées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jean Chevaugeon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aussois, France. pp.95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycosphaerella graminicola : même les hyperactifs sexuels ont parfois besoin d'un bon entremetteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10es Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Aussois, France. p. 42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la résistance du blé à la septoriose provoquée par mycosphaerella graminicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Henri Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Gout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FSOV 2008-2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une épidémie, combien ça coûte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure Desprez Loustau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.46-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point d’outils améliorés pour l’évaluation des résistances variétales du blé tendre à Septoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gouache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Henri Lebrun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème conférence internationale sur les maladies des plantes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des composantes d'agressivité de Mycosphaerella graminicola, agent de la septoriose du blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.110-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification des ascospores de Mycosphaerella graminicola responsables de la phase précoce des épidémies de septoriose du blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Aussois, France. pp.105-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to prioritize the development of diagnostic tests for plant pests based on a risk ranking tool ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Moignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QBOL/EPPO Conference on DNA barcoding and diagnostic methods for plant pests</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Haarlem, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which temperature to simulate foliar epidemics × crop architecture interactions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale Epidemiology-Canopy-Architecture (ECA),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat canopy architecture and rain characteristics on on septoria splash-borne pcynidiospore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Robert Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Canopy Architecture Impact on Disease Epidemiology and Pest Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rennes (FR), France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation saisonnière des composantes d’agressivité d’une population locale de Mycosphaerella graminicola – agent de la septoriose du blé à la température hivernale et au stade phénologique de son hôte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Colloque de la Société Française de Phytopathologie (SFP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP (SFP). Saisissez le nom du laboratoire, du service ou du département., Paris, FRA., Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant and food biosecurity: A European Union Network of Excellence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Lodovica Gullino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinz-Wilhelm Dehne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS-IPPC Joint Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Honolulu, United States. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of aggressiveness components of Mycosphaerella graminicola on adult wheat plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Galet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International symposium on Mycosphaerella and stagonospora diseases of cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat canopy architecture and rain characteristics in splash dispersal of Mycosphaerella graminicola pycnidiospores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Vallavieille-Pope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Mycosphaerella and Stagonospora Diseases of Cereals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Mexico, Mexico. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Septoria disease on apical senescence in wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Ben Slimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Jean-Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Bancal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing the impact of Septoria tritici blotch pressure on wheat cultivar resistance in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Marliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Valade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCLB 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which potential of service plants for ‘multi-pest’ regulation in agroecosystems? An integrative conceptual framework highlighting complementarities in mechanisms and traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Ballini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Djian‐caporalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined approaches to identify the incidence of Zymoseptoria tritici on microbial community in the wheat residues ecosystem.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, ST PAUL, United States. AMER PHYTOPATHOLOGICAL SOC, Molecular Plant-Microbe Interactions, 32 (10), pp.2, 2019, Microbiome and Phytobiome</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal shifts and spatial variability of thermal adaptation in populations of Zymoseptoria tritici sampled over the Euro-Mediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Chelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Cereal Leaf Blights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dublin, Ireland. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the risk of recombination between MDR and specific resistance towards SDHIs in Zymoseptoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwilherm Gazeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Reinhardsbrunn symposium on modern fungicides and antifungal compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Friedrichroda, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriterial characterisation of plant pathogens for agroterrorism prevention in Europe - An emerging field of research.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Health Risk Analysis Workshop.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Niagara Falls, Canada. 1p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop biosecurity requires a specific methodology of risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Latxague</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Andrivon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the first European Crop Biosecurity Workshop Held by the 6th Framework Concerted Action Project “Crop and Food Biosecurity” at NIAB, Huntingdon Road</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Cambridge, Ukraine. Wiley Online Library, pp.9, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures par la diversité végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 132 p., 2023, Matière à débattre et décider, 978-2-7592-3732-6. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3733-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias M. Choquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-F. Corio-Costet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Dellagi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck Supérieur, pp.384, 2023, 978-2807302884</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioterrorism: A threat to plant biosecurity ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Stack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Gulino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Department of Plant Pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, 3, pp.115-132, 2010, Plant Pathology in the 21st Century, 978-1-4020-8931-2. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-8932-9_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques de disservices et stratégies pour les limiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Couëdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steewy Lakhia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Picault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de services. Vers de nouveaux agroécosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782759239788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d'agriculture de conservation des sols sur les maladies cryptogamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay-Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 978-2-759235667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d’agriculture de conservation des sols sur les maladies cryptogamiques. In Agriculture de conservation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Quae. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-187, 2024, 978-2-7592-3566-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plantes de services pour la régulation des agents pathogènes aériens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de services : vers de nouveaux agroécosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, 2024, 978-2-759239788</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques d’agriculture de conservation des sols sur les maladies cryptogamiques et leurs conséquences sur l’état sanitaire des cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jay Ram Lamichhane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions QUAE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture de conservation des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-187, 2024, QUAE Coll. Savoirs Faire, 978275923566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the web of dark interactions: Explainable inference of the diversity of microbial interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didac Barroso-Bergada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alireza Tamaddoni-Nezhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Varghese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nika Galic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research: Roadmaps: Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, Elsevier, pp.155-183, 2023, Advances in Ecological Research, </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2023.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanger les variétés pour construire des peuplements plus résistants aux bioagresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gauffreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Enjalbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies.Pour des cultures résistantes aux maladies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-7592-3233-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03721224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating crop bioterrorism hazards into pest risk assessment tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Mumford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.W. Leach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical tools for plant and food biosecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 384 p., 2017, Plant Pathology in the 21st Century, </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-46897-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating crop bioterrorism hazards into pest risk assessment tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Mumford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.W. Leach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practical tools for plant and food biosecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 384 p., 2017, Plant Pathology in the 21st Century</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive plant pathogens in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan I. Sache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laure M. L. Desprez Loustau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological invasions : economic and environmental costs of alien plant, animal, and microbe species</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 2011, 9781439829905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergences épidémiologiques non conventionnelles et analyse de risque : biosécurité agricole et agroterrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les maladies émergentes. Epidémiologie chez le végétal, l'animal et l'homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2010, 978-2-7592-0510-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset of a two-year field experiment on the dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/4MAAI0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic analysis of wheat cultivars interacting with the fungal plant pathogen Septoria tritici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Deller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Audeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Corbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lafarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the frequency of virulence against an Stb gene in Zymoseptoria tritici populations by bulk phenotyping on checkerboard microcanopies of wheat NILs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmie Dzialo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Saintenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: a compromise between the efficiency and durability of a recently broken-down resistance gene?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boixel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a resistance gene against a fungal pathogen on the plant host residue microbiome: the case of the &amp;lt;em&amp;gt;Leptosphaeria maculans&amp;lt;/em&amp;gt;-&amp;lt;em&amp;gt;Brassica napus pathosystem&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Kerdraon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Laval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life story of Tunisian durum wheat landraces revealed by their genetic and phenotypic diversity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Ben Krima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gélisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajer Kouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nadaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03303679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à « l’évaluation du risque lié à Ceratobasidium theobromae pour les DROM »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eveillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-SA-0147, Anses. 2025, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05095676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Cordylomera spinicornis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2025, 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05175671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d’évaluation des risques sanitaires et environnementaux et des enjeux socio-économiques associés aux plantes obtenues au moyen de certaines nouvelles techniques génomiques (NTG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thaura Ghneim-Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2021-SA-0019, Anses. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à l’« Evaluation du risque lié à Scirtothrips ginkgoe pour la France métropolitaine et l’Union européenne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lombaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Salle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-SA-0111, Anses. 2024, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04855283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Amasa parviseta »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04718536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Euplatypus hintzi »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04608634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l’Anses relatif à &amp;quot;demande d’évaluation du risque simplifiée (ERS) lié à l’introduction de Bactrocera zonata pour la France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Verheggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Duyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ryckewaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0034, Anses. 2024, 94 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04859559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de L'Anses relatif à « la catégorisation de Trichoferus campestris »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 28 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04855184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilité d'introduction de Bactrocera dorsalis (mouche orientale des fruits) en France métropolitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Verheggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre François Duyck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ryckewaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anses. 2024, 144 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « l’avenant à la saisine de catégorisation de 8 espèces d’insectes exotiques incluant Xylotrechus chinensis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2024, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04616086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures en augmentant la diversité végétale des espaces agricoles. Rapport scientifique de l’Expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2023, 954 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127709v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « la catégorisation de Xylotrechus chinensis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Mouttet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0028, Anses. 2023, 33 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04353534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéger les cultures en augmentant la diversité végétale des espaces agricoles. Synthèse de l’expertise scientifique collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vialatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Alignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Angeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2022, 86 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852213v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie de lutte vis-à-vis de Xylella fastidiosa - Phase 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2018-SA-0248, Anses. 2020, 58 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie de lutte vis-à-vis de Xylella fastidiosa - Phase 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2018-SA-0248, Anses. 2020, 48 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie du huanglongbing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Milagros - Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2019, 278 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisine relative aux stratégies de lutte contre le charançon rouge du palmier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2017-SA-0137, Anses. 2018, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'une analyse de risques relative au houblon du Japon et élaboration de recommandations de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Monty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2018, 46 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risque phytosanitaire (ARP) portant sur Fusarium oxysporum f. sp. cubense (agent pathogène responsable de la maladie de Panama) pour les départements d'Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolande Chilin Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Makowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Steinberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Silvie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2018, 100 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques et bénéfices relatifs des alternatives aux produits phytopharmaceutiques comportant des néonicotinoïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bonafos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thybaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2018, 548 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02271477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de démarches collectives engagées contre le charançon rouge du palmier par la Communauté Var-Esterel-Méditerranée (CAVEM).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar-Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n°2017-SA-0035, Anses. 2017, 70 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demande d’avis relatif à la réalisation d’une analyse de risques relative à l’ambroisie trifide (Ambrosia trifida L.) et pour l’élaboration de recommandation de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Le Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fried</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Monty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Saisine n° 2016-SA-0090, Anses. 2017, pp.108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de risque phytosanitaire [i]Plasmopara halstedii[/i] agent responsable de la maladie du mildiou du tournesol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Delos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Tourvieille de Labrouhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2014, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de risque phytosanitaire Ditylenchus dipsaci sur luzerne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Escobar Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Esquibet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gentzbittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Mugniery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2013, 132 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes de lutte alternatives à l'épandage aérien de produits phytosanitaires contre les processionnaires du pin et du chêne en conditions urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Jactel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Agence Nationale de Sécurité Sanitaire de l’Alimentation, de l’Environnement et du Travail. 2013, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de risque simplifiée pour les Lethal yellowing type syndromes (LYTS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hostachy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2012, 70 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de risque simplifiée pour Xyllela fastidiosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Reignault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Anses. 2012, 49 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidémiologie du cavity spot de la carotte: perspectives d'application en protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Ecole Doctorale Vie-Agro-Santé, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02823985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidémiologie du cavity spot de la carotte - Perspectives d'application en protection intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecologie, Environnement. Agrocampus - Ecole nationale supérieure d'agronomie de rennes, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00119268v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et mécanismes centrés sur l'inoculum : une approche fonctionnelle et expérimentale de l'épidémiologie végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Phytopathologie et phytopharmacie. Université Paris Sud - Paris 11, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02799913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus et mécanismes centrés sur l'inoculum : une approche fonctionnelle et expérimentale de l'épidémiologie végétale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Suffert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01167164v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId568"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2F910DD7"/>
+    <w:nsid w:val="5137F502"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-suffert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6969-3878" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inrae.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-agro-rennes-angers.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agroparistech.fr/Protection-des-plantes-et-environnement.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00119268/document" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01167164v2/document" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.rennes.inrae.fr/igepp" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agroparistech.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/fungalasco/pdlessons/Pages/Septoria.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger/pages-perso/Suffert-Frederic#Th%C3%A8se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ihedn.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger/pages-perso/Suffert-Frederic/CAW" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/content/risques-biologiques-pour-la-sant%C3%A9-des-v%C3%A9g%C3%A9taux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gestion-diversite-vegetale.colloque.inrae.fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inrae.fr/departements/spe#:~:text=Le%20d%C3%A9partement%20Sant%C3%A9%20des%20Plantes,de%20la%20plante%20au%20paysage." TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plateforme-esv.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfp-asso.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.siteany78.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/journal/42161" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bioger.versailles-grignon.hub.inrae.fr/pages-perso/suffert-frederic/balades-phytopathologiques" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/wheatpath" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533603v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Meyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Andrieux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Slootweg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-025-03109-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349824v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Fontyn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jg Meyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Picard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.06.09.544363" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429126v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Battisti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brinquin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Caparros-Megido" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Gault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0060" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079011v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2025.101309" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534654v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marcel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70490" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05510299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Delanoue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Prieur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Noly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2025.104043" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092163v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15240410" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092190v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110527" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480026v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Salmon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.8026" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin JG Meyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-024-01590-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04526414v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmie Dzialo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Saintenac" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13894" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092203v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Papin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valade" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443604v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Piaget" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.264" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133666v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petteri Karisto" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Mikaberidze" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pei3.10104" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689876v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didac Barroso-Bergad&#224;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chancerel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-22-0008-FI" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125786v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Langlands-Perry" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pitarch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapalu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cuenin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bergez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1128546" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920575v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demenou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Guillot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-22-0185-A" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311998v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Goyeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berder" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moinard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47499-6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04085273v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Suffert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dury" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Biau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacoste" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2023.104897" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04027129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lorrain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Mcdonald" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Milgate" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Solomon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36674-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03545031v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-021-01025-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700333v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Orellana-Torrejon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13577" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685073v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Riahi El Kamel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109031" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818769v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2022.103744" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03774839v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Fontin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Zippert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry C. Marcel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.03.16.484559" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741343v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Mcdonald" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bernasconi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13434" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297352v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Rodriguez-Algaba" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens S Hovm&#248;ller" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens G Hansen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Lez&#225;un" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.988031" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357908v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13458" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04299156v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313037v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Suffert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13430" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544375v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8515" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bamm&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Penaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13296" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368843v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Kerdraon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Liabot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d13090404" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477116v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialatte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04567438v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12994" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620072v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-019-01340-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618787v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1211-3" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624822v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/587667" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628044v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morais" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Duplaix" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sache" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-018-01666-y" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159596v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legeay" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1253-6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131615v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-19-0010-RVW" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621026v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. N. Thompson" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12894" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628208v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carpentier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12588" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607233v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Soubeyrand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garetta" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-17-0070-FI" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584418v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2016.05.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T60BZ4BM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584419v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morais" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suffert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12408" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532554v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gelisse" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0853-y" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632241v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Siou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00525-15" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535224v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Repin&#231;ay" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02879-14" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535323v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12372" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690256v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Canal&#232;s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12106" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630016v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique A. Gautier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Marcel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crane" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kema" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-7-373" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053113v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.. Le Fay-Souloy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moignot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652259v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Sache" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02369.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173228v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gosme" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2009.11.002" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8T5GVRQ8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664361v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Barbier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664424v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Latxague" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-009-0014-2" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197788v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Labussi&#232;re" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655498v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Montfort" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-008-9309-y" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GWBSX5PB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664541v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lucas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-008-0104-6" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KJ0BPXNK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658359v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delalande" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Prunier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01708.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665442v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661729v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Desprez-Loustau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Robin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Courtecuisse" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Garbaye" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2007.04.005" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P12WGH8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655430v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01566.x" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197672v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pinon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2338.2007.01118.x" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M6L9F6H2-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654354v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665464v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guibert" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2006.10.003" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1LQMXLJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671204v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201772v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692803v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295368v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443549v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20677.42729" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286767v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Amezrou" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meyer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314029v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amezrou" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560432v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duvivier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaubrie" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Heick" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03903319v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas P. Bourgeois" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dury" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312259v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510058v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557892v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791218v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551657v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik I Svensson" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796581v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456000v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796858v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546614v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lusley" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gigot" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-105-11-S4.1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939522v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019590v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189757v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Lebrun" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Gout" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019788v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Roy" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Desprez Loustau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019766v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019799v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190784v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gouache" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hourcade" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190810v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ouvrard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mouttet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190584v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bernard" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932999v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191162v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001504v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lodovica Gullino" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Thomas" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Henry" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz-Wilhelm Dehne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909542v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Robert" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003244v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192276v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ben Slimane" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Jean-Jacques" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bancal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893627v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marliac" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nowak" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898317v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ballini" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian&#8208;caporalino" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736233v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557939v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289465v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Auclair" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830978v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818683v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191565v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/223/9782759237333/proteger-les-cultures-par-la-diversite-vegetale?utm_source=dialoginsight&amp;amp;utm_medium=email&amp;amp;utm_campaign=B5532" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3733-3" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458867v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reignault" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias M. Choquer" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Corio-Costet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821565v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Stack" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Gulino" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Department of Plant Pathology" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8932-9_10" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04881919v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steewy Lakhia" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1901/9782759239795/les-plantes-de-services" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092224v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sarthou" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sester" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay-Ram Lamichhane" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sarthou" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680765v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092211v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le May" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967530v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483234v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didac Barroso-Bergada" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Tamaddoni-Nezhad" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Varghese" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Galic" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2023.09.005" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721224v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928125v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Mumford" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.W. Leach" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holt" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787698v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810591v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Roy" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure M. L. Desprez Loustau" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816030v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510059v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4MAAI0" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00908183v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deller" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audeon" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbeau" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pichon" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafarge" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369237v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305593v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790936v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303679v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Slim" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kouki" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nadaud" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05095676v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eveillard" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05175671v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gregoire" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Godefroid" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Mouttet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Robin" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04608634v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04859559v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Verheggen" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ryckewaert" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855184v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04718536v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855283v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Salle" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183193v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04616086v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127709v4" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04353534v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gr&#233;goire" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03852213v3" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321004v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gentzbittel" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Legendre" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906127v2" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272585v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silvie" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cellier" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Milagros - Lopez" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271485v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Chilin Charles" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Steinberg" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271487v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monty" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Albert" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788719v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Escobar Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ollivier" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rochat" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271477v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonafos" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Delorme" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thybaud" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509013v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Escobar-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191543v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228847v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delos" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Grimault" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Tourvieille de Labrouhe" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578869v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578870v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Martin" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577510v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dollet" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hostachy" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Augustin" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577495v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Manceau" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02823985v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00119268v2" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01167164v2" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02799913v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-suffert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6969-3878" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inrae.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-agro-rennes-angers.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agroparistech.fr/Protection-des-plantes-et-environnement.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00119268/document" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01167164v2/document" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.rennes.inrae.fr/igepp" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agroparistech.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/disandpath/fungalasco/pdlessons/Pages/Septoria.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger/pages-perso/Suffert-Frederic#Th%C3%A8se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ihedn.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.versailles-grignon.inrae.fr/bioger/pages-perso/Suffert-Frederic/CAW" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr/content/risques-biologiques-pour-la-sant%C3%A9-des-v%C3%A9g%C3%A9taux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anses.fr/fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gestion-diversite-vegetale.colloque.inrae.fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inrae.fr/departements/spe#:~:text=Le%20d%C3%A9partement%20Sant%C3%A9%20des%20Plantes,de%20la%20plante%20au%20paysage." TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plateforme-esv.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfp-asso.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.siteany78.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/journal/42161" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bioger.versailles-grignon.hub.inrae.fr/pages-perso/suffert-frederic/balades-phytopathologiques" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/wheatpath" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533603v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Meyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Andrieux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Slootweg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-025-03109-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429126v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Battisti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brinquin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Caparros-Megido" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Gault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0060" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349824v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Fontyn" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jg Meyer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Picard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.06.09.544363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534654v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marcel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70490" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079011v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2025.101309" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05510299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Delanoue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Prieur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Noly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2025.104043" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092190v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110527" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092163v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15240410" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480026v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Salmon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.8026" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin JG Meyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-024-01590-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04526414v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmie Dzialo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Saintenac" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13894" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092203v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Papin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valade" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443604v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Piaget" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.264" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125786v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Langlands-Perry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pitarch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapalu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cuenin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bergez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1128546" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920575v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demenou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Guillot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-22-0185-A" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133666v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petteri Karisto" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Mikaberidze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pei3.10104" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689876v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didac Barroso-Bergad&#224;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chancerel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-22-0008-FI" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311998v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Goyeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berder" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moinard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47499-6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04085273v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Suffert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dury" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Biau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacoste" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2023.104897" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04027129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lorrain" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Mcdonald" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Milgate" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Solomon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36674-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03545031v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-021-01025-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700333v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Orellana-Torrejon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13577" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03774839v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Fontin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Zippert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry C. Marcel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.03.16.484559" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685073v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Riahi El Kamel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.109031" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818769v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2022.103744" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741343v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Mcdonald" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bernasconi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13434" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357908v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13458" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04299156v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297352v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Rodriguez-Algaba" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens S Hovm&#248;ller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens G Hansen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Lez&#225;un" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.988031" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313037v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Suffert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13430" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544375v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8515" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bamm&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Penaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13296" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368843v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Kerdraon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Liabot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d13090404" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477116v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialatte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04567438v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12994" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620072v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-019-01340-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618787v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1211-3" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159596v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Legeay" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1253-6" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628044v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morais" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Duplaix" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sache" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-018-01666-y" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624822v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/587667" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131615v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-19-0010-RVW" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621026v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. N. Thompson" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12894" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628208v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carpentier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12588" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607233v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Soubeyrand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garetta" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-17-0070-FI" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584418v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2016.05.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T60BZ4BM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584419v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morais" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suffert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12408" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532554v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gelisse" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0853-y" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632241v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Siou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00525-15" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535224v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Repin&#231;ay" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02879-14" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535323v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12372" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630016v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique A. Gautier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Marcel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Confais" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crane" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kema" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-7-373" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690256v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Canal&#232;s" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12106" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053113v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.. Le Fay-Souloy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moignot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652259v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan I. Sache" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2010.02369.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173228v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gosme" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2009.11.002" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8T5GVRQ8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664361v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Barbier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664424v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Latxague" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-009-0014-2" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197788v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Labussi&#232;re" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655498v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Montfort" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-008-9309-y" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GWBSX5PB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664541v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lucas" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-008-0104-6" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KJ0BPXNK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658359v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delalande" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Prunier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01708.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197672v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pinon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2338.2007.01118.x" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M6L9F6H2-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655430v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2007.01566.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661729v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Desprez-Loustau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Robin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Courtecuisse" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Garbaye" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2007.04.005" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P12WGH8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665442v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654354v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665464v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guibert" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2006.10.003" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1LQMXLJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671204v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201772v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692803v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295368v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chave" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443549v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20677.42729" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286767v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Amezrou" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meyer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314029v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amezrou" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560432v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duvivier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaubrie" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Heick" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03903319v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas P. Bourgeois" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dury" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312259v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510058v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557892v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791218v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551657v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik I Svensson" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796581v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456000v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796858v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546614v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lusley" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gigot" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-105-11-S4.1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939522v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019590v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189757v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouache" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Lebrun" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Gout" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019788v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Roy" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Desprez Loustau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190784v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gouache" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hourcade" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019766v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019799v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190810v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ouvrard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mouttet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190584v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bernard" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932999v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191162v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001504v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lodovica Gullino" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Thomas" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Henry" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz-Wilhelm Dehne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003244v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galet" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909542v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Robert" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192276v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ben Slimane" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Jean-Jacques" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bancal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893627v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marliac" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nowak" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898317v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ballini" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian&#8208;caporalino" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736233v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557939v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289465v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Auclair" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830978v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818683v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191565v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/223/9782759237333/proteger-les-cultures-par-la-diversite-vegetale?utm_source=dialoginsight&amp;amp;utm_medium=email&amp;amp;utm_campaign=B5532" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3733-3" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458867v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reignault" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias M. Choquer" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Corio-Costet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821565v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Stack" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Gulino" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Department of Plant Pathology" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8932-9_10" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04881919v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steewy Lakhia" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1901/9782759239795/les-plantes-de-services" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092224v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sarthou" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sester" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay-Ram Lamichhane" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sarthou" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680765v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092211v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le May" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967530v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483234v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didac Barroso-Bergada" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Tamaddoni-Nezhad" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Varghese" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Galic" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2023.09.005" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721224v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787698v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Mumford" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.W. Leach" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holt" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928125v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810591v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Roy" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure M. L. Desprez Loustau" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816030v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510059v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4MAAI0" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00908183v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deller" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audeon" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbeau" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pichon" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafarge" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369237v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305593v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790936v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303679v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Slim" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kouki" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nadaud" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05095676v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eveillard" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05175671v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gregoire" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Godefroid" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Mouttet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Robin" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855283v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lombaert" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Salle" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04718536v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04608634v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04859559v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Verheggen" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ryckewaert" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855184v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183193v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04616086v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127709v4" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04353534v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gr&#233;goire" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03852213v3" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321004v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gentzbittel" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Legendre" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906127v2" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272585v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silvie" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cellier" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Milagros - Lopez" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788719v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Escobar Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ollivier" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rochat" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271487v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monty" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Albert" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271485v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Chilin Charles" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Steinberg" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271477v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonafos" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Delorme" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thybaud" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509013v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Escobar-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191543v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228847v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delos" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Grimault" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Tourvieille de Labrouhe" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578869v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578870v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Martin" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577510v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dollet" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hostachy" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Augustin" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577495v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Manceau" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02823985v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00119268v2" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02799913v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01167164v2" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>