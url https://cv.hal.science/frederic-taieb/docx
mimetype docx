--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2600,546 +2600,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cif type III effector protein: a smart hijacker of the host cell cycle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Enterohaemorrhagic Escherichia coli serogroup O111 inhibits NF-kappa B-dependent innate responses in a manner independent of a type III secreted OspG orthologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Nobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bardiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Cassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2217/FMB.09.60⟩</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 155 (10), pp.3214-3225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.030759-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660398v1</w:t>
+                <w:t xml:space="preserve">hal-02658483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enterohaemorrhagic Escherichia coli serogroup O111 inhibits NF-kappa B-dependent innate responses in a manner independent of a type III secreted OspG orthologue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R Nobe</w:t>
+                <w:t xml:space="preserve">Structure of the Cyclomodulin Cif from Pathogenic Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D Cassart</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 155 (10), pp.3214-3225. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 384 (2), pp.465-477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/mic.0.030759-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2008.09.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658483v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the Cyclomodulin Cif from Pathogenic Escherichia coli</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yun Hsu</w:t>
+                <w:t xml:space="preserve">Bacterial cyclomodulin Cif blocks the host cell cycle by stabilizing the cyclin-dependent kinase inhibitors p21 waf1 and p27 kip1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Watrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jubelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 384 (2), pp.465-477. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10 (12), pp.2496-2508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2008.09.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2008.01224.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02952988v1</w:t>
+                <w:t xml:space="preserve">hal-02952999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial cyclomodulin Cif blocks the host cell cycle by stabilizing the cyclin-dependent kinase inhibitors p21 waf1 and p27 kip1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Escherichia coli cyclomodulin Cif induces G(2) arrest of the host cell cycle without activation of the DNA-damage checkpoint-signalling pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Watrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 10 (12), pp.2496-2508. </w:t>
+              <w:t xml:space="preserve">, 2006, 8 (12), pp.1910-1921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2008.01224.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2006.00757.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02952999v1</w:t>
+                <w:t xml:space="preserve">hal-02660102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Escherichia coli Induces DNA Double-Strand Breaks in Eukaryotic Cells</w:t>
               </w:r>
@@ -3253,2165 +3266,2035 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli cyclomodulin Cif induces G(2) arrest of the host cell cycle without activation of the DNA-damage checkpoint-signalling pathway</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial toxins that modulate host cell-cycle progression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Oswald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Oswald</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motoyuki Sugai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2006.00757.x⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8 (1), pp.83-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mib.2004.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660102v1</w:t>
+                <w:t xml:space="preserve">hal-02952977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial toxins that modulate host cell-cycle progression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cyclomodulins: bacterial effectors that modulate the eukaryotic cell cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean de Rycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Motoyuki Sugai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 13 (3), pp.103-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tim.2005.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mib.2004.12.011⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02952977v1</w:t>
+                <w:t xml:space="preserve">hal-02682325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclomodulins: bacterial effectors that modulate the eukaryotic cell cycle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
+                <w:t xml:space="preserve">The mechanism of CSF arrest in vertebrate oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James L Maller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus S Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan D Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Tibor Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 187 (1-2), pp.173-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0303-7207(01)00695-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tim.2005.01.002⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02682325v1</w:t>
+                <w:t xml:space="preserve">hal-02679834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mechanism of CSF arrest in vertebrate oocytes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stefan D Gross</w:t>
+                <w:t xml:space="preserve">The polo-like kinase Plx1 is required for activation of the phosphatase Cdc25C and cyclin B-Cdc2 in Xenopus oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">y W Qian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Erikson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J L Maller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 12 (6), pp.1791-1799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1091/mbc.12.6.1791⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0303-7207(01)00695-5⟩</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-02679834v1</w:t>
+                <w:t xml:space="preserve">hal-02681943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The polo-like kinase Plx1 is required for activation of the phosphatase Cdc25C and cyclin B-Cdc2 in Xenopus oocytes</w:t>
+                <w:t xml:space="preserve">The pathway of MAP kinase mediation of CSF arrest in &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">y W Qian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E Erikson</w:t>
+                <w:t xml:space="preserve">J L Maller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M S Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B T Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S D Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1091/mbc.12.6.1791⟩</w:t>
+              <w:t xml:space="preserve">Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 93 (1-2), pp.27-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0248-4900(01)01127-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02681943v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pathway of MAP kinase mediation of CSF arrest in &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocytes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J L Maller</w:t>
+                <w:t xml:space="preserve">Bub1 is activated by the protein kinase p90(Rsk) during &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocyte maturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M S Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B T Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M S Schwab</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S D Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B J Tunquist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of the Cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11 (3), pp.141-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0960-9822(01)00045-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0248-4900(01)01127-3⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02677849v1</w:t>
+                <w:t xml:space="preserve">hal-02679412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bub1 is activated by the protein kinase p90(Rsk) during &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocyte maturation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activation of the anaphase-promoting complex and degradation of cyclin B is not required for progression from Meiosis I to II in &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M S Schwab</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S D Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">a L Lewellyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J L Maller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 11 (3), pp.141-150. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0960-9822(01)00045-8⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 11 (7), pp.508-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0960-9822(01)00145-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679412v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of the anaphase-promoting complex and degradation of cyclin B is not required for progression from Meiosis I to II in &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; oocytes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The critical role of the MAP kinase pathway in meiosis II in Xenopus oocytes is mediated by p90(Rsk).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S D Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M S Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a L Lewellyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">y W Qian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 11 (7), pp.508-513. </w:t>
+              <w:t xml:space="preserve">, 2000, 10 (8), pp.430-438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0960-9822(01)00145-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0960-9822(00)00425-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02682452v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The critical role of the MAP kinase pathway in meiosis II in Xenopus oocytes is mediated by p90(Rsk).</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Human retinoblastoma protein (Rb) is phosphorylated by cdc2 kinase and MAP kinase in Xenopus maturing oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karaiskou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jessus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0960-9822(00)00425-5⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 425, pp.465-471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0014-5793(98)00291-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02694042v1</w:t>
+                <w:t xml:space="preserve">hal-02698725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human retinoblastoma protein (Rb) is phosphorylated by cdc2 kinase and MAP kinase in Xenopus maturing oocytes</w:t>
+                <w:t xml:space="preserve">Cycling D2 arrests Xenopus early embryonic cell cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Chartrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Haccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jessus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Experimental Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 237, pp.338-346</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02698725v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cycling D2 arrests Xenopus early embryonic cell cycles</w:t>
+                <w:t xml:space="preserve">On cyclings, oocytes, and eggs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Haccard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">C. Thibier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jessus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Cell Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 237, pp.338-346</w:t>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 48, pp.397-411</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02686325v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On cyclings, oocytes, and eggs</w:t>
+                <w:t xml:space="preserve">Cyclin D2 ArrestsXenopusEarly Embryonic Cell Cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Thibier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">Stéphane Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Chartrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Haccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jessus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 237 (2), pp.338-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/excr.1997.3800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02689605v1</w:t>
+                <w:t xml:space="preserve">hal-02143983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclin D2 ArrestsXenopusEarly Embryonic Cell Cycles</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; cyclin D2: cloning and expression in oocytes and during early development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jessus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Cell Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 88 (3), pp.99-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0248-4900(97)83525-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/excr.1997.3800⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02143983v1</w:t>
+                <w:t xml:space="preserve">hal-02698824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased Stable Retroviral Gene Transfer in Early Hematopoietic Progenitors Released from Quiescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hatzfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Batard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Panterne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hatzfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Gene Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 7 (2), pp.207-213. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/hum.1996.7.2-207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; cyclin D2: cloning and expression in oocytes and during early development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association of p34cdc2 kinase and MAP kinase with microtubules during the meiotic maturation of Xenopus oocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fellous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kubelka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thibier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Haccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of the Cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 38, pp.651-659</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0248-4900(97)83525-3⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02698824v1</w:t>
+                <w:t xml:space="preserve">hal-02707316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of p34cdc2 kinase and MAP kinase with microtubules during the meiotic maturation of Xenopus oocytes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Association of p34cdc2 kinase and MAP kinase with microtubules during the meiotic maturation of Xenopus oocytes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Kubelka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Thibier</w:t>
+                <w:t xml:space="preserve">Arlette Fellous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Kubelka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Thibier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">O. Haccard</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Haccard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 38, pp.651-659</w:t>
+              <w:t xml:space="preserve">, 1994, 38 (4), pp.651-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...124 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02144047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5421,904 +5304,904 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus modulates the cell cycle of eukaryotic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Aouar Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Deplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luidmila Alexseeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Ladier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYMPOSTAPH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Lyon, France. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus alters cell cycle in human and bovine epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Alekseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Legembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. International Symposium on Staphylococci and Staphylococcal Infections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Chicago, United States. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soluble factor produced by [i]Staphylococcus aureus[/i] modulates the cell cycle of eukaryotic cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Ladier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luidmila Alexseeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Deplanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luidmila Alexseeva</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. International Congress of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Milan, Italy. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus-induced alteration of histone H3 phosphorylation status in human epithelial cells reveals its impact on cell cycle regulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Alekseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Ladier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergine Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Arlot-Bonnemains</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Symposia Microbiome and Host Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Lisbonne, Portugal. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus alters cell cycle in human and bovine epithelial cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Alekseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Legembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées des Microbiologistes de l' INRA 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, L'Isle sur la Sorgue, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus alters cell cycle in human and bovine epithelial cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Alekseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Edmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Azevado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Staphylococci and Staphylococcal Infections -ISSSI-2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Lyon, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;Staphylococcus aureus&amp;lt;/em&amp;gt;-induced cytopathic effect on the mammalian cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Alekseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Le Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piquet-Pellorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4 Congress of European Microbiologists FEMS 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland. , 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6328,177 +6211,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell cycle transitions in early &amp;lt;em&amp;gt;Xenopus&amp;lt;/em&amp;gt; development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J L Maller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S D Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M S Schwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C V Finkielstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novartis Foundation symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2000, London, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/0470846666.ch6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId216"/>
+      <w:footerReference w:type="default" r:id="rId214"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6645,51 +6528,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Goman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ize" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658020v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taieb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;nary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Bordignon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Plan&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2054040" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03306242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J Pons" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pettes-Duler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-021-03902-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358727v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chagneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Motta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bossuet-Greif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcy Belloy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00624-21" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03044647v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mambu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Barilleau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Fragnet-Trapp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.586934" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02153435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Deplanche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Mouhali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thu Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Cauty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ezan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44213-3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627565v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vignard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Taieb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mirey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dubois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02393-17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594586v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Aouar Filho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Luiz de Paula Castro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Ariston de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L. Goossens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00208" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03359289v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid A. El-Aouar Filho" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago L. de Paula Castro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco A. de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603282v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Petit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayrede" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.ESP-0008-2016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631187v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonkos Svab" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Toth" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/AVet.2015.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873672v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Alekseeva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legembre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Edmond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648733v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allister Crow" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Hughes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Banfield" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1112107109" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652534v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins3040356" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952993v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Hsu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001128" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895110v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courties" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gomard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ginibre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2010.09.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPL9DLF9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935476v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.09.60" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662590v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samba-Louaka" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00860-09" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659269v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0004855" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660398v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/FMB.09.60" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658483v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Nobe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bardiau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Cassart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.030759-0" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952988v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.09.051" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952999v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2008.01224.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952972v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Homburg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Boury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Brzuszkiewicz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1127059" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660102v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00757.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952977v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoyuki Sugai" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2004.12.011" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FMS7ZB79-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682325v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Rycke" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2005.01.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J1GTK2V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679834v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L Maller" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus S Schwab" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan D Gross" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tibor Roberts" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0303-7207(01)00695-5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HB97R37S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681943v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=y W Qian" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Erikson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Maller" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.12.6.1791" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677849v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Schwab" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B T Roberts" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S D Gross" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0248-4900(01)01127-3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B9C8CSZF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679412v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B J Tunquist" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(01)00045-8" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682452v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a L Lewellyn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(01)00145-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694042v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(00)00425-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698725v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karaiskou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rime" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jessus" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(98)00291-9" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686325v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chartrain" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Haccard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689605v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thibier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143983v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chartrain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Haccard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/excr.1997.3800" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW60GVW6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955324v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hatzfeld" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Batard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Panterne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hatzfeld" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.1996.7.2-207" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698824v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0248-4900(97)83525-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3A88F8EECD7CE91B765E0A0AB145AAB03044608/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707316v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fellous" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kubelka" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144047v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Fellous" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kubelka" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thibier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209739v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luidmila Alexseeva" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ladier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209709v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209486v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevedo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454234v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arlot-Bonnemains" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209365v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209356v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevado" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808973v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Marechal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piquet-Pellorce" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763844v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V Finkielstein" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0470846666.ch6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Goman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ize" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658020v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taieb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;nary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Bordignon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Plan&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2022.2054040" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03306242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J Pons" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pettes-Duler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naylies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-021-03902-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358727v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chagneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Motta" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bossuet-Greif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcy Belloy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00624-21" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03044647v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mambu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Barilleau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Fragnet-Trapp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.586934" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02153435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Deplanche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Mouhali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thu Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Cauty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ezan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44213-3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627565v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vignard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Taieb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mirey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dubois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02393-17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594586v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Aouar Filho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Luiz de Paula Castro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Ariston de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L. Goossens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00208" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03359289v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid A. El-Aouar Filho" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago L. de Paula Castro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco A. de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603282v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Petit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayrede" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.ESP-0008-2016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631187v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domonkos Svab" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Toth" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/AVet.2015.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873672v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Alekseeva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legembre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Edmond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648733v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allister Crow" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Hughes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Banfield" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1112107109" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652534v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins3040356" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952993v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Hsu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001128" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895110v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courties" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gomard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ginibre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2010.09.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPL9DLF9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935476v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.09.60" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662590v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samba-Louaka" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00860-09" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659269v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0004855" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658483v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Nobe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bardiau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Cassart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.030759-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.09.051" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952999v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2008.01224.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660102v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00757.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952972v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Homburg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Boury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Brzuszkiewicz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1127059" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952977v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoyuki Sugai" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2004.12.011" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FMS7ZB79-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682325v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Rycke" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2005.01.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J1GTK2V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679834v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L Maller" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus S Schwab" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan D Gross" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tibor Roberts" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0303-7207(01)00695-5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HB97R37S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681943v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=y W Qian" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Erikson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Maller" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.12.6.1791" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677849v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Schwab" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B T Roberts" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S D Gross" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0248-4900(01)01127-3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B9C8CSZF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679412v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B J Tunquist" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(01)00045-8" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682452v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a L Lewellyn" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(01)00145-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694042v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0960-9822(00)00425-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karaiskou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rime" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jessus" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(98)00291-9" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686325v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chartrain" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Haccard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689605v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thibier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143983v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chartrain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Haccard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/excr.1997.3800" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QW60GVW6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698824v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0248-4900(97)83525-3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3A88F8EECD7CE91B765E0A0AB145AAB03044608/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955324v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hatzfeld" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Batard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Panterne" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hatzfeld" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.1996.7.2-207" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707316v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fellous" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kubelka" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144047v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Fellous" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kubelka" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thibier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209739v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luidmila Alexseeva" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ladier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209486v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevedo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454234v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arlot-Bonnemains" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209365v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209356v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevado" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808973v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Marechal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piquet-Pellorce" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763844v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V Finkielstein" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0470846666.ch6" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>