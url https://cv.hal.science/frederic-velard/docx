--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (65)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (66)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,230 +234,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cutibacterium acnes biofilm formation is influenced by bone microenvironment, implant surfaces and bacterial internalization</w:t>
+                <w:t xml:space="preserve">Tuning thermo-mechanical properties of elastomeric lactic acid-based copolymers for biomedical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Gallos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Reffuveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Ohl</w:t>
+                <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (1), pp.270. </w:t>
+              <w:t xml:space="preserve">Green chemistry letters and reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12866-024-03422-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17518253.2025.2462203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04981519v1</w:t>
+                <w:t xml:space="preserve">hal-05533955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cutibacterium acnes strains associated with bone prosthesis infections cannot evade the host immune system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Tang-Fichaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -502,8192 +502,8326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04981490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The acute inflammatory response to copper(II)-doped biphasic calcium phosphates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cutibacterium acnes biofilm formation is influenced by bone microenvironment, implant surfaces and bacterial internalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Thoraval</w:t>
+                <w:t xml:space="preserve">Marius Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Thiébault</w:t>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Tang-Fichaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Siboni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Guillaume</w:t>
+                <w:t xml:space="preserve">Xavier Ohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Bio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2023.100814⟩</w:t>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12866-024-03422-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04237635v1</w:t>
+                <w:t xml:space="preserve">hal-04981519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staphylococcus aureus Behavior on Artificial Surfaces Mimicking Bone Environment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The acute inflammatory response to copper(II)-doped biphasic calcium phosphates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Thoraval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Thiébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Lemaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
+                <w:t xml:space="preserve">Renaud Siboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Lamret</w:t>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dubus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens12030384⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23, pp.100814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtbio.2023.100814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04041516v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04237635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approaching prosthesis infection environment: Development of an innovative in vitro Staphylococcus aureus biofilm model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Staphylococcus aureus Behavior on Artificial Surfaces Mimicking Bone Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lamret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Abraham</w:t>
+                <w:t xml:space="preserve">Marie Dubus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofilm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bioflm.2023.100120⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens12030384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04080057v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytocompatibility of titanium and poly(etheretherketone) surfaces after O2 non-thermal plasma sterilization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christina Maillet</w:t>
+                <w:t xml:space="preserve">Approaching prosthesis infection environment: Development of an innovative in vitro Staphylococcus aureus biofilm model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence M Klein</w:t>
+                <w:t xml:space="preserve">Manon Lagoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Le Bras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christine Guillaume</w:t>
+                <w:t xml:space="preserve">Laura Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0290820⟩</w:t>
+              <w:t xml:space="preserve">Biofilm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bioflm.2023.100120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192105v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Recruitment and Activation of Neutrophils by Pyridazinone-Scaffold-Based Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+                <w:t xml:space="preserve">Cytocompatibility of titanium and poly(etheretherketone) surfaces after O2 non-thermal plasma sterilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Braux</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Florence M Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Guillaume</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Audonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23137226⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (8), pp.e0290820. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0290820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04040084v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Osteoblast-Conditioned Media Can Influence Staphylococcus aureus Biofilm Formation</w:t>
+                <w:t xml:space="preserve">Inhibition of Recruitment and Activation of Neutrophils by Pyridazinone-Scaffold-Based Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Lamret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Léa Thoraval</w:t>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Chevrier</w:t>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Siboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Audonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms232214393⟩</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23137226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04040119v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xylanase production by Thermobacillus xylanilyticus is impaired by population diversification but can be mitigated based on the management of cheating behavior</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandra Audonnet</w:t>
+                <w:t xml:space="preserve">Human Osteoblast-Conditioned Media Can Influence Staphylococcus aureus Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Rioult</w:t>
+                <w:t xml:space="preserve">Mélodie Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Delvigne</w:t>
+                <w:t xml:space="preserve">Julie Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21 (1), pp.39. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12934-022-01762-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms232214393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763960v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbamylation of elastic fibers is a molecular substratum of aortic stiffness</w:t>
+                <w:t xml:space="preserve">Xylanase production by Thermobacillus xylanilyticus is impaired by population diversification but can be mitigated based on the management of cheating behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Doué</w:t>
+                <w:t xml:space="preserve">Romain Bouchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Audonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Okwieka</w:t>
+                <w:t xml:space="preserve">Damien Rioult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Berquand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Maurice</w:t>
+                <w:t xml:space="preserve">Frank Delvigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-97293-5⟩</w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12934-022-01762-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03352048v1</w:t>
+                <w:t xml:space="preserve">hal-03763960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus Strain-Dependent Biofilm Formation in Bone-Like Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lamret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Terryn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2021.714994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyridazinone derivatives as potential anti-inflammatory agents: synthesis and biological evaluation as PDE4 inhibitors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Carbamylation of elastic fibers is a molecular substratum of aortic stiffness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Doué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Okwieka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+                <w:t xml:space="preserve">Alexandre Berquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolo Bisi</w:t>
+                <w:t xml:space="preserve">Laëtitia Gorisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Audonnet</w:t>
+                <w:t xml:space="preserve">Pascal Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.584 - 592. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.17827. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0md00423e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-97293-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352041v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cutibacterium acnes : the Urgent Need To Identify Diagnosis Markers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Mongaret</w:t>
+                <w:t xml:space="preserve">Pyridazinone Derivatives Limit Osteosarcoma-Cells Growth In Vitro and In Vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Velard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 89 (4), </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/IAI.00753-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers13235992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03352047v1</w:t>
+                <w:t xml:space="preserve">hal-03455578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osteoclastogenesis and sphingosine-1-phosphate secretion from human osteoclast precursor monocytes are modulated by the cystic fibrosis transmembrane conductance regulator</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cutibacterium acnes : the Urgent Need To Identify Diagnosis Markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Reffuveille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.166010⟩</w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 89 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00753-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03134608v1</w:t>
+                <w:t xml:space="preserve">hal-03352047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyridazinone Derivatives Limit Osteosarcoma-Cells Growth In Vitro and In Vivo</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Osteoclastogenesis and sphingosine-1-phosphate secretion from human osteoclast precursor monocytes are modulated by the cystic fibrosis transmembrane conductance regulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Sergheraert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Braux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lamret</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13235992⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1867 (3), pp.166010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.166010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455578v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03134608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone Cells Differentiation: How CFTR Mutations May Rule the Game of Stem Cells Commitment?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Dumortier</w:t>
+                <w:t xml:space="preserve">Pyridazinone derivatives as potential anti-inflammatory agents: synthesis and biological evaluation as PDE4 inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolo Bisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soula Danopoulos</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Audonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.611921⟩</w:t>
+              <w:t xml:space="preserve">RSC Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.584 - 592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0md00423e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352042v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Thermal O2 Plasma Efficacy on C. albicans and Its Effect on Denture Base Resin Color</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christina Maillet</w:t>
+                <w:t xml:space="preserve">Bone Cells Differentiation: How CFTR Mutations May Rule the Game of Stem Cells Commitment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dumortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soula Danopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Odof</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denise Al Alam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app112110367⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.611921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455556v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Bone Marrow and Wharton’s Jelly Mesenchymal Stromal Cells Response on Multilayer Braided Silk and Silk/PLCL Scaffolds for Ligament Tissue Engineering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-Thermal O2 Plasma Efficacy on C. albicans and Its Effect on Denture Base Resin Color</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Odof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xing Liu</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mikaël Meuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym12092163⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app112110367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973729v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03455556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of macro-heterogenous mechanical behaviour of temporomandibular joint disc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Haemostatic sponges as an alternative to granular bone substitute for sinus lifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Okley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mauprivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Prada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Kristin Tappert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Baldit</w:t>
+                <w:t xml:space="preserve">M. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Guillaume</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 23 (sup1), pp.S291-S293. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1816295⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 23 (sup1), pp.S206-S208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1813429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209201v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haemostatic sponges as an alternative to granular bone substitute for sinus lifts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Bone Marrow and Wharton’s Jelly Mesenchymal Stromal Cells Response on Multilayer Braided Silk and Silk/PLCL Scaffolds for Ligament Tissue Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Okley</w:t>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mauprivez</w:t>
+                <w:t xml:space="preserve">Emilie de Brosses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Prada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Velard</w:t>
+                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1813429⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (9), pp.2163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym12092163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209210v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrenomedullin and truncated peptide adrenomedullin(22-52) affect chondrocyte response to apoptotis in vitro: downregulation of FAS protects chondrocyte from cell death</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Identification of macro-heterogenous mechanical behaviour of temporomandibular joint disc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Kristin Tappert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Chatron-Colliet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Lipinski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-73924-1⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (sup1), pp.S291-S293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1816295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352040v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro and In Vivo Activity of Anogeissus leiocarpa Bark Extract and Isolated Metabolites against Toxoplasma gondii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adrenomedullin and truncated peptide adrenomedullin(22-52) affect chondrocyte response to apoptotis in vitro: downregulation of FAS protects chondrocyte from cell death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Chatron-Colliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Côme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Ah-Kioon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Spalenka</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Borie</w:t>
+                <w:t xml:space="preserve">Hilène Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta Medica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-1088-8449⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-73924-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02498431v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CFTR-deficient pigs display alterations of bone microarchitecture and composition at birth</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Guillaume</w:t>
+                <w:t xml:space="preserve">In Vitro and In Vivo Activity of Anogeissus leiocarpa Bark Extract and Isolated Metabolites against Toxoplasma gondii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Spalenka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Voutquenne-Nazabadioko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Untereiner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Piot</w:t>
+                <w:t xml:space="preserve">Nicolas Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2019.10.023⟩</w:t>
+              <w:t xml:space="preserve">Planta Medica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86 (4), pp.294-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-1088-8449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02406264v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene screening of Wharton's jelly derived stem cells.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CFTR-deficient pigs display alterations of bone microarchitecture and composition at birth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Untereiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Mechiche Alami</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
+                <w:t xml:space="preserve">Olivier Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/BME-140974⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (3), pp.466-475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2019.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273860v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumour cell blebbing and extracellular vesicle shedding: key role of matrikines and ribosomal protein SA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene screening of Wharton's jelly derived stem cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Mechiche Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Siu Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Brassart</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Hague</w:t>
+                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41416-019-0382-0⟩</w:t>
+              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (1 Suppl), pp.53-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/BME-140974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02166734v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cationic antimicrobial peptides and periodontal physiopathology: A systematic review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tumour cell blebbing and extracellular vesicle shedding: key role of matrikines and ribosomal protein SA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Brassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Donet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Seurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Laure Jourdain</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sophie C Gangloff</w:t>
+                <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Periodontal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jre.12676⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 120 (4), pp.453-465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41416-019-0382-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352038v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of New Inhibitors of Toxoplasma gondii via the Pathogen Box</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
+                <w:t xml:space="preserve">Cationic antimicrobial peptides and periodontal physiopathology: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pierrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Sergheraert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Bakiri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
+                <w:t xml:space="preserve">Sophie C Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.01640-17⟩</w:t>
+              <w:t xml:space="preserve">Journal of Periodontal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 54, pp.589 - 600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jre.12676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01995050v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overexpression of RANK and M-CSFR in Monocytes of G551D-Bearing Patients with Cystic Fibrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laure Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dina Abdallah</w:t>
+                <w:t xml:space="preserve">Jacky Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Ronan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 198 (7), pp.968-970. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1164/rccm.201803-0415LE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Optimized Method to Generate Human Active Osteoclasts From Peripheral Blood Monocytes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
+                <w:t xml:space="preserve">Discovery of New Inhibitors of Toxoplasma gondii via the Pathogen Box</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Spalenka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Bakiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00632⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 62 (2), pp.78-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01640-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163911v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and biological evaluation of pyridazinone derivatives as potential anti-inflammatory agents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatyana Yegorova</w:t>
+                <w:t xml:space="preserve">An Optimized Method to Generate Human Active Osteoclasts From Peripheral Blood Monocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.01.035⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02024470v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone Environment Influences Irreversible Adhesion of a Methicillin-Susceptible Staphylococcus aureus Strain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and biological evaluation of pyridazinone derivatives as potential anti-inflammatory agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Barberot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurette Malleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fany F. Reffuveille</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
+                <w:t xml:space="preserve">Tatyana Yegorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.2865. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 146, pp.139-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.01.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163904v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antimicrobial peptide gene expression in periodontitis patients: A pilot study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bone Environment Influences Irreversible Adhesion of a Methicillin-Susceptible Staphylococcus aureus Strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lukshe Kanagaratnam</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Fany F. Reffuveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johan Sergheraert</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lamret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Varin-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Periodontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 45 (5), pp.524-537. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2865. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jcpe.12879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02163932v1</w:t>
+                <w:t xml:space="preserve">hal-02163904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing Wharton’s jelly stem cell differentiation into bone -like nodule on calcium phosphate substrate without osteoinductive factors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antimicrobial peptide gene expression in periodontitis patients: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pierrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mechiche Alami</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Lazar</w:t>
+                <w:t xml:space="preserve">Lukshe Kanagaratnam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Sergheraert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2016.11.042⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Periodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (5), pp.524-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jcpe.12879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02273850v1</w:t>
+                <w:t xml:space="preserve">hal-02163932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collagen-Based Medical Device as a Stem Cell Carrier for Regenerative Medicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Rammal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (10), pp.2210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms18102210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocompatibility of sol-gel hydroxyapatite-titania composite and bilayer coatings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harnessing Wharton’s jelly stem cell differentiation into bone -like nodule on calcium phosphate substrate without osteoinductive factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mechiche Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Rammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boulagnon-Rombi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Sidane</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Didier Chicot</w:t>
+                <w:t xml:space="preserve">F. Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2016.11.129⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49, pp.575-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2016.11.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03577609v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substitution of strontium and boron into hydroxyapatite crystals: Effect on physicochemical properties and biocompatibility with human Wharton-Jelly stem cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biocompatibility of sol-gel hydroxyapatite-titania composite and bilayer coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sidane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Rammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Beljebbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.C. Gangloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Kolmas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+                <w:t xml:space="preserve">Didier Chicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 79, pp.638-646. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2017.05.066⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 72, pp.650-658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2016.11.129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163958v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammation and CFTR-Related Bone Remodeling in Patients in Cystic Fibrosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Braux</w:t>
+                <w:t xml:space="preserve">Substitution of strontium and boron into hydroxyapatite crystals: Effect on physicochemical properties and biocompatibility with human Wharton-Jelly stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Kolmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Jaguszewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSM Bone and Joint Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79, pp.638-646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2017.05.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352035v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overexpression of RANKL in osteoblasts: a possible mechanism of susceptibility to bone disease in cystic fibrosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Inflammation and CFTR-Related Bone Remodeling in Patients in Cystic Fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Braux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JSM Bone and Joint Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/path.4753⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01399007v1</w:t>
+                <w:t xml:space="preserve">hal-03352035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium-Substituted Bioceramics Particles: A New Way to Modulate MCP-1 and Gro-α Production by Human Primary Osteoblastic Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Overexpression of RANKL in osteoblasts: a possible mechanism of susceptibility to bone disease in cystic fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Delion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Braux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Velard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christine Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma9120985⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 240, pp.50 - 60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/path.4753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01409514v1</w:t>
+                <w:t xml:space="preserve">inserm-01399007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Maturation of Human Primary Bone-Forming Cells on Their Behavior in Acute or Persistent Staphylococcus aureus Infection Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Strontium-Substituted Bioceramics Particles: A New Way to Modulate MCP-1 and Gro-α Production by Human Primary Osteoblastic Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Mongaret</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (12), pp.985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma9120985⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2016.00064⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02163984v1</w:t>
+                <w:t xml:space="preserve">hal-01409514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FEA Based on 3D Micro-CT Images of Mesoporous Engineered Hydrogels</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie Dubus</w:t>
+                <w:t xml:space="preserve">Impact of the Maturation of Human Primary Bone-Forming Cells on Their Behavior in Acute or Persistent Staphylococcus aureus Infection Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Velard</w:t>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering technology and Applied science research </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.35431⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2016.00064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01432011v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bone disease in cystic fibrosis: new pathogenic insights opening novel therapies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Delion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Braux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Osteoporosis International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, [Epub ahead of print]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00198-015-3343-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01221835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro and in vivo evaluation of the inflammatory potential of various nanoporous calcium phosphate biomaterials.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">FEA Based on 3D Micro-CT Images of Mesoporous Engineered Hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Siad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dubus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dominique Laurent-Maquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2217/nnm.15.12⟩</w:t>
+              <w:t xml:space="preserve">Engineering technology and Applied science research </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (6), pp.885-890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.35431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211759v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01432011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cystic fibrosis bone disease: is the CFTR corrector C18 an option for therapy?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro and in vivo evaluation of the inflammatory potential of various nanoporous calcium phosphate biomaterials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke Schlaubitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fricain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Velard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Flora Lemaire</w:t>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Tabary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Guillaume</w:t>
+                <w:t xml:space="preserve">Dominique Laurent-Maquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 45 (3), pp.845-848. </w:t>
+              <w:t xml:space="preserve">Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (5), pp.785-802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1183/09031936.00174014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2217/nnm.15.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014021v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staphylococcus aureus vs. Osteoblast: Relationship and Consequences in Osteomyelitis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cystic fibrosis bone disease: is the CFTR corrector C18 an option for therapy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Delion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2015.00085⟩</w:t>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (3), pp.845-848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/09031936.00174014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02163998v1</w:t>
+                <w:t xml:space="preserve">hal-02014021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cystic fibrosis and bone disease: defective osteoblast maturation with the f508del mutation in cystic fibrosis transmembrane conductance regulator.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Staphylococcus aureus vs. Osteoblast: Relationship and Consequences in Osteomyelitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie C. Gangloff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 189 (6), pp.746-8. </w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (4), pp.1401-1412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1164/rccm.201312-2144LE⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2015.00085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00965536v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced F508del-CFTR channel activity ameliorates bone pathology in murine cystic fibrosis.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Cystic fibrosis and bone disease: defective osteoblast maturation with the f508del mutation in cystic fibrosis transmembrane conductance regulator.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Delion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Le Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Tabary</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gangloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2013.12.027⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 189 (6), pp.746-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1164/rccm.201312-2144LE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00994801v1</w:t>
+                <w:t xml:space="preserve">inserm-00965536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chitosan/hydroxyapatite hybrid scaffold for bone tissue engineering.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced F508del-CFTR channel activity ameliorates bone pathology in murine cystic fibrosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Le Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Brun</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Jing</w:t>
+                <w:t xml:space="preserve">Caroline Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/BME-140975⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 184 (4), pp.1132-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2013.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163975v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00994801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased internalization of Staphylococcus aureus and cytokine expression in human Wharton's jelly mesenchymal stem cells.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+                <w:t xml:space="preserve">Chitosan/hydroxyapatite hybrid scaffold for bone tissue engineering.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mechiche Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Josse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christine Guillaume</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 24 (1 Suppl), pp.27-35. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/BME-140971⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 24 (1 Suppl), pp.63-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/BME-140975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163983v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammatory cell response to calcium phosphate biomaterial particles: An overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increased internalization of Staphylococcus aureus and cytokine expression in human Wharton's jelly mesenchymal stem cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Mechiche Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Velard</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2012.09.035⟩</w:t>
+              <w:t xml:space="preserve">Bio-Medical Materials and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (1 Suppl), pp.27-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/BME-140971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01416376v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfadiazine resistance inToxoplasma gondii: no involvement of overexpression or polymorphisms in genes of therapeutic targets and ABC transporters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Doliwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Doliwa</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Virginie Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/parasite/2013020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bone health in cystic fibrosis: use of oral bisphosphonates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Le Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Jacquot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1 (5), pp.349-350. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S2213-2600(13)70096-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of sulfadiazine resistance in vitro in Toxoplasma gondii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Doliwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Escotte-Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Doliwa</w:t>
+                <w:t xml:space="preserve">D. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 133 (2), pp.131-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02014015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bone health in cystic fibrosis: use of oral biphosphonates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Le Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1, pp.349-350. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S2213-2600(13)70096-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00846625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracellular calcium oscillations in articular chondrocytes induced by basic calcium phosphate crystals lead to cartilage degradation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Inflammatory cell response to calcium phosphate biomaterial particles: An overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Amedee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Laquerriere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osteoarthritis and Cartilage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (2), pp.4956 - 4963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2012.09.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014011v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of strontium-substituted biphasic calcium phosphate on inflammatory mediators production by human monocytes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intracellular calcium oscillations in articular chondrocytes induced by basic calcium phosphate crystals lead to cartilage degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lieberherr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Buache</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Velard</w:t>
+                <w:t xml:space="preserve">C. Bordat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bauden</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Edouard Jallot</w:t>
+                <w:t xml:space="preserve">D. Côme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Osteoarthritis and Cartilage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (11), pp.1399-1408</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00786060v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracellular calcium oscillations in articular chondrocytes induced by basic calcium phosphate crystals lead to cartilage degradation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Effect of strontium-substituted biphasic calcium phosphate on inflammatory mediators production by human monocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Buache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Côme</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bauden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Jallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osteoarthritis and Cartilage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (8), pp.3113-3119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2012.04.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.joca.2012.07.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652151v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00786060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrenomedullin 22-52 combats inflammation and prevents systemic bone loss in murine collagen-induced arthritis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intracellular calcium oscillations in articular chondrocytes induced by basic calcium phosphate crystals lead to cartilage degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lieberherr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Ah Kioon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Uzan</w:t>
+                <w:t xml:space="preserve">Christian Bordat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Côme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/art.33426⟩</w:t>
+              <w:t xml:space="preserve">Osteoarthritis and Cartilage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (11), pp.1399 - 1408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.joca.2012.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014008v1</w:t>
+                <w:t xml:space="preserve">hal-02652151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro dissolution and corrosion study of calcium phosphate coatings elaborated by pulsed electrodeposition current on Ti6Al4V substrate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adrenomedullin 22-52 combats inflammation and prevents systemic bone loss in murine collagen-induced arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Ah Kioon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Asensio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang-Korng Ea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Drevet</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Uzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 64 (4), pp.1069-1081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/art.33426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013994v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new insight into the dissociating effect of strontium on bone resorption and formation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro dissolution and corrosion study of calcium phosphate coatings elaborated by pulsed electrodeposition current on Ti6Al4V substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Potiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Braux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Guillaume</w:t>
+                <w:t xml:space="preserve">D. Laurent-Maquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bouthors</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H. Benhayoune</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22 (4), pp.753-761</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00607850v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cystic fibrosis transmembrane conductance regulator (CFTR) regulates the production of osteoprotegerin (OPG) and prostaglandin (PG) E2 in human bone.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lhousseine Touqui</w:t>
+                <w:t xml:space="preserve">A new insight into the dissociating effect of strontium on bone resorption and formation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouthors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Jallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2009.11.005⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7, pp.2593-2603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2011.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00501818v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00607850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of zinc on hydroxyapatite-mediated activation of human polymorphonuclear neutrophils and bone implant-associated acute inflammation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Bouthors</w:t>
+                <w:t xml:space="preserve">Cystic fibrosis transmembrane conductance regulator (CFTR) regulates the production of osteoprotegerin (OPG) and prostaglandin (PG) E2 in human bone.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Le Heron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhousseine Touqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2009.11.066⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (1), pp.69-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2009.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00473929v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00501818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphonuclear neutrophil response to hydroxyapatite particles, implication in acute inflammatory reaction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edouard Jallot</w:t>
+                <w:t xml:space="preserve">The effect of zinc on hydroxyapatite-mediated activation of human polymorphonuclear neutrophils and bone implant-associated acute inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laurent-Maquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouthors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 31, pp.2001-2009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2009.11.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2009.01.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00365180v1</w:t>
+                <w:t xml:space="preserve">in2p3-00473929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Polymorphonuclear neutrophil response to hydroxyapatite particles, implication in acute inflammatory reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurent-Maquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bouthors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Jallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5, pp.1708-1715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2009.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00365180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">ZINC DOPED HYDROXYAPATITE AS IMMUNOMODULATORY BIOMATERIAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Velard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Laurent Maquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bouthors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Jallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Journal of Artificial Organs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 32, pp.457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId293"/>
+      <w:footerReference w:type="default" r:id="rId296"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8834,51 +8968,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05144951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mathiron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.06.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981519v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Varin-Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Colin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Velard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Tang-Fichaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ohl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-024-03422-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981490v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Thoraval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guillaume" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumortier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1468709" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04237635v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thoraval" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thi&#233;bault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Siboni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moniot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2023.100814" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04041516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lemaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lamret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12030384" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04080057v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lagoutte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abraham" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2023.100120" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04192105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Maillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M Klein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Velard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04040084v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Braux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Audonnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137226" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04040119v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Six" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chevrier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232214393" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03763960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouchat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Delvigne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-022-01762-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352048v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dou&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Okwieka" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Gorisse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maurice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97293-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03418186v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Terryn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.714994" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352041v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allart-Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Bisi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ponce-Vargas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0md00423e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352047v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Reffuveille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00753-20" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03134608v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Jourdain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sergheraert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.166010" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03455578v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13235992" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352042v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soula Danopoulos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Al Alam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.611921" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03455556v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Odof" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Meuret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app112110367" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02973729v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie de Brosses" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12092163" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209201v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Kristin Tappert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillaume" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lipinski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1816295" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209210v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okley" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mauprivez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubus" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Velard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1813429" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352040v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Chatron-Colliet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique C&#244;me" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Ah-Kioon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hil&#232;ne Lin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73924-1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02498431v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spalenka" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Hubert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voutquenne-Nazabadioko" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1088-8449" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02406264v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Untereiner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2019.10.023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273860v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Mechiche Alami" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Siu Paredes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Josse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemaire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C. Gangloff" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140974" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02166734v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan da Silva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Donet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Seurat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hague" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0382-0" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352038v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Jourdain" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pierrard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C Gangloff" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jre.12676" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995050v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bakiri" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01640-17" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163907v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Abdallah" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Jacquot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Ronan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201803-0415LE" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163911v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00632" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024470v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barberot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Malleret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.035" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163904v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany F. Reffuveille" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02865" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163932v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukshe Kanagaratnam" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpe.12879" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273850v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mechiche Alami" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rammal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulagnon-Rombi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lazar" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.11.042" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145702v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18102210" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577609v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sidane" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beljebbar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Gangloff" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chicot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2016.11.129" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163958v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kolmas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Jaguszewska" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.05.066" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352035v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01399007v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Delion" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.4753" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409514v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma9120985" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163984v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2016.00064" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432011v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Siad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Jing" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.35431" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01221835v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-015-3343-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211759v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Schlaubitz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fricain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent-Maquin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm.15.12" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014021v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabary" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00174014" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163998v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2015.00085" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00965536v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Le Henaff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201312-2144LE" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00994801v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hay" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marty" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.12.027" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163975v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brun" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jing" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140975" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163983v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140971" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416376v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amedee" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laquerriere" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.09.035" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4F1CNCXV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352019v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Doliwa" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sauvage" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013020" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352023v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Le H&#233;naff" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(13)70096-1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014015v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doliwa" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Escotte-Binet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schmid" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00846625v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014011v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tu Nguyen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lieberherr" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C&#244;me" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786060v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Buache" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bauden" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jallot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.04.045" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4BHZP5H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652151v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bordat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joca.2012.07.017" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014008v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Ah Kioon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Asensio" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Korng Ea" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Uzan" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.33426" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02013994v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drevet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Potiron" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laurent-Maquin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhayoune" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00607850v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouthors" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2011.02.013" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54G510GM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00501818v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Le Heron" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhousseine Touqui" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2009.11.005" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473929v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2009.11.066" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N3FDCMS3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00365180v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bouthors" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2009.01.008" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6LXJ01SZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432232v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent Maquin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05144951v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mathiron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.06.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533955v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Reffuveille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guillaume" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Varin-Simon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17518253.2025.2462203" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981490v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Thoraval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Tang-Fichaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumortier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1468709" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981519v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Colin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Velard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ohl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-024-03422-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04237635v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thoraval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thi&#233;bault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Siboni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moniot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtbio.2023.100814" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04041516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lemaire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lamret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12030384" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04080057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lagoutte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abraham" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2023.100120" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04192105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Maillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M Klein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Bras" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Velard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290820" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04040084v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Braux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Audonnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137226" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04040119v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Six" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chevrier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232214393" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03763960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouchat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Delvigne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12934-022-01762-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03418186v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Terryn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.714994" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352048v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dou&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Okwieka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Gorisse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maurice" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97293-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03455578v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13235992" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352047v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00753-20" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03134608v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Jourdain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sergheraert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.166010" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352041v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allart-Simon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Bisi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ponce-Vargas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0md00423e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352042v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soula Danopoulos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Al Alam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.611921" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03455556v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Odof" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Meuret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app112110367" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209210v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okley" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mauprivez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prada" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubus" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Velard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1813429" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02973729v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Liu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie de Brosses" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12092163" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209201v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Kristin Tappert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillaume" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lipinski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1816295" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352040v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Chatron-Colliet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique C&#244;me" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Ah-Kioon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hil&#232;ne Lin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73924-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02498431v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spalenka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Hubert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voutquenne-Nazabadioko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1088-8449" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02406264v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Untereiner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2019.10.023" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273860v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Mechiche Alami" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Siu Paredes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Josse" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemaire" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C. Gangloff" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140974" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02166734v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan da Silva" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Donet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Seurat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hague" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0382-0" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352038v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Jourdain" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pierrard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C Gangloff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jre.12676" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163907v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Abdallah" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Jacquot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Ronan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201803-0415LE" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995050v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bakiri" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01640-17" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163911v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00632" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024470v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barberot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Malleret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.035" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163904v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany F. Reffuveille" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02865" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163932v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukshe Kanagaratnam" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpe.12879" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145702v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18102210" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273850v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mechiche Alami" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rammal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulagnon-Rombi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lazar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.11.042" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577609v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sidane" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beljebbar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Gangloff" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chicot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2016.11.129" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163958v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kolmas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Jaguszewska" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.05.066" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352035v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01399007v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Delion" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.4753" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409514v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma9120985" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163984v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2016.00064" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01221835v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-015-3343-3" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432011v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Siad" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Jing" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.35431" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211759v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Schlaubitz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fricain" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent-Maquin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm.15.12" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014021v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabary" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00174014" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163998v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2015.00085" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00965536v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Le Henaff" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201312-2144LE" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00994801v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hay" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marty" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.12.027" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163975v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brun" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jing" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140975" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163983v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-140971" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352019v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Doliwa" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sauvage" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013020" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352023v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Le H&#233;naff" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(13)70096-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014015v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doliwa" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Escotte-Binet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schmid" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00846625v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416376v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amedee" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laquerriere" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.09.035" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4F1CNCXV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014011v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tu Nguyen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lieberherr" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordat" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C&#244;me" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786060v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Buache" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bauden" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jallot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2012.04.045" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4BHZP5H-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652151v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bordat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joca.2012.07.017" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02014008v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Ah Kioon" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Asensio" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Korng Ea" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Uzan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.33426" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02013994v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Drevet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Potiron" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laurent-Maquin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benhayoune" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00607850v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouthors" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2011.02.013" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54G510GM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00501818v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Le Heron" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhousseine Touqui" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2009.11.005" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00473929v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2009.11.066" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N3FDCMS3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00365180v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bouthors" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2009.01.008" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6LXJ01SZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432232v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent Maquin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>