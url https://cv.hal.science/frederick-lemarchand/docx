--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -897,321 +897,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mettre à l’épreuve l’acceptabilité sociale</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un héritage sans testament</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Philosopher au Japon aujourd’hui, après Fukushima, 1 (88), pp.128-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.088.0128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01759223v1</w:t>
+                <w:t xml:space="preserve">hal-01929754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du bon usage du bocage : la haie bocagère au cœur des enjeux de développement durable</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mettre à l’épreuve l’acceptabilité sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Boissonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Bauler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Douet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yann Fournis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Mettre à l’épreuve l’acceptabilité sociale (partie 2), 16 (1), [8 p.]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929160v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01759223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un héritage sans testament</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du bon usage du bocage : la haie bocagère au cœur des enjeux de développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rue Descartes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Philosopher au Japon aujourd’hui, après Fukushima, 1 (88), pp.128-137. </w:t>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4, [16 p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdes.088.0128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.19436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929754v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un anthropologue à Tchernobyl, entre catastrophe imaginaire et catastrophe réelle</w:t>
               </w:r>
@@ -1901,183 +1901,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00708175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'histoire à l'envers ou, la mémoire de l'avenir</w:t>
+                <w:t xml:space="preserve">Le paradoxe du silure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écologie &amp; politique : sciences, culture, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, Destination Tchernobyl, 1 (32), pp.15-16. </w:t>
+              <w:t xml:space="preserve">, 2006, Destination Tchernobyl, 1 (32), pp.95-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ecopo.032.0015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ecopo.032.0095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04021789v1</w:t>
+                <w:t xml:space="preserve">hal-04021785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paradoxe du silure</w:t>
+                <w:t xml:space="preserve">L'histoire à l'envers ou, la mémoire de l'avenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écologie &amp; politique : sciences, culture, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, Destination Tchernobyl, 1 (32), pp.95-104. </w:t>
+              <w:t xml:space="preserve">, 2006, Destination Tchernobyl, 1 (32), pp.15-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ecopo.032.0095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ecopo.032.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04021785v1</w:t>
+                <w:t xml:space="preserve">hal-04021789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétition, obsolescence de l'homme et biopolitique</w:t>
               </w:r>
@@ -2667,536 +2667,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La technique : entre approche pragmatique et anthropologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Table ronde : Pandémies et états d'exceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Larrouturou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de master d'anthropologie fondamentale : Aux limites de l'humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Pandémies et états d'exceptions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRDFED; Université Caen Normandie, Dec 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622107v1</w:t>
+                <w:t xml:space="preserve">hal-04042443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre avec la mémoire d'Arménie, 1988</w:t>
+                <w:t xml:space="preserve">La technique : entre approche pragmatique et anthropologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine de la mémoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MRSH; Université de Caen Normandie, Sep 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire de master d'anthropologie fondamentale : Aux limites de l'humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622108v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'énergie, une question politique ?</w:t>
+                <w:t xml:space="preserve">Vivre avec la mémoire d'Arménie, 1988</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de clôture de l'ANR Tethys : Transition bas carbone, obstacles et enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le Dôme, Mar 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Semaine de la mémoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRSH; Université de Caen Normandie, Sep 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622106v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdisciplinarité(s) et participation citoyenne, nouvel âge de la production de connaissance, réflexion à partir d'expériences en cours</w:t>
+                <w:t xml:space="preserve">L'énergie, une question politique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Interdisciplinarité(s) : Atelier 4</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau national des MSH, Sep 2021, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Colloque de clôture de l'ANR Tethys : Transition bas carbone, obstacles et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Dôme, Mar 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627331v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux épistémologiques de la « science pour et par la société » en sociologie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interdisciplinarité(s) et participation citoyenne, nouvel âge de la production de connaissance, réflexion à partir d'expériences en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Esdras Ngounou Takam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire - Retour sur une expérience de recherche participative : le projet TETHYS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MRSH; Université de Caen, Dec 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Colloque Interdisciplinarité(s) : Atelier 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau national des MSH, Sep 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627330v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde : Pandémies et états d'exceptions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eleonora Bottini</w:t>
+                <w:t xml:space="preserve">Enjeux épistémologiques de la « science pour et par la société » en sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Dobré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibault Larrouturou</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Amand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esdras Ngounou Takam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pandémies et états d'exceptions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRDFED; Université Caen Normandie, Dec 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire - Retour sur une expérience de recherche participative : le projet TETHYS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRSH; Université de Caen, Dec 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04042443v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion : Une nouvelle « Renaissance » ? De quel « humanisme » est-il question dans le transhumanisme ?</w:t>
               </w:r>
@@ -3564,51 +3564,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3671,419 +3671,410 @@
                 <w:t xml:space="preserve">⟨10.4000/vertigo.29985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau siècle biotech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Deléage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">43, 188 p., 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique bas-carbone : obstacles et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">l'Harmattan, 220 p., 2022, (Sociologies et environnement), 978-2-343-25208-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau siècle biotech</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Deléage</w:t>
+                <w:t xml:space="preserve">Dictionnaire des risques (2ème édition)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 568 p., 2007, 978-2-2003-5231-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arco.dupon.2007.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Presses de Sciences Po</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-00771635v1</w:t>
+                <w:t xml:space="preserve">hal-05329420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dictionnaire des risques (2ème édition)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Dupont</w:t>
+                <w:t xml:space="preserve">Les silences de Tchernobyl. L’avenir contaminé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Autrement, 230, 224 p., 2004, (Mutations), 2-7467-0491-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...92 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04022255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4093,1409 +4084,1409 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui a peur de l'hydrogène ? Vers une analyse sociétale d'une technologie émergente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédérick Lemarchand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition énergétique bas-carbone. Obstacles et enjeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, pp.107-121, 2022, (Sociologies et environnement), 978-2-343-25208-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le transhumanisme, entre nature et artifice : pour en finir avec l’human(ocentr)isme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amandine Cayol; Émilie Gaillard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur les transhumanismes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Peter Lang, pp.95-116, 2021, (Chaire Normandie pour la Paix), 978-2875744128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on améliorer l'humain ? Le regard d'un anthropologue</w:t>
+                <w:t xml:space="preserve">The bomb as a new definition of present and future humanity What we owe to Günther Anders' thoughts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le transhumanisme à l'ère de la médecine améliorative</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, mare &amp; martin, 2020, (Chaire d'excellence CNRS Normandie pour la paix), 978-2-84934-832-1</w:t>
+              <w:t xml:space="preserve">Taking legal action on behalf of future generation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, [9 p.], In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621833v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’anthropocène, une grande accélération… pour la résilience ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabine Chardonnet Darmaillacq; Éric Lesueur; Dinah Louda; Cécile Maisonneuve; Chloë Voisin-Bormuth. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villes et territoires résilients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.65-86, 2020, (Les colloques Cerisy), 979-1-0370-0356-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/herm.colle.2020.01.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The bomb as a new definition of present and future humanity What we owe to Günther Anders' thoughts</w:t>
+                <w:t xml:space="preserve">Peut-on améliorer l'humain ? Le regard d'un anthropologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amandine Cayol; Bénédicte Bévière-Boyer; Wei Wang; Émilie Gaillard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taking legal action on behalf of future generation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, [9 p.], In press</w:t>
+              <w:t xml:space="preserve">Le transhumanisme à l'ère de la médecine améliorative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, mare &amp; martin, 2020, (Chaire d'excellence CNRS Normandie pour la paix), 978-2-84934-832-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303751v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Russian Collective Gardens: A Story of Institution and Remembrance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The urban garden city : shaping the city with gardens through history</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.79-97, 2018, Cities and nature, 978-3-319-72732-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-72733-2_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Barthes à Tchernobyl. Une approche barthésienne des mythes nucléaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les imaginaires et les techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mines ParisTech, [12 p.], 2018, Sciences de la conception, 978-2-35671-501-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchernobyl, l'impossible muséographie du temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le musée demain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, [15 p.], 2017, (Patrimoines et sociétés), 978-2-343-12951-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encouraging behavioural change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Designing climat solutions : a policy guide for low-carbon energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Islandpress, [5 p.], 2017, 978-1-61091-956-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi le nucléaire est-il devenu une technologie insoutenable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'âge de la transition : en route pour la reconversion écologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les petits matins : Institut Veblen pour les réformes économiques, pp.147-157, 2016, (Essais), 978-2-36383-221-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Tchernobyl à Fukushima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la pensée écologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUF, [11 p.], 2015, Quadrige. Dicos poche, 978-2-13-058696-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'incitation aux changements de comportements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelles solutions face au changement climatique ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS éditions, pp.47-53, 2015, 978-2-271-08924-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visite aux armées : le cri de la Grande Muette ou le secret mis en scène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le secret nucléaire : information et participation citoyenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions universitaires de Dijon, [7 p.], 2014, Sociétés, 978-2-36441-108-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour dépasser le concept de risque, quel changement de paradigme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du risque à la menace : penser la catastrophe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.127-144, 2013, (L'Écologie en questions), 978-2-13-060631-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risque et aversion</w:t>
+                <w:t xml:space="preserve">Retour sur la Crise de la vache folle : du biologique au fait social total</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire de la pensée écologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUF, pp.886-888, 2013, Quadrige. Dicos poche, 978-2-13-058696-8</w:t>
+              <w:t xml:space="preserve">Le risque biologique : une approche transdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.317-322, 2013, Sociologies et environnement, 978-2-296-99846-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929860v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour sur la Crise de la vache folle : du biologique au fait social total</w:t>
+                <w:t xml:space="preserve">Risque et aversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le risque biologique : une approche transdisciplinaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, l'Harmattan, pp.317-322, 2013, Sociologies et environnement, 978-2-296-99846-9</w:t>
+              <w:t xml:space="preserve">Dictionnaire de la pensée écologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.886-888, 2013, Quadrige. Dicos poche, 978-2-13-058696-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929839v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Progrès d'une menace (et menace du progrès) vers des sociétés épidémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le risque biologique : une approche transdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, pp.323-330, 2013, Sociologies et environnement, 978-2-296-99846-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecturas de Ernst Bloch, Hans Jonas y Walter Benjamin diálogo sobre la responsabilidad, le heuristica del miedo y la vulnerabilidad</w:t>
+                <w:t xml:space="preserve">La décision du risque total. L'apport de Günther Anders à la compréhension des décisions extrêmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esperanza y utopia. Ernst Bloch desde America latina</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Taberna libraria editores, 2012, 978-607-9165-35-2</w:t>
+              <w:t xml:space="preserve">Risque, stress et décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publibook, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929878v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décision du risque total. L'apport de Günther Anders à la compréhension des décisions extrêmes</w:t>
+                <w:t xml:space="preserve">Lecturas de Ernst Bloch, Hans Jonas y Walter Benjamin diálogo sobre la responsabilidad, le heuristica del miedo y la vulnerabilidad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risque, stress et décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Publibook, 2012</w:t>
+              <w:t xml:space="preserve">Esperanza y utopia. Ernst Bloch desde America latina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Taberna libraria editores, 2012, 978-607-9165-35-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929787v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre en zone contaminée ou les paradoxes de la gestion du risque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bocéno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5537,73 +5528,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les silences de Tchernobyl : l'avenir contaminé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Autrement, pp.114-125, 2006, (Frontières), 978-2-7467-0821-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commémorer Tchernobyl ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5613,96 +5604,96 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yaël Reinharz Hazan; Philippe Chastonay. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé et droits de l’homme. [Volume 2] Les nouvelles insécurités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Médecine &amp; Hygiène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.193-210, 2006, (Collection médecine société), 2-88049-226-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02129233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Témoins du futur : vivre avec la catastrophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5722,73 +5713,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Dornier; Renaud Dulong. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esthétique du témoignage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de la Maison des sciences de l’homme, pp.317-332, 2005, 9782735110520</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02126096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant propos : Les silences de Tchernobyl, l'avenir contaminé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5808,150 +5799,150 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Grandazzi; Frédérick Lemarchand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les silences de Tchernobyl : l'avenir contaminé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 230, Éditions Autrement, pp.6-11, 2004, Collection Mutations, 9782746704916</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02126094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Témoigner sur Tchernobyl : les sciences humaines et l’art face à la catastrophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Symaniec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dépelteau François; Lacassagne Aurélie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Bélarus : l’État de l’exception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Presses de l’Université Laval, pp.363-380, 2003, 2-7637-7972-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02126056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5961,98 +5952,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nucléaire - Atome et transition énergétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire critique &amp; spéculatif des transitions [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, [13 p.]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04022333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6062,147 +6053,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’antisémite Le Corbusier ne doit plus bénéficier d’aucun soutien public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Comolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Comolli</w:t>
+                <w:t xml:space="preserve">Xavier De Jarcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier De Jarcy</w:t>
+                <w:t xml:space="preserve">Daniel De Roulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel De Roulet</w:t>
+                <w:t xml:space="preserve">Salvador Juan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6212,357 +6203,357 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport du programme de recherche SEMIPAR - Secret militaire et participation en matière nucléaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Baconnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Baconnet</w:t>
+                <w:t xml:space="preserve">Martine Barré-Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Barré-Pépin</w:t>
+                <w:t xml:space="preserve">Philippe Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Billet</w:t>
+                <w:t xml:space="preserve">Marguerite Boutelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Boutelet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Convention 6422, Ministère de l'écologie et du développement durable. 2013, 367 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-Anthropologie d’une mise en décision : le traitement des déchets à l’heure de la santé environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Morange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Morange</w:t>
+                <w:t xml:space="preserve">Cloé Vallette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloé Vallette</w:t>
+                <w:t xml:space="preserve">Isabelle Hajek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Hajek</w:t>
+                <w:t xml:space="preserve">Vincent Baggioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] SAMIDD-SE; ADEME; Pôle Risques, qualité et environnement durable - MRSH. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission du patrimoine ethnologique. Le Mont-Saint-Michel et ses publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valognes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Valognes</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Florence Peigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Mission du patrimoine ethnologique. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6572,105 +6563,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchernobyl est partout. Contribution à une socio-anthropologie négative des société technosxcientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire, Philosophie et Sociologie des sciences. Université de Caen, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId156"/>
+      <w:footerReference w:type="default" r:id="rId155"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6738,51 +6729,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3AD87197"/>
+    <w:nsid w:val="2D8CE544"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6969,51 +6960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederick-lemarchand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-0109-8911" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021514v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lebredonchel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Lemarchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022027" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621534v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8098" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021747v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30224" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021751v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Vandelac" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30100" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304024v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Amand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dobr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esdras Ngounou Takam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.15342" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928749v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01759223v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boissonade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bauler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Fortin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929160v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Douet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.19436" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929754v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.088.0128" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1036799ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928742v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.2737" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713998v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bourg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kaufman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mormont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12152" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021591v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Del&#233;age" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.043.0013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02303800v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Eric Seralini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.240" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928992v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galia Ackerman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.032.0029" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708175v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.037.0023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021789v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.032.0015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021785v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.032.0095" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929813v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928994v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125984v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grandazzi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dupont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boc&#233;no" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Poirier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Le Mesnil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Harpet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621863v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622107v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622108v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622106v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627331v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627330v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042443v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Bottini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Larrouturou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622424v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760065v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760267v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929177v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vassort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.29985" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021530v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771635v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-ecologie-et-politique1-2011-3.htm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05329420v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herbert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.dupon.2007.01" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04022255v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621834v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021553v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621833v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021791v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.colle.2020.01.0065" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02303751v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928677v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72733-2_5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929240v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929255v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929675v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929739v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928705v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929773v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928732v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/du-risque-a-la-menace--9782130606314-page-127.htm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929860v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929839v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929787v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02307501v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02129233v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/santeetdroitsdel0002unse/page/192/mode/2up" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126096v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126094v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126056v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Symaniec" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04022333v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305164v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Comolli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier De Jarcy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel De Roulet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Juan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080101v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baconnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barr&#233;-P&#233;pin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Boutelet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452488v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Morange" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Vallette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hajek" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928991v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valognes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Peigne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928760v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederick-lemarchand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-0109-8911" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021514v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lebredonchel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Lemarchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022027" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621534v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8098" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021747v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30224" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021751v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Vandelac" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30100" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304024v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Amand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dobr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esdras Ngounou Takam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.15342" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928749v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929754v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.088.0128" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01759223v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boissonade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bauler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Fortin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929160v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Douet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.19436" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929163v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1036799ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928742v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.2737" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713998v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bourg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kaufman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mormont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12152" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021591v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Del&#233;age" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.043.0013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02303800v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Eric Seralini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.240" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928992v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galia Ackerman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.032.0029" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708175v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.037.0023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021785v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.032.0095" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021789v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo.032.0015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929813v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928994v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125984v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grandazzi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dupont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boc&#233;no" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Poirier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Le Mesnil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Harpet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621863v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042443v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Bottini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Larrouturou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622107v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622108v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622106v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627331v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04627330v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622424v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760065v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760267v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929177v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vassort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.29985" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771635v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021530v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05329420v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herbert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.dupon.2007.01" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04022255v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621834v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021553v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02303751v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04021791v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.colle.2020.01.0065" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621833v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928677v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72733-2_5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929240v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929255v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929675v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929739v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929865v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929773v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928732v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/du-risque-a-la-menace--9782130606314-page-127.htm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929839v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929860v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929854v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929787v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02307501v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02129233v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/santeetdroitsdel0002unse/page/192/mode/2up" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126094v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02126056v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Symaniec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04022333v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305164v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Comolli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier De Jarcy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel De Roulet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Juan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080101v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baconnet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barr&#233;-P&#233;pin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Boutelet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452488v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Morange" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Vallette" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hajek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928991v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valognes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Peigne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928760v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>