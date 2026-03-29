--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1856,152 +1856,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A theoretical framework for analyzing training situations in mathematics teacher education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Guille-­biel Winder</w:t>
+                <w:t xml:space="preserve">Quels apports de la programmation pour la reproduction d'une figure géométrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Petitfour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CERME 10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Colloque Mathématiques en Cycle 3, IREM de Poitiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01949045v1</w:t>
+                <w:t xml:space="preserve">hal-01724629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels apports de la programmation pour la reproduction d'une figure géométrique ? Perspectives pour la formation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Cabassut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Petitfour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2029,165 +2055,139 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44ème colloque de la COPIRELEM : Manipuler, représenter, communiquer : Quelle est la place de la sémiotique dans l’enseignement et l’apprentissage des mathématiques ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Epinal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels apports de la programmation pour la reproduction d'une figure géométrique ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Edith Petitfour</w:t>
+                <w:t xml:space="preserve">A theoretical framework for analyzing training situations in mathematics teacher education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guille-­biel Winder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Mathématiques en Cycle 3, IREM de Poitiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">CERME 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01724629v1</w:t>
+                <w:t xml:space="preserve">hal-01949045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with large numbers: What is important for students and teachers to know?</w:t>
               </w:r>
@@ -3220,165 +3220,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle ressource pour enseigner la numération décimale ? Présentation d'une ingénierie didactique de développement en cours.</w:t>
+                <w:t xml:space="preserve">De nouvelles pistes pour l'ingénierie didactique. Un exemple de travail en cours.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'Espace Mathématique Francophone. Enseignement et contrat social : Enjeux et défis pour le 21ème siècle, EMF 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Colloque international La didactique des mathématiques : approches et enjeux. Hommage à Michèle Artigue </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01724539v1</w:t>
+                <w:t xml:space="preserve">hal-01724577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De nouvelles pistes pour l'ingénierie didactique. Un exemple de travail en cours.</w:t>
+                <w:t xml:space="preserve">Quelle ressource pour enseigner la numération décimale ? Présentation d'une ingénierie didactique de développement en cours.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international La didactique des mathématiques : approches et enjeux. Hommage à Michèle Artigue </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de l'Espace Mathématique Francophone. Enseignement et contrat social : Enjeux et défis pour le 21ème siècle, EMF 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01724577v1</w:t>
+                <w:t xml:space="preserve">hal-01724539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5946,233 +5946,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03836066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évaluation en mathématiques des professeurs des écoles débutants : quelles alternatives face aux contraintes de la formation ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coppé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Roditi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascale Masselot</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïza Chellougui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Abboud, M. 2019, Mathématiques en scène, des ponts entre les disciplines. Actes du Colloque EMF 2018, 2-86612-391-3</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Pensée Sauvage éditions, Vol.1, (239 p.), 2019, ISBN 978 2 85919 335 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799785v1</w:t>
+                <w:t xml:space="preserve">hal-03938732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles perspectives en didactique : géométrie, évaluation des apprentissages mathématiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’évaluation en mathématiques des professeurs des écoles débutants : quelles alternatives face aux contraintes de la formation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Masselot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Tempier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Abboud, M. 2019, Mathématiques en scène, des ponts entre les disciplines. Actes du Colloque EMF 2018, 2-86612-391-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faïza Chellougui</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03938732v1</w:t>
+                <w:t xml:space="preserve">hal-02799785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptualiser et évaluer les connaissances pour enseigner les mathématiques</w:t>
               </w:r>
@@ -7017,51 +7017,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B2AF2663"/>
+    <w:nsid w:val="2762FD71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7165,51 +7165,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C51DF7A4"/>
+    <w:nsid w:val="E96A8106"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7313,51 +7313,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="C35A366C"/>
+    <w:nsid w:val="B0DB0C1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7550,51 +7550,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederick-tempier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1845-9130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15984679X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/159903538" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000107154465" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://numerationdecimale.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://numerationdecimale.free.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244038v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanquart-Henry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-Biel Winder" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Petitfour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188618v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Chanudet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bilgot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761102v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lauren&#231;ot Sorgius" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Metin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188696v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Allard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Peltier-Barbier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761096v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407606v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eysseric" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498143v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586524v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-&#173;biel Winder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lajoie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02059606v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Petitfour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949045v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724636v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Billy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724629v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052810v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052853v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante-Orsola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518697v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Grietens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518693v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724586v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724591v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724599v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724582v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724568v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724555v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724539v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724577v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244052v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743993v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1111947ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-023-00307-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04263948v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allard, C&#233;cile" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146490v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Tempier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1650" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607559v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747805v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1570" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489380v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Solnon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ni-21-10" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630419v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169974v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11858-018-0985-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-019-00052-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-019-00051-z" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938301v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-018-0021-4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724780v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724757v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724732v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724762v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10857-015-9333-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724726v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146519v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518675v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.fr/media/118634/download" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799785v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938732v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Chellougui" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800581v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demonty" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146992v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501001v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500997v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03170004v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724743v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00921691v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederick-tempier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1845-9130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15984679X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/159903538" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000107154465" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://numerationdecimale.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://numerationdecimale.free.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244038v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanquart-Henry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-Biel Winder" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Petitfour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188618v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Chanudet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bilgot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761102v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lauren&#231;ot Sorgius" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Metin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188696v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Allard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Peltier-Barbier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761096v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407606v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eysseric" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498143v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586524v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-&#173;biel Winder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lajoie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02059606v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Petitfour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724629v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Billy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724636v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052810v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052853v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante-Orsola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518697v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Grietens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518693v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724586v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724591v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724599v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724582v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724568v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724555v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724577v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724539v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244052v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743993v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1111947ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-023-00307-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04263948v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allard, C&#233;cile" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146490v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Tempier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1650" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607559v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747805v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1570" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489380v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Solnon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ni-21-10" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630419v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169974v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11858-018-0985-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-019-00052-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630394v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-019-00051-z" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938301v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-018-0021-4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724780v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724757v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724732v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724762v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10857-015-9333-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724726v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146519v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518675v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.fr/media/118634/download" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938732v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Chellougui" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799785v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800581v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demonty" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146992v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501001v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500997v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03170004v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724743v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00921691v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>