--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1911,104 +1911,874 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01364818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration des performances de la technique SP ICP-MS pour l'analyse de nanoparticules d'oxyde de fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Mistral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baskali-Bouregaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPECTRATOM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, PAU, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de l’influence de la forme et la taille de nano-objets sur le signal en NELIBS (NanoParticle Enhanced Laser Induced Breackdown spectroscopy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baskali-Bouregaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">linda ayouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Delepine-Gilon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5e édition des Journées Pratiques Francophones des Sciences Analytiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Faculté de Sciences et Techniques de Mohammadia (FSTM), Université Hassan II Casablanca, May 2023, Casablanca,, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de nanoparticules par Single Particle ICP MS en milieux organiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">linda ayouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Gilon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baskali-Bouregaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spectratom 22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, PAU, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison d'échantillons complexes pétroliers par chromatographie bidimensionnelle hors-ligne SECxRPLC couplée à une détection spécifique ICP-MS/MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Barbier-Bessueille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Philippe Lienemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Heinisch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13 ème congrès francophone sur les sciences séparatives et les couplages de l'AFSEP - SEP 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02119810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse bidimensionnelle “comprehensive” hors-ligne SECxRPLC-ICP-MS/MS pour l’analyse de matrices complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Barbier-Bessueille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Masle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Philippe Lienemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Heinisch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spectratom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elemental analysis in the refinery industry: total determination and speciation of contaminants using a triple quadrupole ICP/MS Agilent 8800</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sánchez­-Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Philippe Lienemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chainet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Ayouni-Derouiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th Rio Symposium on Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vitoria - Espirito Santo, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de micro et nano-particules à base de carbone par SP-ICP-MS : application à la mesure de particules issues de textiles contaminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bharbara Bracchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Cruzado-Tafur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2040,935 +2810,165 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectr'Atom2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, PAU, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of SEC – ICP - MS/MS method to evaluate the formation of DNA-protein complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Hagège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Zarfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">linda ayouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Winter Conference on Plasma Spectrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773639v1</w:t>
-              </w:r>
-[...768 lines deleted...]
-                <w:t xml:space="preserve">hal-01569814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3123,51 +3123,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540509v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bachoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Desroches" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Berthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10120846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boutry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Mistral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Oliveira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baskali-Bouregaa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille-Barbier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4JA00022F" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675539v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor Mbodji" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barbier-Bessueille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ayouni-Derouiche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.123411" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Faomowe-Foko" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Fall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17678-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gilon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hag&#232;ge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v4-p3860" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bernardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Philippe Lienemann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Heinisch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460605" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162840v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.04.074" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162866v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Anouar Nouioui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Araoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Milliand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Amira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04209-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937679v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.303" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947745v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wiest" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berg&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baudot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9662-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858414v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2018.06.024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900221v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Hedhili" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2018.1517870" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. C. Oliveira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. G. Monteiro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Kastner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Oliveira" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-014-3283-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612198v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharbara Bracchi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Cruzado-Tafur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773639v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Zarfaoui" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=linda ayouni" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611284v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586377v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Delepine-Gilon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dufour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119810v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569814v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez&#173;-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chainet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540509v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bachoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Desroches" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Berthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10120846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boutry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Mistral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Oliveira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baskali-Bouregaa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille-Barbier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4JA00022F" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675539v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor Mbodji" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barbier-Bessueille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ayouni-Derouiche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.123411" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Faomowe-Foko" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Fall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17678-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gilon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hag&#232;ge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v4-p3860" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bernardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Philippe Lienemann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Heinisch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.460605" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162840v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.04.074" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162866v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Anouar Nouioui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Araoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Milliand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Amira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04209-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937679v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bretier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.11.303" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947745v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wiest" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berg&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baudot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9662-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858414v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2018.06.024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900221v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Hedhili" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2018.1517870" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01364818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. C. Oliveira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. G. Monteiro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Kastner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Oliveira" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-014-3283-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586377v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=linda ayouni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Delepine-Gilon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774864v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dufour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119810v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520565v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569814v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez&#173;-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chainet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612198v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharbara Bracchi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Cruzado-Tafur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773639v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Zarfaoui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>