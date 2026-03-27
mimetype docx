--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2710,277 +2710,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mycorhizes et le phytomanagement : effet sur le microbiote du sol et sur la dissipation dioxine/furane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hacène Meglouli</w:t>
+                <w:t xml:space="preserve">L’inoculation mycorhizienne module la structure des communautés microbiennes rhizosphériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Changey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacene Meglouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Fontaine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Changey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Tisserant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet J2C2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Amiens, France</w:t>
+              <w:t xml:space="preserve">5èmes Journées Francophones des Mycorhizes (JFM5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052978v1</w:t>
+                <w:t xml:space="preserve">hal-04052909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’inoculation mycorhizienne module la structure des communautés microbiennes rhizosphériques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les mycorhizes et le phytomanagement : effet sur le microbiote du sol et sur la dissipation dioxine/furane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacène Meglouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Changey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joël Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Tisserant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Francophones des Mycorhizes (JFM5)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet J2C2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052909v1</w:t>
+                <w:t xml:space="preserve">hal-04052978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mycorhizes et le phytomanagement des sols historiquement contaminés par les dioxines/furanes: effet sur le microbiote du sol et sur la dissipation de la pollution</w:t>
               </w:r>
@@ -3870,51 +3870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05483660v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Changey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o Caldeira Pires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Lan Tran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181237" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fontaine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70128" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004126v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Dakdouki Salam" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivelle Renaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ledor&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Pascal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaeng.2025.102522" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04965113v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Senff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grosjean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abd Al Rahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Milla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/are/2611939" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rondags" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Framboisier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Etienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108631" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Aissaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Plain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02149-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654911v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Herrmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lerch" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2022.108897" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03761390v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Sagrillo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bellanger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16083" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040707v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frerejacques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rousselle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#252;en Gauthier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cottet-Emard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Derobert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081223" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fontaine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-019-00914-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631552v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise N. Nunan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mora" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.05.018" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J5P2XJH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631483v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajid Noor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Oakeshott" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Scott" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-013-9637-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rouard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2011.09.005" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652386v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talaat El Sebai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2011.05.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4Z3VHKV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05147992v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hamiaux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05148385v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368409v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Meglouli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749177v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;nor Levillain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052978v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052909v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806236v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819611v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756673v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755081v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Udikovic-Kolic" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hr&#353;ak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811401v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00806324v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS099" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05483660v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Changey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o Caldeira Pires" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grange" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Lan Tran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181237" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fontaine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70128" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004126v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Dakdouki Salam" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivelle Renaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ledor&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Pascal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaeng.2025.102522" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04965113v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Senff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grosjean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abd Al Rahim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Milla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/are/2611939" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rondags" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Framboisier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Etienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108631" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222950v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Aissaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Plain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02149-8" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654911v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Herrmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lerch" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2022.108897" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03761390v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Sagrillo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bellanger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16083" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040707v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frerejacques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rousselle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#252;en Gauthier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cottet-Emard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Derobert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081223" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942679v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fontaine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-019-00914-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631552v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise N. Nunan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mora" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.05.018" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J5P2XJH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631483v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajid Noor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John G. Oakeshott" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Scott" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-013-9637-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Rouard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2011.09.005" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652386v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talaat El Sebai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2011.05.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4Z3VHKV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05147992v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hamiaux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05148385v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368409v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Meglouli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03749177v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Robin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;nor Levillain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052909v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052978v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806236v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819611v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756673v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755081v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Udikovic-Kolic" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hr&#353;ak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811401v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00806324v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS099" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>