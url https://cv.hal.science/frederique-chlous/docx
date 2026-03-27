--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédérique Chlous </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Responsabilités hors unité **</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département Homme & Environnement du MNHN</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dispositifs participatifs et engagement des acteurs. Les territoires à l’épreuve de la gestion environnementaleSoutenue en 2010 à l'Université de Bretagne Occidentale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">PALIMMA – HAATUMU NO TE TAI HENUA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013-2015, « Connaissance du patrimoine culturel lié au littoral et à la mer aux Marquises « PALIMMA – HAATUMU NO TE TAI HENUA» », Fondation de France (Partenariat Agence des aires marines protégées – Motu Haka – UMR PALOC).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CO-SCIENCES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2015, « COllaborations SCIences-ENtreprises pour la production de questions sCientifiques dans le domaine Environnemental : analyse des innovationS scientifiques, sociales et structurelles (CO-SCIENCES) », Programme Sociétés innovantes, ANR édition 2011 (Coordination du programme).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">** COCORISO**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011-2014, « Connaissance, compréhension des risques côtiers et de leur gestion : contribution à une évolution des plans de prévention des risques littoraux », (COCORISO), programme ANR, 2010, Changements Environnementaux Planétaires et Sociétés (CEP&S) Axe thématique 1 : Les Sociétés et Territoires face aux CEP - Vulnérabilité, Adaptation et Mitigation, Coordinateur Alain Henaff, (UBO/IUEM).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à ses justes valeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Fouqueray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Levrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Museum National d'Histoire Naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.80, 2025, Manifeste du Muséum, 978-2-38279-043-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elusive Partners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Levain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mariat-Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications scientifiques du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 07, 2023, Natures en Sociétés, 978-2-38327-006-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justice environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Cormier-Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions du Muséum national d'Histoire naturelle. Reliefs, 2023, Manifestes du Muséum, Bruno David; Guillaume Lecointre, 978-2-38036-142-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions La Découverte, 2022, ISBN 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux frontières de l'humain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'histoire naturelle, 2021, 2382790075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face aux limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions Reliefs, 2020, ISBN 978-2-85653-922-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Averbouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions Reliefs, 94 p., 2018, 978-28-56538-24-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manifeste du Muséum - Migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Averbouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliefs / Muséum national d'histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81, 2018, 978-2856538-24-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elusive Partners - An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Levain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mariat-Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alix Levain; Hélène Artaud; Emilie Mariat-Roy; Frédérique CHlous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elusive Partners. Contemporary Anthropological Perspectives on Marine Species</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 07, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications Scientifiques du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-21, 2023, Natures en Sociétés, 978-2-38327-006-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artaud, H.. et F. Chlous (2022), « Pourquoi la diversité culturelle peine t-elle à inspirer les modèles de gestion des ressources halieutiques ? Des communs si singuliers », in C. Prazuck, Trente questions sur l’Océan, Sorbonne Université Presses, pp. 210-220.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente questions sur l’Océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison secondaire, des formes d’habiter multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vigato, Jean-Claude and Madec, Philippe and Drouin, Martin and Le Breton, Eric and Agostini, Ilaria and Le Couedic, Daniel and Chlous, Frédérique and Cohen, Maurizio and De Munain, Jean-Charles and Labardin Michel and De Munain, J.-C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitat et identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de pays en Aquitaine, pp.73-80, 2016, 978-2954843414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions et circulations des connaissances sur les risques côtiers. L’exemple de la Bretagne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Martin-Brelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance et Compréhension des Risques Côtiers : Aléas, Enjeux, représentations, Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international, IUEM Brest, 3 - 4 juillet 2014, pp.399-410, 2014, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.4259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance des sites Natura 2000 en mer : entre procédures normatives et inventions locales, plaidoyer pour un bricolage institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (4), pp.577-604. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ges.2024.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04839615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evolution towards scientific consensus for a sustainable ocean future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gaill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Brodie Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Lebleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Blasiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Ocean Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.7. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s44183-022-00007-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner l’efficacité de la gouvernance d’une AMP : le cas de Natura 2000 en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03287999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant démocratique de la citizen science : sociologie des transformations d’un programme de sciences participatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Luneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Demeulenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/3 (31), pp.199-240. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parti.031.0199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vigie-Muséum, structuration des sciences participatives au Muséum national d’Histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Echassoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.54-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operationalizing vulnerability for social-ecological integration in conservation and natural resource management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (1), </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/conl.12677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic and specific facets of vulnerability for analysing trade‐offs and synergies in natural resource management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua E Cinner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Tapia‐lewin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">People and Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (4), pp.573 - 589. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pan3.10056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Society-based solutions to coral reef threats in french pacific territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Bambridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul D’arcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Claudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, pp.100667. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135577v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic tools to mitigate the impacts of ocean acidification on economies and communities reliant on coral reefs — a framework for prioritization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hilmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Osborn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Acar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Bambridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.100559. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différencier les représentations spatiales selon leurs statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Ritschard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (1), pp.39 - 67. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rig.2017.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01798267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis scientifiques et sociaux de l'anthropologie maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garineaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ethnoécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethnoecologie.3485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space and time matter in social-ecological vulnerability assessments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.213 - 221. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2017.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping social-ecological vulnerability to inform local decision making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.12989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining participatory and socioeconomic approaches to map fishing effort in small-scale fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Claudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (5), </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0176862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Des recherches participatives dans la production des savoirs liés à l’environnement – Introduction. Foisonnement participatif : des questionnements communs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dozières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (4), pp.327 - 335. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Des recherches participatives dans la production des savoirs liés à l’environnement – Étude comparée des dispositifs participatifs du Muséum national d’histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dozières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Scapino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (4), pp.393 - 402. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2018009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen science, participatory research, and naturalistic knowledge production: Opening spaces for epistemic plurality (an interdisciplinary comparative workshop in France at the Muséum national d’Histoire naturelle [“National museum of natural History”])</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.59 - 67. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envdev.2016.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amnésie environnementale et sciences participatives : le programme Histoires de nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Mifune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Mansilla-Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Desplain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’échange technique de l’Office français de la biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Office français de la biodiversité, Apr 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory of thau lagoon socio-ecosystem: bundle of ecosystem services, social demands and management trade-offs from 1970 to 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Derolez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Mongruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurolag 9 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractériser la gouvernance des sites Natura 2000 en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Wilfart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Colloque national aires marines protégées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité des pêcheurs côtiers de la zone de Petit Cul-de-sac Marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Port Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des représentations spatiales en Gestion Intégrée des Zones Côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Ritschard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01244634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology and Biodiversity research databases: how are the user communities articulated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Callou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Young Natural History Scientists’Meeting, MNHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology research databases: how are the user communities articulated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Callou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium « Heritages Sciences and Technologies », Institut de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId134"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédérique Chlous </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Responsabilités hors unité **</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département Homme & Environnement du MNHN</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dispositifs participatifs et engagement des acteurs. Les territoires à l’épreuve de la gestion environnementaleSoutenue en 2010 à l'Université de Bretagne Occidentale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">PALIMMA – HAATUMU NO TE TAI HENUA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013-2015, « Connaissance du patrimoine culturel lié au littoral et à la mer aux Marquises « PALIMMA – HAATUMU NO TE TAI HENUA» », Fondation de France (Partenariat Agence des aires marines protégées – Motu Haka – UMR PALOC).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CO-SCIENCES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2015, « COllaborations SCIences-ENtreprises pour la production de questions sCientifiques dans le domaine Environnemental : analyse des innovationS scientifiques, sociales et structurelles (CO-SCIENCES) », Programme Sociétés innovantes, ANR édition 2011 (Coordination du programme).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">** COCORISO**</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011-2014, « Connaissance, compréhension des risques côtiers et de leur gestion : contribution à une évolution des plans de prévention des risques littoraux », (COCORISO), programme ANR, 2010, Changements Environnementaux Planétaires et Sociétés (CEP&S) Axe thématique 1 : Les Sociétés et Territoires face aux CEP - Vulnérabilité, Adaptation et Mitigation, Coordinateur Alain Henaff, (UBO/IUEM).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à ses justes valeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Arpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Fouqueray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harold Levrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Museum National d'Histoire Naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.80, 2025, Manifeste du Muséum, 978-2-38279-043-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elusive Partners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Levain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mariat-Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications scientifiques du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 07, 2023, Natures en Sociétés, 978-2-38327-006-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justice environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Belaïdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Cormier-Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions du Muséum national d'Histoire naturelle. Reliefs, 2023, Manifestes du Muséum, Bruno David; Guillaume Lecointre, 978-2-38036-142-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions La Découverte, 2022, ISBN 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux frontières de l'humain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'histoire naturelle, 2021, 2382790075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face aux limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions Reliefs, 2020, ISBN 978-2-85653-922-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manifeste du Muséum - Migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Averbouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliefs / Muséum national d'histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81, 2018, 978-2856538-24-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Averbouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Heyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions Reliefs, 94 p., 2018, 978-28-56538-24-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elusive Partners - An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Levain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Mariat-Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alix Levain; Hélène Artaud; Emilie Mariat-Roy; Frédérique CHlous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elusive Partners. Contemporary Anthropological Perspectives on Marine Species</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 07, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publications Scientifiques du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-21, 2023, Natures en Sociétés, 978-2-38327-006-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artaud, H.. et F. Chlous (2022), « Pourquoi la diversité culturelle peine t-elle à inspirer les modèles de gestion des ressources halieutiques ? Des communs si singuliers », in C. Prazuck, Trente questions sur l’Océan, Sorbonne Université Presses, pp. 210-220.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente questions sur l’Océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison secondaire, des formes d’habiter multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vigato, Jean-Claude and Madec, Philippe and Drouin, Martin and Le Breton, Eric and Agostini, Ilaria and Le Couedic, Daniel and Chlous, Frédérique and Cohen, Maurizio and De Munain, Jean-Charles and Labardin Michel and De Munain, J.-C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitat et identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de pays en Aquitaine, pp.73-80, 2016, 978-2954843414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions et circulations des connaissances sur les risques côtiers. L’exemple de la Bretagne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Martin-Brelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance et Compréhension des Risques Côtiers : Aléas, Enjeux, représentations, Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international, IUEM Brest, 3 - 4 juillet 2014, pp.399-410, 2014, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.4259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance des sites Natura 2000 en mer : entre procédures normatives et inventions locales, plaidoyer pour un bricolage institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rey-Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (4), pp.577-604. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ges.2024.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04839615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evolution towards scientific consensus for a sustainable ocean future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gaill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Brodie Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Lebleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Blasiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Ocean Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.7. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s44183-022-00007-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner l’efficacité de la gouvernance d’une AMP : le cas de Natura 2000 en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03287999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant démocratique de la citizen science : sociologie des transformations d’un programme de sciences participatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Luneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Demeulenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/3 (31), pp.199-240. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parti.031.0199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vigie-Muséum, structuration des sciences participatives au Muséum national d’Histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Echassoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.54-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic and specific facets of vulnerability for analysing trade‐offs and synergies in natural resource management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua E Cinner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Tapia‐lewin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">People and Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (4), pp.573 - 589. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pan3.10056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operationalizing vulnerability for social-ecological integration in conservation and natural resource management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (1), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/conl.12677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Society-based solutions to coral reef threats in french pacific territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Bambridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul D’arcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Claudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, pp.100667. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135577v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-economic tools to mitigate the impacts of ocean acidification on economies and communities reliant on coral reefs — a framework for prioritization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hilmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Osborn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Acar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Bambridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.100559. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100559⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis scientifiques et sociaux de l'anthropologie maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nastassia Reyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Garineaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’ethnoécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethnoecologie.3485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différencier les représentations spatiales selon leurs statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Ritschard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (1), pp.39 - 67. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rig.2017.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01798267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space and time matter in social-ecological vulnerability assessments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.213 - 221. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2017.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping social-ecological vulnerability to inform local decision making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Marshall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.12989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining participatory and socioeconomic approaches to map fishing effort in small-scale fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Thiault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gelcich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Claudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (5), </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0176862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Des recherches participatives dans la production des savoirs liés à l’environnement – Introduction. Foisonnement participatif : des questionnements communs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dozières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (4), pp.327 - 335. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Des recherches participatives dans la production des savoirs liés à l’environnement – Étude comparée des dispositifs participatifs du Muséum national d’histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dozières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Scapino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (4), pp.393 - 402. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2018009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen science, participatory research, and naturalistic knowledge production: Opening spaces for epistemic plurality (an interdisciplinary comparative workshop in France at the Muséum national d’Histoire naturelle [“National museum of natural History”])</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20, pp.59 - 67. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envdev.2016.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amnésie environnementale et sciences participatives : le programme Histoires de nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Mifune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Mansilla-Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Desplain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’échange technique de l’Office français de la biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Office français de la biodiversité, Apr 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory of thau lagoon socio-ecosystem: bundle of ecosystem services, social demands and management trade-offs from 1970 to 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Derolez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Mongruel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurolag 9 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractériser la gouvernance des sites Natura 2000 en mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Beuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Wilfart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Colloque national aires marines protégées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité des pêcheurs côtiers de la zone de Petit Cul-de-sac Marin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Port Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des représentations spatiales en Gestion Intégrée des Zones Côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Ritschard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01244634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology and Biodiversity research databases: how are the user communities articulated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Callou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Young Natural History Scientists’Meeting, MNHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology research databases: how are the user communities articulated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Callou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium « Heritages Sciences and Technologies », Institut de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03204636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId134"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424564v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Lecomte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Fouqueray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhn.fr/fr/manifeste-du-museum-la-nature-a-ses-justes-valeurs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Artaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mariat-Roy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/en/collections/natures-en-societes/elusive-partners" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738456v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bela&#239;di" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier-Salem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051072v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clement" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889774v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Heyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051021v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Besnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050975v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079058v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://reliefseditions.com/coeditions/#manifeste-migrations" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369079v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845830v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin-Brelot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4259" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839615v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Beuret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delannoy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2024.27" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910001v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Brodie Rudolph" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Lebleu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blasiak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-022-00007-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287999v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30564" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Luneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.031.0199" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950834v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Echassoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02376481v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Thiault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gelcich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Marshall" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12677" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03838756v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua E Cinner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Tapia&#8208;lewin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10056" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135577v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Bambridge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D&#8217;arcy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100667" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Osborn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Acar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100559" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798267v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Ritschard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2017.00037" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03520164v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Reyes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garineaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3485" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718448v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2017.11.027" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1ZJVH62-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670262v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12989" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520195v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176862" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763609v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Scapino" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720515v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envdev.2016.10.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JHGSHS3G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210522v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Mifune" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mansilla-Sanchez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Desplain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939112v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mongruel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939152v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636965v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244634v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204649v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefebvre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204636v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424564v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Lecomte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arpin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Fouqueray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhn.fr/fr/manifeste-du-museum-la-nature-a-ses-justes-valeurs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Artaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mariat-Roy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/en/collections/natures-en-societes/elusive-partners" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738456v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bela&#239;di" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier-Salem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051072v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clement" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889774v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Heyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051021v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Besnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079058v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://reliefseditions.com/coeditions/#manifeste-migrations" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369079v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845830v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin-Brelot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4259" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839615v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Beuret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delannoy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2024.27" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910001v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Brodie Rudolph" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Lebleu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blasiak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-022-00007-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287999v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30564" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Luneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.031.0199" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950834v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Echassoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03838756v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Thiault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gelcich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua E Cinner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Tapia&#8208;lewin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10056" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02376481v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Marshall" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12677" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135577v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Bambridge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D&#8217;arcy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100667" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Osborn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Acar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100559" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03520164v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Reyes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Garineaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3485" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798267v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Ritschard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gourmelon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2017.00037" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718448v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2017.11.027" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1ZJVH62-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670262v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12989" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520195v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176862" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dozi&#232;res" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763609v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Scapino" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720515v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envdev.2016.10.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JHGSHS3G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210522v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Mifune" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mansilla-Sanchez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Desplain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939112v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mongruel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939152v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636965v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244634v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204649v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefebvre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204636v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>