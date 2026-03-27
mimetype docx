--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -213,3878 +213,3878 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des délits d'entrave et de travail dissimulé : de la sanction pénale à la sanction administrative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 09, pp.686</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Télétravail et incivilités numériques: quelle prise en compte des risques pour la santé?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 35 (1), pp.61-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04647397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel périmètre pour le droit pénal du travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 09, pp.668</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04685542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse Travail: actualisation 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JurisClasseur Lois pénales spéciales [Encyclopédie juridique Juris-classeur]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04647396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Des délits d'entrave et de travail dissimulé : de la sanction pénale à la sanction administrative ?</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délit d'entrave à la représentation du personnel et à la représentation syndicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.550</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indemnisation du harcèlement moral par l'employeur et organisation frauduleuse d'insolvabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 06, pp.287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04137193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TRAVAIL, PROCEDURE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur Lois pénales spéciales [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SYNTHESE SOCIAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur Lois pénales spéciales [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Synthèse n° 150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lanceurs d'alerte en entreprise, entre avancée certaine et complexité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18, pp.47-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03682055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">note sous Cass.2e civ., 8 avril 2021, n°19-23.728 et n°20-11.126</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, pp.1211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">note sous Cass.2e civ., 21 octobre 2021, n°20-10.455</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, pp.1211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail dissimulé de la femme du boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 07 et 08, pp.371</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03294480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre les discriminations au travail dans le code du travail et le code pénal : quelle cohérence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 09, pp.686</w:t>
+              <w:t xml:space="preserve">, 2020, 04, pp.360</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Délit d'entrave à la représentation du personnel et à la représentation syndicale</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02546197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réparation du préjudice financier subi par l'URSSAF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12, pp.550</w:t>
+              <w:t xml:space="preserve">, 2020, 03, pp.138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Indemnisation du harcèlement moral par l'employeur et organisation frauduleuse d'insolvabilité</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02514138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">observations sous Cass.Crim, 7 mai 2019, n°18-80.418</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.45-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence de nouvelles formes de travail pour les plateformes numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lexbase Hebdo édition sociale, 792</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">observations sous Cass.2°civ, 14 mars 2019, n°18-10.409</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">observations sous Cass.2° civ, 14 février 2019, n°18-12.150</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.40-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse Social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur Lois pénales spéciales [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La convergence de la procédure de lutte contre la fraude sociale avec la procédure fiscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levée des restrictions et sanction du détachement illicite de salariés bulgares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 06, pp.287</w:t>
+              <w:t xml:space="preserve">, 2018, 2, pp.90-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">TRAVAIL, PROCEDURE</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motivation de la peine d'amende prononcée contre la personne morale pour homicide involontaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 03, pp.144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse Travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JurisClasseur Lois pénales spéciales [Encyclopédie juridique Juris-classeur]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, 2018, 150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Synthèse n° 150</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">le télétravail en 2018: quels enjeux?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">note sous Cass.2e civ., 8 avril 2021, n°19-23.728 et n°20-11.126</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détachement de travailleur, fraude et certificat A1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.581</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détachement de salariés intérimaires : du prêt illicite de main-d'uvre au marchandage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 06, pp.287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre le travail dissimulé: de l'optimisation sociale à la répression de la fraude (rapport de synthèse)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 695 (N6678BWA)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les récentes mesures de lutte contre le détachement illégal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10, pp.74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation professionnelle des personnes sous main de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chroniques du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.153-163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'actualité jurisprudentielle du travail dissimulé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 07 et 08, pp.348</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02225166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CHRONIQUE DE DROIT PENAL DU TRAVAIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3, pp.676</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contreparties au travail dominical autorisé par dérogation du maire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 01, pp.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02226259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualité du travail dissimulé dans la jurisprudence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7-8, pp.348-351</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection des jeunes de moins de 18 ans dans l'ordonnance du 7 avril 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 287, pp.388-389</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pouvoirs d'enquête de l'inspection du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.116-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialogue social au sein de l'entreprise (articles 267 à 271 de la loi Macron)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 23, pp.1211</w:t>
+              <w:t xml:space="preserve">, 2015, pp.144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23, pp.1211</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Défenseur des droits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Répertoire de droit pénal et de procédure pénale [Encyclopédie juridique Dalloz]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 18, pp.47-51</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CHRONIQUE DE DROIT PENAL DU TRAVAIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.701-703</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le travail dissimulé de la femme du boulanger</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cybercriminalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Répertoire de droit pénal et de procédure pénale [Encyclopédie juridique Dalloz]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles conditions de travail pour les personnes incarcérées?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1909</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport pour la France sur la cybercriminalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit pénal = International review of penal law = Revista internacional de derecho penal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadopi et le téléchargement illégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 07 et 08, pp.371</w:t>
+              <w:t xml:space="preserve">, 2012, 5, pp.258-263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 04, pp.360</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syndicats professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Répertoire de droit pénal et de procédure pénale [Encyclopédie juridique Dalloz]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Réparation du préjudice financier subi par l'URSSAF</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téléchargement illégal et Hadopi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 03, pp.138</w:t>
+              <w:t xml:space="preserve">, 2012, 05, pp.258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46, pp.45-46</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02225028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé, discrimination et Cour européenne des droits de l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de droit de la santé du Sud-Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11, pp.39-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lexbase Hebdo édition sociale, 792</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles orientations des soins dans la loi sur la rétention de sûreté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2, pp.313-324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46, pp.41</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques publiques de lutte contre la cybercriminalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.101-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46, pp.40-41</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00435788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport français sur le financement du terrorisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit pénal = International review of penal law = Revista internacional de derecho penal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3-4, pp.85-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01435846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le financement du terrorisme : rapport pour la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIDP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3-4, pp.85-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00436744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concurrence interdite - Concurrence déloyale et parasitisme : panorama 2004-2005</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bugada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Picod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Auguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dorandeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35, pp.2454</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20, pp.59</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validité et violation d'une clause de non-concurrence insérée dans le contrat de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 14, pp.970</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 150</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02207086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La renonciation dans les délais à la clause de non-concurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 14, pp.967</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12, pp.581</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02207076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport français sur la corruption et les délits apparentés dans les transactions commerciales internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit pénal = International review of penal law = Revista internacional de derecho penal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 1-2, pp.215-254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 03, pp.144</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01435848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en compte de l'économie globale de l'opération pour apprécier la revente à perte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 15, pp.1033</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2, pp.90-91</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02207108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validité et violation d'une clause de non-concurrence applicable uniquement en cas de démission du salarié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 14, pp.969</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...2056 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02207082v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02207086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cession de clientèle dans la perspective de la protection du consommateur</w:t>
               </w:r>
@@ -4234,234 +4234,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intervention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Vers une généralisation de l'injonction de soins" (CDSA EA 3242), Faculté de droit d'Aix-en-Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Aix en Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00458030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Santé, discriminations et cour européenne des droits de l'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Santé et discriminations", Faculté de droit d'Aix-en-Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00458031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tables rondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chopin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">la globalisation de la justice criminelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Istanbul, Turquie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00458033v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00458030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport français sur le financement du terrorisme</w:t>
               </w:r>
@@ -6365,51 +6365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647397v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685542v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685545v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360254v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137193v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04159906v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03702187v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03702188v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03682055v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03294480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02546197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514138v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397979v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397938v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397974v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397967v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397916v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397929v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01938902v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01938904v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226432v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716722v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540204v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496761v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716723v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226375v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716818v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226259v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429475v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225166v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429477v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429480v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429482v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429481v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429484v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716817v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429486v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225028v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429487v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429488v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435846v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436744v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208851v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bugada" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Picod" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Auguet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dorandeu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207076v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435848v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207108v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207082v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207086v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435850v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458033v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03307137v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429472v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429469v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04085851v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647393v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03682064v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03356203v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02521951v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397890v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540205v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429454v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429461v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429462v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458029v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429467v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384447v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384374v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429464v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429468v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685545v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647397v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685542v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647396v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360254v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137193v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04159906v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03682055v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03702187v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03702188v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03294480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02546197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514138v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397979v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397938v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397974v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397967v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397916v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397929v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716722v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226432v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01938904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01938902v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226375v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540204v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496761v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716723v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225166v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716818v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226259v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429475v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429473v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429478v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429480v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716817v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429484v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429481v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429482v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429486v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225028v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429487v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429488v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435846v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00436744v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208851v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bugada" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Picod" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Auguet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dorandeu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207086v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207076v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207108v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02207082v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435850v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01716724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458030v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458031v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458033v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03307137v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429472v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429469v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04085851v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647393v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03682064v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03356203v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02521951v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397890v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540205v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429454v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429461v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429462v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458029v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429467v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384447v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384374v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429464v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429468v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>