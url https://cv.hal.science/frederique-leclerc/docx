--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1362,295 +1362,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03118750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New perspectives in studying active faults in metropolitan France: the “Active faults France” (FACT/ATS) research axis from the Resif-Epos consortium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of Gravitational Mass Wasting and Controls on Submarine Scarp Morphology Along the Roseau Fault, Lesser Antilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Ritz</w:t>
+                <w:t xml:space="preserve">Javier Escartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Baize</w:t>
+                <w:t xml:space="preserve">Jean‐arthur Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Billant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Audin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Graveleau</w:t>
+                <w:t xml:space="preserve">Christine Deplus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crgeos.98⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JF005892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03546364v1</w:t>
+                <w:t xml:space="preserve">insu-03251258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of Gravitational Mass Wasting and Controls on Submarine Scarp Morphology Along the Roseau Fault, Lesser Antilles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alex Hughes</w:t>
+                <w:t xml:space="preserve">New perspectives in studying active faults in metropolitan France: the “Active faults France” (FACT/ATS) research axis from the Resif-Epos consortium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Baize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Escartin</w:t>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐arthur Olive</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Billant</w:t>
+                <w:t xml:space="preserve">Christine Authemayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Deplus</w:t>
+                <w:t xml:space="preserve">Fabien Graveleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126 (4), </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 353 (S1), pp.381-412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020JF005892⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.98⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03251258v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep oceanic submarine fieldwork with undergraduate students: an immersive experience with the Minerve software</w:t>
               </w:r>
@@ -2665,51 +2665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First direct observation of coseismic slip and seafloor rupture along a submarine normal fault and implications for fault slip history</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Escartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique E Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3234,51 +3234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cabioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Deplus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3335,435 +3335,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Holocene drowned reef of Les Saintes plateau as witness of a long-term tectonic subsidence along the Lesser Antilles volcanic arc in Guadeloupe</w:t>
+                <w:t xml:space="preserve">Identification of deep subaqueous co-seismic scarps through specific coeval sedimentation in Lesser Antilles: implication for seismic hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Leclerc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Feuillet</w:t>
+                <w:t xml:space="preserve">C. Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cabioch</w:t>
+                <w:t xml:space="preserve">Jean-Louis Reyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Deplus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.F. Lebrun</w:t>
+                <w:t xml:space="preserve">Eva Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2014.05.017⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.1755- 1767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-12-1755-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697546v1</w:t>
+                <w:t xml:space="preserve">insu-00844581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of deep subaqueous co-seismic scarps through specific coeval sedimentation in Lesser Antilles: implication for seismic hazard</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Active faulting induced by slip partitioning in Montserrat and link with volcanic activity: New insights from the 2009 GWADASEIS marine cruise data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Beck</w:t>
+                <w:t xml:space="preserve">Paul Tapponnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Reyss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Leclerc</w:t>
+                <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...145 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 37 (19), pp.L00E15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2010GL042556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01586768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3773,91 +3627,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault segmentation, geometry and recent activity in the epicentral area of the 1956 Mw 7.5 Amorgos earthquake (Greece)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Palagonia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3866,266 +3720,266 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, Apr 2025, Viena, Austria. https://doi.org/10.5194/egusphere-egu25-16612, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05089087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GNSS low-cost prototype on ship for caching tsunami wave propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurin Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint session on geoscience applications of mass-market GNSS sensors and ionosphere monitoring and modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU General assembly, Apr 2024, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looking for onland surface rupture on secondary normal faults of the 1956 Ms7.8 Amorgos earthquake (Greece): Insights from historical aerial images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Palagonia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissinos Paraskevas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4140,221 +3994,221 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesure de la Déformation par Imagerie Satellitaire - MDIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04781741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the recent activity of normal faults in the Hellenic Volcanic Arc from combined morpho-tectonics analysis and TCNs method dating (36Cl), Amorgos Island (Greece)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Palagonia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucilla Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-15619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04724582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vessel-based photogrammetric reconstruction of a coastal fault zone integrated with bathymetric data: the case of Amorgos Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4362,110 +4216,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesure de la Déformation par Imagerie Satellitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Ax-les Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04781730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Streamflow Estimated by Image Analysis (LSPIV) and by Hydrologic and Hydraulic Modelling on the French Riviera During November 2019 Flood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Vigoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4474,123 +4328,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa-Linh Liebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Chonoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Torchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de MINERVE, une solution SIG sous réalité virtuelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Billant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4599,231 +4453,231 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Escartín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Júlia Bozzinio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Dornel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performing submarine field survey without scuba gear using GIS-like mapping in a Virtual Reality environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Billant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Bozzinio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique E Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Escartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Gracias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2019 - Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Marseille, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/oceanse.2019.8867408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4833,51 +4687,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative Slip in Damage Zones: Insights from Bishop Tuff Normal Faults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiziano Giampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4936,51 +4790,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4990,51 +4844,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Streamflow Estimated by Image Analysis (LSPIV) and by Hydrologic and Hydraulic Modelling on the French Riviera During November 2019 Flood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Vigoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5043,114 +4897,114 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa-Linh Liebard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Chonoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Torchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Gourbesville; Guy Caignaert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Hydroinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.255-273, 2022, 978-981-19-1599-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-19-1600-7_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03781334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5160,446 +5014,446 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMORGOS-23 ME70 bathymetry and back-scatter data</w:t>
+                <w:t xml:space="preserve">3D textured Digital Outcrop Models along the Amorgos Fault scarp (Aegean Sea, Greece) - Dive 244-01 - AMORGOS-23 cruise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Palagonia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Escartin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17882/90284⟩</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17882/99228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783047v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D textured Digital Outcrop Models along the Amorgos Fault scarp (Aegean Sea, Greece) - Dive 244-01 - AMORGOS-23 cruise</w:t>
+                <w:t xml:space="preserve">AMORGOS-23 ME70 bathymetry and back-scatter data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Palagonia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17882/99228⟩</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17882/90284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783063v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROV3G 2021 database: geophysical data on the continental shelf offshore Santo Stefano al Mare and San Lorenzo al mare, Liguria, Italy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Soubigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Corradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Clodic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03657077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-bottom bathymetry and back-scatter data acquired with AUV IDEFX during the AMORGOS-22 cruise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Barriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5614,70 +5468,70 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danai Lampridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17882/99212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5687,78 +5541,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looking for the origin of one of the largest Mediterranean tsunamigenic earthquakes : Amorgos, July 9th, 1956, Greece.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Escartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Nomikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5766,65 +5620,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04781747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId202"/>
+      <w:footerReference w:type="default" r:id="rId197"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5971,51 +5825,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle B&#233;n&#226;tre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feuillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Pichot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506556v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993436v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Giampietro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaudemer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105393" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436131v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Seibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GC011152" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770544v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Palagonia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Nomikou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danai Lampridou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01839-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hughes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escart&#237;n" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Billant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00919-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586604v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Scott" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Brigham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/2021/9031662" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768966v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vigoureux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Linh Liebard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Chonoski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Robert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2022.2101391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118750v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Hananto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Etchebes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116744" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546364v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ritz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Authemayou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.98" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03251258v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;arthur Olive" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JF005892" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510107v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M&#233;tois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Martelat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Billant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-2789-2021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506274v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116197" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399004v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara L. Shreve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grandin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esline Garaebiti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moussallam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55141-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361011v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique E Leclerc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/GES02069.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Bradley" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfang Qin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Carton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nugroho Hananto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Villanueva&#8208;robles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC008025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738142v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Civico" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pucci" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pizzimenti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Martini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445647.2018.1441756" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794665v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Civico" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pucci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pizzimenti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Nappi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2018.49" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378628v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish C Singh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praditya Avianto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1601689" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01557932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur J Olive" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mevel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.06.024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01467737v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Leclerc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feuillet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Deplus" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GC006337" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307036v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cabioch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.08.001" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R0Z5S8G1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172231v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvane de Min" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Leticee" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.02.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LBGFG3C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496242v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2014.05.017" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-61XZDNJ9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04697546v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leclerc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabioch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deplus" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lebrun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00844581v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-1755-2012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01586768v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tapponnier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Boudon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL042556" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089087v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16612" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781741v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gougeon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissinos Paraskevas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724582v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15619" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781730v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Manta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barri&#232;re" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781487v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Torchet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589240v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Bozzinio" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dornel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332674v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bozzinio" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Gracias" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/oceanse.2019.8867408" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557728v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781334v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_16" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783047v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dano" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/90284" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783063v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Escartin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/99228" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657077v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soubigou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clodic" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783076v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barriere" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/99212" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781747v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle B&#233;n&#226;tre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feuillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Pichot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030059" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506556v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993436v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Giampietro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gaudemer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105393" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436131v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Seibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GC011152" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770544v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Palagonia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Nomikou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danai Lampridou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01839-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hughes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escart&#237;n" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Billant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00919-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586604v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Scott" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Brigham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/2021/9031662" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768966v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vigoureux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Linh Liebard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Chonoski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Robert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2022.2101391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118750v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Hananto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Etchebes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116744" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03251258v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;arthur Olive" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JF005892" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546364v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ritz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Authemayou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Graveleau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.98" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510107v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M&#233;tois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Martelat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Billant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-2789-2021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506274v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116197" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399004v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara L. Shreve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grandin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esline Garaebiti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moussallam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55141-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361011v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique E Leclerc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/GES02069.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Bradley" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfang Qin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Carton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nugroho Hananto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Villanueva&#8208;robles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC008025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738142v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Civico" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pucci" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pizzimenti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Martini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445647.2018.1441756" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794665v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Civico" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pucci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pizzimenti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Nappi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2018.49" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378628v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish C Singh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praditya Avianto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1601689" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01557932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur J Olive" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mevel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.06.024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01467737v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Leclerc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feuillet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Deplus" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GC006337" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307036v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cabioch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.08.001" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R0Z5S8G1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172231v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvane de Min" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Lebrun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Cornee" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Munch" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Leticee" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.02.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LBGFG3C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496242v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2014.05.017" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-61XZDNJ9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00844581v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-1755-2012" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01586768v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tapponnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Boudon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL042556" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089087v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Larroque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16612" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781741v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gougeon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissinos Paraskevas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724582v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15619" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781730v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Manta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barri&#232;re" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781487v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robert" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Torchet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589240v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Bozzinio" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dornel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332674v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bozzinio" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Gracias" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/oceanse.2019.8867408" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557728v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781334v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_16" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783063v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Escartin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/99228" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783047v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dano" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/90284" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657077v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soubigou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clodic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783076v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barriere" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/99212" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781747v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>