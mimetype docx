--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -241,429 +241,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydro-climatology study of the Ogooué River basin using hydrological modeling and satellite altimetry</w:t>
+                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakaros Bogning</w:t>
+                <w:t xml:space="preserve">Saleh Abdalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Abdolnabi Abdeh Kolahchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Paris</w:t>
+                <w:t xml:space="preserve">Michaël Ablain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Blarel</w:t>
+                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Niño</w:t>
+                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Space Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 68, pp.672-690. </w:t>
+              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2020.03.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03665314v1</w:t>
+                <w:t xml:space="preserve">insu-03215002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Detection of Inland Water Bodies along Altimetry Tracks for Estimating Surface Water Storage Variations in the Congo Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Zeiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Betbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Gond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (19), pp.3804. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs13193804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydro-climatology study of the Ogooué River basin using hydrological modeling and satellite altimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdolnabi Abdeh Kolahchi</w:t>
+                <w:t xml:space="preserve">Sakaros Bogning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Ablain</w:t>
+                <w:t xml:space="preserve">Adrien Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susheel Adusumilli</w:t>
+                <w:t xml:space="preserve">Fabien Blarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suchandra Aich Bhowmick</w:t>
+                <w:t xml:space="preserve">Fernando Niño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Space Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 68 (2), pp.319-363. </w:t>
+              <w:t xml:space="preserve">, 2021, 68, pp.672-690. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.01.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2020.03.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03215002v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03665314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring vegetation change in Tozeur oases in Southern Tunisia by using trend analysis of MODIS NDVI time series (2000-2016)</w:t>
               </w:r>
@@ -1168,51 +1168,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatio-temporal variability of groundwater storage in the Amazon River Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1296,563 +1296,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring vegetation dynamics in southern Tunisia using SPOT-5 (Take5) data: a case study of the Tozeur oases</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Satellite-based estimates of surface water dynamics in the Congo River Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faiza Khebour Allouche</w:t>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Papa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Alsdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/1.jrs.12.046002⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66, pp.196 - 209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jag.2017.11.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02136056v1</w:t>
+                <w:t xml:space="preserve">hal-01671764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Water Levels and Discharges Using Radar Altimetry in an Ungauged River Basin: The Case of the Ogooué</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gil Mahe</w:t>
+                <w:t xml:space="preserve">Wetlands and Malaria in the Amazon: Guidelines for the Use of Synthetic Aperture Radar Remote-Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhichao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Gurgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs10020350⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph15030468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903847v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetlands and Malaria in the Amazon: Guidelines for the Use of Synthetic Aperture Radar Remote-Sensing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Helen Gurgel</w:t>
+                <w:t xml:space="preserve">Monitoring vegetation dynamics in southern Tunisia using SPOT-5 (Take5) data: a case study of the Tozeur oases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherine Ben Khalfallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalel Ouerchefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Demagistri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiza Khebour Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph15030468⟩</w:t>
+              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (04), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.jrs.12.046002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827332v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite-based estimates of surface water dynamics in the Congo River Basin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Monitoring Water Levels and Discharges Using Radar Altimetry in an Ungauged River Basin: The Case of the Ogooué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakaros Bogning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Blarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Alsdorf</w:t>
+                <w:t xml:space="preserve">Fernando Nino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Calmant</w:t>
+                <w:t xml:space="preserve">Gil Mahe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 66, pp.196 - 209. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (3), pp.350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jag.2017.11.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs10020350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01671764v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Quantile Mapping Bias Correction Method Based on Hydroclimatic Classification of the Guiana Shield</w:t>
               </w:r>
@@ -2503,51 +2503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparisons of observed and modeled elastic responses to hydrological loading in the Amazon basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Perosanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2758,51 +2758,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stage-discharge rating curves based on satellite altimetry and modeled discharge in the Amazon basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Dias de Paiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2892,51 +2892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping a Knowledge-Based Malaria Hazard Index Related to Landscape Using Remote Sensing: Application to the Cross-Border Area between French Guiana and Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhichao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3294,51 +3294,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Freshwater Storage Variations in the Orinoco Floodplains Using Multi-Satellite Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3441,51 +3441,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal and Spatial Assessment of Four Satellite Rainfall Estimates over French Guiana and North Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Ringard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3545,51 +3545,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water Level Fluctuations in the Congo Basin Derived from ENVISAT Satellite Altimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joecila da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3718,64 +3718,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 41 (6), pp.1981-1987. </w:t>
@@ -3826,51 +3826,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radar Altimetry Aids Managing Gauge Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4077,51 +4077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From TOPEX/Poseidon to Jason-2/OSTM in the Amazon basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4210,51 +4210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of Envisat RA2/ICE-1 retracked radar altimetry bias over the Amazon basin rivers using GPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4356,51 +4356,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface freshwater storage and dynamics in the Amazon basin during the 2005 exceptional drought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4516,51 +4516,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. C. Rotunno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4844,51 +4844,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite-based estimates of groundwater storage variations in large drainage basins with extensive floodplains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4972,307 +4972,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00582647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Producing time series of river water height by means of satellite radar altimetry-a comparative study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Water levels in the Amazon basin derived from the ERS 2 and ENVISAT radar altimetry missions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Calmant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Seyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. C. Rotunno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. C. V. Getirana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Calmant</w:t>
+                <w:t xml:space="preserve">G. Cochonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 55 (1), pp.104-120. </w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (10), pp.2160-2181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02626660903529023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2010.04.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00991320v1</w:t>
+                <w:t xml:space="preserve">hal-00990991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water levels in the Amazon basin derived from the ERS 2 and ENVISAT radar altimetry missions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Producing time series of river water height by means of satellite radar altimetry-a comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. S. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. C. V. Getirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Cochonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2010.04.020⟩</w:t>
+              <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 55 (1), pp.104-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02626660903529023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00990991v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00991320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of retracked satellite altimetry for inland hydrologic studies</w:t>
               </w:r>
@@ -5297,51 +5297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. K. Shum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alsdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5405,51 +5405,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Branco River Stage Gradient Determination and Amazon Hydrologic Studies Using GPS Water Level Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. C. Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Y. Kuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5539,90 +5539,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inundation Risk in Large Tropical Basins and Potential Survey from Radar Altimetry: Example in the Amazon Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Filizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cochonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Geodesy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 32 (3), pp.303-319. </w:t>
@@ -5660,51 +5660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interannual variations of river water storage from a multisatellite approach: a case study for the Rio Negro River basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5833,51 +5833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cauhopé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vauchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5919,51 +5919,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring Continental Surface Waters by Satellite Altimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6160,51 +6160,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary results of ENVISAT RA-2-derived water levels validation over the Amazon basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6398,51 +6398,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continental surface waters from satellite altimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6527,51 +6527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. G. Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6616,502 +6616,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00330792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling transfer of elements from the continent to the ocean at the large watershed scale in a tropical environment</w:t>
+                <w:t xml:space="preserve">Rating curves and estimation of average water depth at the upper Negro River based on satellite altimeter data and modeled discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Roelandt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Godderis</w:t>
+                <w:t xml:space="preserve">Juan Gabriel Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Calmant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cauhopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.GCA.2006.06.990⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 328 (3-4), pp.481-496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JHYDROL.2005.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00318810v1</w:t>
+                <w:t xml:space="preserve">hal-00323534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rating curves and estimation of average water depth at the upper Negro River based on satellite altimeter data and modeled discharges</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Calmant</w:t>
+                <w:t xml:space="preserve">Modelling transfer of elements from the continent to the ocean at the large watershed scale in a tropical environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roelandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Godderis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 70, pp.537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.GCA.2006.06.990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JHYDROL.2005.12.006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00323534v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00318810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interopérabilité entre composants dirigée par les modèles.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Aniorte</w:t>
+                <w:t xml:space="preserve">Floodplain water storage in the Negro River basin estimated from microwave remote sensing of inundation area and water levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Gabriel Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 99 (4), pp.387-399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2005.08.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00399351v1</w:t>
+                <w:t xml:space="preserve">ird-00385169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floodplain water storage in the Negro River basin estimated from microwave remote sensing of inundation area and water levels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Interopérabilité entre composants dirigée par les modèles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Aniorte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.;</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-00385169v1</w:t>
+                <w:t xml:space="preserve">hal-00399351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7123,359 +7123,359 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetland classification using L-band SAR images and satellite altimetry: the example of the Congo « Cuvette Centrale »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+                <w:t xml:space="preserve">Global Surface Water Product Reliability for Amazon Floodplain Hydrology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Betbeder Betbeder</w:t>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bellot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Gourlet Fleury</w:t>
+                <w:t xml:space="preserve">Laurent Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Milan, Italy. pp.1</w:t>
+              <w:t xml:space="preserve">, May 2019, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02609375v1</w:t>
+                <w:t xml:space="preserve">hal-04399025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Surface Water Product Reliability for Amazon Floodplain Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Catry</w:t>
+                <w:t xml:space="preserve">Wetland classification using L-band SAR images and satellite altimetry: the example of the Congo « Cuvette Centrale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betbeder Betbeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auréa Pottier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Durieux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Seyler</w:t>
+                <w:t xml:space="preserve">S. Gourlet Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Milan (Italie), Italy</w:t>
+              <w:t xml:space="preserve">, May 2019, Milan, Italy. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399025v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding of the Hydrological Variability in the Congo Basin and its Cuvette Centrale Gained by the Large Variety of Remote Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doug Alsdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Chapman Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Washington, United States</w:t>
@@ -7504,64 +7504,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping soil typologies using geomorphologic features extracted from dem and SAR data: A environmental factor affecting malaria transmission in the Amazon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhichao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Catry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Dessay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7634,64 +7634,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MULTI-SENSOR DATA FUSION FOR IDENTIFYING MALARIA ENVIRONMENTAL FEATURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhichao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Catry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Dessay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7768,51 +7768,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mudanças Climáticas e Qualidade Ambiental: o Papel do Sensoriamento Remoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Durieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8148,51 +8148,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un processus d'intégration par métamodélisation appliqué à la coopération de composants distribués et de services web.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Aniorte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Congrès INFORSID, Workshop OCM-SI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Grenoble, France. pp.;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8243,468 +8243,468 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coviability of Social and Ecological Systems: Reconnecting Mankind to the Biosphere in an Era of Global Change. Vol.1 : The Foundations of a New Paradigm</w:t>
+                <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 2: Coviability questioned by a diversity of situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Behnassi</w:t>
+                <w:t xml:space="preserve">M. Behnassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert David</w:t>
+                <w:t xml:space="preserve">G. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Douzal</w:t>
+                <w:t xml:space="preserve">V. Douzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Fargette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Springer International Publishing, 2019</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Springer, pp.396, 2019, 978-3-319-78110-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78111-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266241v1</w:t>
+                <w:t xml:space="preserve">hal-02608412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 1: The foundations of a new paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Behnassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Douzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Fargette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer, pp.794, 2019, 978-3-319-78496-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 2: Coviability questioned by a diversity of situations</w:t>
+                <w:t xml:space="preserve">Coviability of Social and Ecological Systems: Reconnecting Mankind to the Biosphere in an Era of Global Change. Vol.1 : The Foundations of a New Paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Behnassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Douzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Fargette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer International Publishing, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Douzal</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-02608412v1</w:t>
+                <w:t xml:space="preserve">hal-02266241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coviability of Social and Ecological Systems: Reconnecting Mankind to the Biosphere in an Era of Global Change vol2 Coviability questionne by a Diversity of Situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Behnassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Douzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Fargette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8765,554 +8765,554 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coviability of social and ecological systems: general introduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathematical approach to coviability: concept, modelling and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Prost</w:t>
+                <w:t xml:space="preserve">A. El Jai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Ravena Cañete</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
+                <w:t xml:space="preserve">Samira El Yacoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. El Jai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Douzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mireille Fargette</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mangeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 1: The foundations of a new paradigm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer, pp.22, 2019, 978-3-319-78496-0</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Springer, pp.79-103, 2019, 978-3-319-78496-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02608420v1</w:t>
+                <w:t xml:space="preserve">hal-02608417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introductory chapter: an interweaving to be formalized, the biosphere faced with the relationship between the human and the non-human</w:t>
+                <w:t xml:space="preserve">Coviability as a scientific paradigm for an ecological transition, from an overview to a definition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Libourel Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Loireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ravena Cañete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Prost</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mireille Fargette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 1: The foundations of a new paradigm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer, pp.1-38, 2019, 978-3-319-78496-0. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7_1⟩</w:t>
+              <w:t xml:space="preserve">, Springer, pp.693-728, 2019, 978-3-319-78496-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608416v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coviability as a scientific paradigm for an ecological transition, from an overview to a definition</w:t>
+                <w:t xml:space="preserve">Coviability of social and ecological systems: general introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Ravena Cañete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Prost</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Douzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Fargette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 1: The foundations of a new paradigm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer, pp.693-728, 2019, 978-3-319-78496-0. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Springer, pp.22, 2019, 978-3-319-78496-0</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608415v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical approach to coviability: concept, modelling and control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introductory chapter: an interweaving to be formalized, the biosphere faced with the relationship between the human and the non-human</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. El Jai</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
+                <w:t xml:space="preserve">C. Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ravena Cañete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Douzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Mangeas</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Fargette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coviability of social and ecological systems: reconnecting mankind to the biosphere in an era of global change. Vol. 1: The foundations of a new paradigm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer, pp.79-103, 2019, 978-3-319-78496-0. </w:t>
+              <w:t xml:space="preserve">, Springer, pp.1-38, 2019, 978-3-319-78496-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7_4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78497-7_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608417v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des ODD interconnectés : l'ODD 2 et l'exemple de l'agriculture comme levier de l'Agenda 2030</w:t>
               </w:r>
@@ -9647,90 +9647,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New perspectives in monitoring water resources in large tropical transboundary basins based on remote sensing and radar altimetry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Seyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Calmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Silva J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Leon J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Blöschl, G. Van de Giesen, N. Muralidharan, D. Ren, L. Seyler, F. Sharma, U. Vrba, J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Improving Integrated Surface and Groundwater Resources Management in a Vulnerable and Changing Word</w:t>
@@ -10007,51 +10007,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CE10A78"/>
+    <w:nsid w:val="E844587C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10238,51 +10238,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederique-seyler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3609-7524" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031722040" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-5518-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665314v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.03.045" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458423v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Ben Khalfallah" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dela&#238;tre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demagistri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Darragi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2021.1922881" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02514924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila S. da Silva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Sampaio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Garnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR026081" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626156v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sultan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Seyler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124412" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550890v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Moua" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Briolant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136041v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Papa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#252;ntner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tomasella" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pfeffer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2018.12.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136056v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Khebour Allouche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.12.046002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01903847v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10020350" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827332v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15030468" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671764v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alsdorf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calmant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2017.11.015" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-01590720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ringard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Linguet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17061413" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136151v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandrianina Ramifehiarivo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Grinand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriamananjara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2016.12.002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136127v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Espinoza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Zol&#225;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Roig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Timouk" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs9030218" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01630573v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Almeida" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Mour&#227;o" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dessay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Lacques" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio Monteiro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land5020018" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136661v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Denezine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Pillco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2016.09.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THBRFB3R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671052v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moreira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Perosanz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xavier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. C. Rotunno Filho" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL070265" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425541v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Girod" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dusfour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit de Thoisy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjw199" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136144v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Dias de Paiva" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila Santos da Silva" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Medeiros Moreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Calmant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014WR016618" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355255v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Stefani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8040319" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01178255v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albarelo Tommy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marie-Joseph" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Primerose" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Wald" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2015.1040876" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136672v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moreira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs71215822" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136674v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Malb&#233;teau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Le&#243;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ramillien" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs70100089" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-01304579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs71215831" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136683v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila da Silva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Robinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6109340" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013gl059134" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990990v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. da Silva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Moreira" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oliveira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11269-013-0484-z" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136679v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Andr&#233;s" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5311/JOSIS.2013.7.142" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991322v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mercier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.11.002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLVXGNJB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Shum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.07.033" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFRLVBSL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779275v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/7/4/044010" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990992v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. C. Rotunno" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2010.531914" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01239648v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Puerta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370626v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.V. Getirana" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.C. Rotunno Filho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Mansur" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582647v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas G&#252;ntner" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werth Susanna" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2011.02.003" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991320v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. V. Getirana" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626660903529023" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990991v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cochonneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2010.04.020" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0HMK9T3C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991354v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Zhang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lee" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schwartz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2010.483495" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990964v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. C. Cheng" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Kuo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Z. Tseng" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490410903094460" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991321v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. da Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Filizola" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490410903094809" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428891v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Famiglietti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Rossow" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD009438" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325755v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cauhop&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vauchel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409131v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cretaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00270979v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Barroux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Martinez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moreira Turcq" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.10.055" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G2GR2MR1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280286v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cauhop&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.10.027" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402154v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Zakharova" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Kouraev" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cazenave" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280288v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2006.05.012" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WV6ZPL7B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330792v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Leon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318810v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roelandt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godderis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GCA.2006.06.990" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQF72MDX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323534v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gabriel Leon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JHYDROL.2005.12.006" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399351v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aniorte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00385169v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.08.016" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609375v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder Betbeder" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gourlet Fleury" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399025v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544730v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Calmant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doug Alsdorf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829736v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7729812" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829725v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mah&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7729653" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382532v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Eva" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370629v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.813258" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372814v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Corr&#234;a Rotunno Filho" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408665v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266241v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Behnassi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Douzal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Fargette" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608409v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Behnassi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. David" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Douzal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608412v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02266249v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608420v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prost" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ravena Ca&#241;ete" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608416v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608415v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_27" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608417v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Jai" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El Yacoubi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. El Jai" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mangeas" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_4" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142614v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mollier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142676v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ringler" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145747v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;na" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Guyot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016500v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silva J." TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leon J." TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570113v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albergel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cretaux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederique-seyler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3609-7524" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031722040" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-5518-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665314v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.03.045" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458423v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Ben Khalfallah" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dela&#238;tre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demagistri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Darragi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2021.1922881" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02514924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila S. da Silva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Sampaio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Garnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR026081" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626156v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sultan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Seyler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124412" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550890v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Moua" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Briolant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136041v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Papa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#252;ntner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tomasella" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pfeffer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2018.12.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671764v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alsdorf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calmant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2017.11.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827332v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15030468" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136056v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Khebour Allouche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.12.046002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01903847v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10020350" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-01590720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ringard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Linguet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17061413" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136151v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandrianina Ramifehiarivo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Grinand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriamananjara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2016.12.002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136127v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Espinoza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Zol&#225;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Roig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Timouk" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs9030218" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01630573v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Almeida" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Mour&#227;o" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dessay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Lacques" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio Monteiro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land5020018" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136661v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Denezine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Pillco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2016.09.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THBRFB3R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671052v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moreira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Perosanz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xavier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. C. Rotunno Filho" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL070265" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425541v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Girod" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dusfour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit de Thoisy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjw199" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136144v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Dias de Paiva" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila Santos da Silva" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Medeiros Moreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Calmant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014WR016618" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355255v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Stefani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8040319" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01178255v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albarelo Tommy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marie-Joseph" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Primerose" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Wald" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2015.1040876" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136672v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moreira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs71215822" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136674v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Malb&#233;teau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Le&#243;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ramillien" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs70100089" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-01304579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs71215831" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136683v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joecila da Silva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Robinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs6109340" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013gl059134" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990990v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. da Silva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Moreira" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oliveira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11269-013-0484-z" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136679v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pierkot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Andr&#233;s" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5311/JOSIS.2013.7.142" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991322v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mercier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.11.002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLVXGNJB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Shum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.07.033" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFRLVBSL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779275v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/7/4/044010" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990992v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. C. Rotunno" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2010.531914" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01239648v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Puerta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370626v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.V. Getirana" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.C. Rotunno Filho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Mansur" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582647v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas G&#252;ntner" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werth Susanna" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2011.02.003" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990991v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cochonneau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2010.04.020" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0HMK9T3C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991320v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. V. Getirana" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626660903529023" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991354v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Zhang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lee" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schwartz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2010.483495" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990964v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. C. Cheng" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Kuo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Z. Tseng" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490410903094460" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991321v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. da Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Filizola" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490410903094809" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428891v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Famiglietti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B. Rossow" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD009438" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325755v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cauhop&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vauchel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409131v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cretaux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00270979v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Barroux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Martinez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moreira Turcq" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.10.055" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G2GR2MR1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280286v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cauhop&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.10.027" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402154v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Zakharova" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Kouraev" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cazenave" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00280288v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2006.05.012" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WV6ZPL7B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330792v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Leon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323534v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gabriel Leon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JHYDROL.2005.12.006" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318810v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roelandt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godderis" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GCA.2006.06.990" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQF72MDX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00385169v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.08.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399351v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aniorte" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399025v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609375v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder Betbeder" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gourlet Fleury" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544730v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Calmant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doug Alsdorf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829736v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7729812" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829725v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mah&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7729653" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382532v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubreuil" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Eva" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370629v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.813258" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372814v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Corr&#234;a Rotunno Filho" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408665v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608412v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Behnassi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. David" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Douzal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Fargette" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608409v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266241v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Behnassi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Douzal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02266249v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608417v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Jai" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira El Yacoubi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. El Jai" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mangeas" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_4" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608415v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ravena Ca&#241;ete" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prost" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_27" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608420v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608416v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78497-7_1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142614v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mollier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142676v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ringler" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145747v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;na" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Guyot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016500v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silva J." TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leon J." TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570113v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albergel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cretaux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>