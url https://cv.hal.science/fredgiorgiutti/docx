--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1446,118 +1446,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic delamination of drying colloidal films: Warping and creep behavior</w:t>
+                <w:t xml:space="preserve">Striped patterns induced by delamination of drying colloidal films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 466, pp.203-209. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (7), pp.1397-1402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.11.061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C4SM02374A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04009687v1</w:t>
+                <w:t xml:space="preserve">hal-04009683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface patterns in drying films of silica colloidal dispersions</w:t>
               </w:r>
@@ -1641,118 +1641,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01873291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Striped patterns induced by delamination of drying colloidal films</w:t>
+                <w:t xml:space="preserve">Dynamic delamination of drying colloidal films: Warping and creep behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Pauchard</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 11 (7), pp.1397-1402. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 466, pp.203-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4SM02374A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.11.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04009683v1</w:t>
+                <w:t xml:space="preserve">hal-04009687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Reduce the Crack Density in Drying Colloidal Material?</w:t>
               </w:r>
@@ -2061,285 +2061,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01873295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invagination process induced by 2D desiccation of colloidal solutions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wave interactions on a viscous film coating a vertical fibre: Formation of bound states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mermet-Guyennet</w:t>
+                <w:t xml:space="preserve">C. Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tseluiko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Saprykin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kalliadasis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 50 (5-6), pp.483--485. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2010.07.013⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 50 (5-6), pp.519--524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2010.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04030598v1</w:t>
+                <w:t xml:space="preserve">hal-04030599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave interactions on a viscous film coating a vertical fibre: Formation of bound states</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Saprykin</w:t>
+                <w:t xml:space="preserve">Invagination process induced by 2D desiccation of colloidal solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kalliadasis</w:t>
+                <w:t xml:space="preserve">M. Mermet-Guyennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 50 (5-6), pp.519--524. </w:t>
+              <w:t xml:space="preserve">, 2011, 50 (5-6), pp.483--485. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2010.10.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2010.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04030599v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04030598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of humidity on granular packings with moving walls</w:t>
               </w:r>
@@ -2436,235 +2436,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00192117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent dry granular flow in a vertical pipe</w:t>
+                <w:t xml:space="preserve">Dynamical Janssen effect on granular packings with moving walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 15 (11), pp.3358. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 90 (14), pp.144301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.1615570⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.90.144301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192104v1</w:t>
+                <w:t xml:space="preserve">hal-00192150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Janssen effect on granular packings with moving walls</w:t>
+                <w:t xml:space="preserve">Intermittent dry granular flow in a vertical pipe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giorgiutti-Dauphiné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 90 (14), pp.144301. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 15 (11), pp.3358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.90.144301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.1615570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192150v1</w:t>
+                <w:t xml:space="preserve">hal-00192104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powder flow down a vertical pipe: The effect of air flow</w:t>
               </w:r>
@@ -3755,51 +3755,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7A3D32EB"/>
+    <w:nsid w:val="AE205A60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3986,51 +3986,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fredgiorgiutti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9662-0241" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224599992" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhaila N'Mar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guenoun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Renault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giorgiutti-Dauphin&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2SM01532C" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195881v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisay Lama" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjoy Khawas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.7.025604" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816398v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcilroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0086061" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028852v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite L&#233;ang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ott" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lay-Theng Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.01.052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2020.08.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Leang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm02295j" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996893v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201963032" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03772" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864878v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brutin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11712-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903134v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM00985B" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009463v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960438" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009687v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.11.061" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873291v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boulogne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02106a" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009683v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4SM02374A" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933384v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulogne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2013119" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14039-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873295v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Botet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/105/38005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030598v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mermet-Guyennet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.07.013" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDHZX3ZM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duprat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tseluiko" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saprykin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kalliadasis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.10.004" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2DS59G0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192117v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10157-x" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192104v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1615570" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192150v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.144301" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareck Raafat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. John Hinch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J. Herrmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002008042" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391914v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giorgiutti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laurent" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2789(99)00157-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DG5KPVZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01373943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daviaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.58.512" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391911v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wesfreid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.57.2843" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391908v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2789(96)00288-6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNG79G3P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391901v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.538" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898734v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11639-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996031v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781782628491-00247" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fredgiorgiutti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9662-0241" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224599992" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhaila N'Mar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guenoun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Renault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giorgiutti-Dauphin&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2SM01532C" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195881v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisay Lama" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjoy Khawas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.7.025604" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816398v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcilroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0086061" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028852v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite L&#233;ang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ott" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lay-Theng Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.01.052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2020.08.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Leang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm02295j" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996893v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201963032" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03772" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864878v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brutin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11712-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903134v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM00985B" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009463v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960438" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009683v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4SM02374A" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873291v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boulogne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02106a" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.11.061" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933384v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulogne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2013119" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14039-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873295v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Botet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/105/38005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030599v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duprat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tseluiko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saprykin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kalliadasis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.10.004" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2DS59G0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030598v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mermet-Guyennet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2010.07.013" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDHZX3ZM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192117v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertho" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10157-x" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192150v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.144301" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192104v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1615570" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tareck Raafat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. John Hinch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J. Herrmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002008042" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391914v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giorgiutti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laurent" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2789(99)00157-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DG5KPVZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01373943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daviaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.58.512" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391911v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Limat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wesfreid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.57.2843" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391908v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2789(96)00288-6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNG79G3P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391901v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.538" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898734v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11639-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996031v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781782628491-00247" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>