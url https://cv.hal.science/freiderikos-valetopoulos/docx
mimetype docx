--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -882,352 +882,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le marqueur discursif alors dans les corpus d’apprenants de français langue étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Facta Universitatis, Series: Linguistics and Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (2), pp.369-379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22190/FULL240512030V⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marqueurs discursifs dans un corpus d’apprenants du français langue étrangère : donc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic Journal of Modern Philology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21, pp.91-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34616/ajmp.2024.21.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Voix et émotions : que nous apprennent les manuels de français langue étrangère ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 234 (2), pp.101-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lang.234.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...154 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les prédicats causatifs et l’expression des émotions en grec moderne</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+                <w:t xml:space="preserve">Les noms suffixés en -eur en français : agentivité ou causativité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Anscombre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eleni Motsiou</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Thomières Shakhovskaya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syntaxe et sémantique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23 (1), pp.109-125. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2023, La causativité à travers les langues, 23, pp. 17-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571976v1</w:t>
+                <w:t xml:space="preserve">hal-04607015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-observation et conscientisation de l’apprenant dans un contexte d’apprentissage non formel et informel</w:t>
               </w:r>
@@ -1298,138 +1302,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les noms suffixés en -eur en français : agentivité ou causativité ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les prédicats causatifs et l’expression des émotions en grec moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Anscombre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Irina Thomières Shakhovskaya</w:t>
+                <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syntaxe et sémantique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, La causativité à travers les langues, 23, pp. 17-47</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.109-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ss.023.0109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607015v1</w:t>
+                <w:t xml:space="preserve">hal-04571976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présence de l’auteur dans les rapports de stage : pratiques et formation de formateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Dekhissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (2), pp.47-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14746/strop.2022.492.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conscience et l’autoconscience des futurs formateurs de FLE dans le développement de la compétence interculturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1448,1538 +1552,1434 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glottodidactica. An International Journal of Applied Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 49 (1), pp.53-68. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14746/gl.2022.49.1.04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprehension and verbal expression of emotions by Greek-speaking preschoolers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77, pp.83-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26034/ne.tranel.2022.3786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La haine : émotion honteuse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chauvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03635469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les apprenants prennent la parole : analyse des procedes de cohesion utilises dans le cadre d’une interview avec des locuteurs natifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neofilolog</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56/1, pp.91-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14746/n.2021.56.1.7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire la peur : une étude contrastive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lublin Studies in Modern Languages and Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 44 (1), pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17951/lsmll.2020.44.1.135-145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02888419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement du vocabulaire en classe de français langue étrangère : le cas des émotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHILOLOGIA MEDIANA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, XII/12, pp.325-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46630/phm.12.2020.20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intensité comme trait de définition de la surprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Acta philologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.245-256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réalisations des liaisons dans le discours non spontané des apprenants hellénophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympia Tsaknaki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du CEES : Centre européen d'études slaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le français à la rencontre avec les autres langues : Approches linguistiques, littéraires et culturelles. Langues et Didactique., 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03324491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cohésion dans les textes narratifs : analyse d’un corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Dekhissi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 49 (2), pp.47-56. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14746/strop.2022.492.004⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 46 (2), pp.7-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14746/strop.2019.462.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le français à la rencontre avec les autres langues : Approches linguistiques, littéraires et culturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue du CEES : Centre européen d'études slaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le français à la rencontre avec les autres langues : Approches linguistiques, littéraires et culturelles, 7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améliorer les interactions verbales dans un contexte de communication authentique: TICE et apprentissage du français langue étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chanudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neofilolog</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14746/n.2021.56.1.7⟩</w:t>
+              <w:t xml:space="preserve">CIRCULO de Linguistica Aplicada a la Comunicacion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76, pp.81-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5209/CLAC.62499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chauvaud</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les phrases relatives : la complexité à l’épreuve des corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017, 185 (1), pp.67-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ela.185.0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02060152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to improve collaboration and interaction in the teaching of a foreign language by including ICTs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lublin Studies in Modern Languages and Literature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Caractères. Estudios culturales y criticos de la esfera digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (2), pp.332-342</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02058914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thématiques dans le discours émotionnel d'apprenants allophones. Quelles perspectives pour l'enseignement-apprentissage des langues étrangères ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHILOLOGIA MEDIANA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, XII/12, pp.325-340. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2017, PHILOLOGIA MEDIANA, 9, pp.63-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01732835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Problématique de constitution d'une grille d'analyse de l'oral émotionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Acta philologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53, pp.245-256</w:t>
+              <w:t xml:space="preserve">Istanbul Journal of Innovation in Education - (IJNE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Istanbul journal of innovation in education, 3 (1), pp.85-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les réalisations des liaisons dans le discours non spontané des apprenants hellénophones</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos - Enseigner le français langue étrangère à des apprenants natifs de langues modimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olympia Tsaknaki</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanja Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du CEES : Centre européen d'études slaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Le français à la rencontre avec les autres langues : Approches linguistiques, littéraires et culturelles. Langues et Didactique., 7</w:t>
+              <w:t xml:space="preserve">, 2017, Enseigner le français langue étrangère à des apprenants natifs de langues modimes, 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03328766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O ESCRITOR INTERMEDIÁRIO: UMA NOVA ABORDAGEM DE UM TIPO DE ESCRITOR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Pires Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...181 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Villarreal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trabalhos em Linguística Aplicada</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 56 (2), pp.729-751. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1590/010318138648313300201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02063942v1</w:t>
-              </w:r>
-[...430 lines deleted...]
-                <w:t xml:space="preserve">hal-03328766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téléphone portable et production asynchrone</w:t>
               </w:r>
@@ -3440,276 +3440,345 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La locution « du coup » aux yeux des lexicographes polonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Ucherek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beyond Language 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Wrocław, Jun 2025, Wrocław, Pologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiation linguistique : le défi du transfert de (bonnes) compétences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Glocal event "La médiation dans l’enseignement des langues : enjeux et opportunités pour le développement des compétences" dans le cadre du projet Communikite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Varsovie, Nov 2025, Varsovie, Pologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Complexity in Lexicon: Emotions in Learners’ Speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études Complexité(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Poitiers; Formes et représentations en linguistique, littérature et dans les arts de l’image et de la scène (Forellis), Nov 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05435950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La médiation linguistique : le défi du transfert de (bonnes) compétences</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conscience et l’autoconscience des futurs formateurs de FLE dans le développement de la compétence linguistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glocal event "La médiation dans l’enseignement des langues : enjeux et opportunités pour le développement des compétences" dans le cadre du projet Communikite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Varsovie, Nov 2025, Varsovie, Pologne</w:t>
+              <w:t xml:space="preserve">7e Rencontre Internationale Langues Moins Diffusées et Moins Enseignées (MoDiMEs), Outils et méthodes pour l’enseignement des langues MoDiMEs en milieu universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Wrocław; Université de Poitiers, May 2024, Wrocław, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...102 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la modalisation et des stratégies argumentatives chez les apprenants de FLE à l’oral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3725,264 +3794,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36e Colloque international du CerLICO : Marqueurs modaux, énonciation et argumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cercle linguistique du Centre et de l’Ouest (CerLiCO), May 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La conscience et l’autoconscience des futurs formateurs de FLE dans le développement de la compétence linguistique</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renforcer le plurilinguisme dans les universités européennes…, mais quel plurilinguisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Rencontre Internationale Langues Moins Diffusées et Moins Enseignées (MoDiMEs), Outils et méthodes pour l’enseignement des langues MoDiMEs en milieu universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Wrocław; Université de Poitiers, May 2024, Wrocław, France</w:t>
+              <w:t xml:space="preserve">Winter School on multilingualism, European Languages and Societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Turku, Mar 2023, Turku, Finlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voix et émotions : l’apport des manuels de FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e colloque international « Les études françaises aujourd’hui : de la perception à l’émotion et à l’action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Niš, Serbie, Nov 2023, Niš, Serbie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571985v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04947998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marqueurs discursifs et cohésion dans un corpus d’apprenants serbophones du FLE : donc et alors</w:t>
               </w:r>
@@ -4031,739 +4031,739 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marqueurs discursifs et cohésion dans un corpus d’apprenants bosniens du FLE : donc et alors</w:t>
+                <w:t xml:space="preserve">Apprendre le grec moderne comme langue étrangère : problèmes et défis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emir Sisic</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e Rencontre Internationale Langues Moins Diffusées et Moins Enseignées (MoDiMEs) : Enseigner une langue Modime : quels défis dans une Europe plurielle ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tirana; Université de Poitiers, 2022, Tirana, Albanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-04034938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">XCELING et INCLUDEED : deux projets internationaux au service des migrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème Colloque Jeunes Chercheurs Linguistes/Didacticiens de Metz, Principes et actions de formation en langues secondes en contextes migratoire et pandémique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de recherches doctorales sur le français et l’italien langues secondes (GRD_FILS), Oct 2022, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marqueurs discursifs et cohésion dans un corpus d’apprenants bosniens du FLE : donc et alors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emir Sisic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e Rencontre Internationale Langues Moins Diffusées et Moins Enseignées (MoDiMEs) : Enseigner une langue Modime : quels défis dans une Europe plurielle ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tirana; Université de Poitiers, 2022, Tirana, Albanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">hal-04034973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Εννοιακά μοντέλα περιγραφής της ‘ρομαντικής αγάπης’: αντιπαραβολική μελέτη της ελληνικής και της ρωσικής</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Greek Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Belgrade, 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04034924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La richesse lexicale dans les manuels FLE : une analyse du niveau A1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e Rencontre Internationale Langues Moins Diffusées et Moins Enseignées (MoDiMEs) : Enseigner une langue Modime : quels défis dans une Europe plurielle ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tirana; Université de Poitiers, 2022, Tirana, Albanie</w:t>
+              <w:t xml:space="preserve">Colloque international, 70 ans d'études romanes culturelles, linguistiques et littéraires à l'Université de Sarajevo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Sarajevo, Bosnie-Herzégovine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...102 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03643390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7Ling, l'application pour apprendre une langue étrangère : défis et remédiations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference Re-imaging Teaching and Research In the Face of the New Dynamics Reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Tirana, Albanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03643317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ερμηνεία των συναισθημάτων των άλλων. Δεδομένα από ελληνόφωνα παιδιά προσχολικής ηλικίας</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international, 70 ans d'études romanes culturelles, linguistiques et littéraires à l'Université de Sarajevo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Sarajevo, Bosnie-Herzégovine</w:t>
+              <w:t xml:space="preserve">41st Annual Meeting of the Department of Linguistics ’Theoretical and experimental linguistics: a two-way interaction'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aristotle University of Thessaloniki, May 2021, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Pont sur la Drina de Ivo Andric : traduire la langue et la culture en grec et en français&amp;quot;, Workshop La langue dans le contexte balkanique : approches linguistiques, littéraires et culturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitrovic Borjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Scientific Conference : Science and Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sarajevo Est; Université de Poitiers, May 2021, Pale, Bosnie-Herzégovine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03643186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpréter les sentiments des autres. Analyse des réponses des enfants hellénophones d'âge préscolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st Annual Meeting of the Department of Linguistics "Theoretical and experimental linguistics : a two-way interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Thessaloniki, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03643224v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-05439782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les futurs enseignants de FLE face aux nouvelles technologies : transformer et adapter ses pratiques pédagogiques</w:t>
               </w:r>
@@ -5002,647 +5002,893 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03642851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marqueurs discursifs et cohésion du discours. Les marqueurs DONC et ALORS dans les manuels de FLE et dans les corpus d'apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International Contacts linguistiques, littéraires, culturels : Cent ans d'études du français à l'Université de Ljubljana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Ljubljana, Slovénie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02479722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiation par la traduction et la production écrite : une étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aikaterini Kiyitsioglou-Vlachou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Европейское Литературное Наследие В Кросскульжтурном пространстве</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yaroslavl State Pedagogical University, Nov 2019, Yaroslavl, Russie. pp.176-198</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'emploi de 'donc' dans un corpus écrit d'apprenants de FLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études L’oral et l’écrit : de l’analyse aux applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Mar 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’acquisition de la cohésion chez les apprenants de FLE : analyse d’un corpus de textes narratifs et argumentatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Dekhissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cohérence et cohésion textuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire FoReLLIS, équipe A, Nov 2019, MSHS, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02901272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les émotions dans le discours des apprenants : de la théorie à la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Au croisement des cultures, des discours et des langues. Cent ans d’études romanes à l’Université de Varsovie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d’études romanes de l’Université de Varsovie, Oct 2019, Varsovie, Pologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement du vocabulaire en classe de français langue étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Colloque International « Les études françaises aujourd’hui » : entre l’est et l’ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Niš, Nov 2019, Niš, Serbie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réalisation du schwa dans un corpus de discours non spontané : le cas des apprenants hellénophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympia Tsaknaki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Au croisement des cultures, des discours et des langues. Cent ans d’études romanes à l’Université de Varsovie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d’études romanes de l’Université de Varsovie, Oct 2019, Varsovie, Pologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les apprenants prennent la parole : analyse des procédés de cohésion utilisés dans le cadre d’une interview avec des locuteurs natifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Kongres PTN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Poznan, Sep 2019, Poznan, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exprimer sa colère en français langue étrangère : analyse d'un corpus d'apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aikaterini Kiyitsioglou-Vlachou</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Европейское Литературное Наследие В Кросскульжтурном пространстве</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Yaroslavl State Pedagogical University, Nov 2019, Yaroslavl, Russie. pp.176-198</w:t>
+              <w:t xml:space="preserve">Congrès international La palette des émotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSHS Poitiers, Oct 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'emploi de 'donc' dans un corpus écrit d'apprenants de FLE</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ICT in the foreign language teaching and learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études L’oral et l’écrit : de l’analyse aux applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, Mar 2019, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Third international conference Teaching Languages and Cultures in the Post-method Era: Challenges and Perspectives (TLC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Niš, English Department and the Centre for Teacher Education and Professional Development of the Faculty of Philosophy, Oct 2018, Nis, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Antonin Brunet</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cohésion dans les textes narratifs : analyse d'un corpus d'apprenants FLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Contacts linguistiques, littéraires, culturels : Cent ans d'études du français à l'Université de Ljubljana</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Ljubljana, Slovénie</w:t>
+              <w:t xml:space="preserve">Colloque international Autour de l'exploitation de la narration dans l'enseignement/apprentissage des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Poznan, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...323 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les traces de l'oral à l'écrit dans un corpus d'apprenants de FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5671,838 +5917,592 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Langues largement diffusées : valeur ajoutée pour langues Moins Diffusées et Moins Enseignées (MoDiMEs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Aristote de Thessalonique, Jun 2018, Thessalonique, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02019303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exprimer ses émotions : analyse contrastive des corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international La palette des émotions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSHS Poitiers, Oct 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">1ère Conférence internationale Le triple visage du langage : forme, sens, expression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Banja Luka, Apr 2017, Banja Luka, Bosnie-Herzégovine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">ICT in the foreign language teaching and learning</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cartographie de la surprise : conceptualisation et verbalisation de la surprise en grec moderne et en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third international conference Teaching Languages and Cultures in the Post-method Era: Challenges and Perspectives (TLC 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Niš, English Department and the Centre for Teacher Education and Professional Development of the Faculty of Philosophy, Oct 2018, Nis, Serbia</w:t>
+              <w:t xml:space="preserve">Colloque international, Au carrefours des sens, 3e édition : Du sens et de l’interprétation au prisme de la problématique translinguistique du point de vue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Wrocław, Sep 2017, Wrocław, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La cohésion dans les textes narratifs : analyse d'un corpus d'apprenants FLE</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrenamiento en redacción de documentos: metodología francesa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurie Dekhissi</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Villarreal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Autour de l'exploitation de la narration dans l'enseignement/apprentissage des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Poznan, Pologne</w:t>
+              <w:t xml:space="preserve">Congrès international Año Colombia Francia 2017, La cumbre del francés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Javeriana, Mar 2017, Bogotá, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner une langue MoDiME à des apprenants francophones : analyse des représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanja Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international, Langues Moins Diffusées et Moins Enseignées (MoDiMEs) : langues enseignées, langues des apprenants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers; Université de Chypre, Jun 2017, Nicosie, Chypre</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rencontres interculturelles : représentations des étudiants français et apports de la formation FLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Échanges culturels d’aujourd’hui : Langue et littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Tamkang, Dec 2016, Tamkang, Taïwan. pp.115-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la liaison dans le discours non spontané des apprenants hellénophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympia Tsaknaki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international, Langues Moins Diffusées et Moins Enseignées (MoDiMEs) : langues enseignées, langues des apprenants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers; Université de Chypre, Jun 2017, Nicosie, Chypre</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Η φρασεολογία του φόβου και της έκπληξης στα ρωσικά και τα ελληνικά: διαγλωσσική σύγκριση</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identités : langue et littérature. Actes du colloque international pour les 20 ans du département de Philologie grecque de l’Université de Thrace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Komotini, Greece. pp.254-275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514299v1</w:t>
-              </w:r>
-[...451 lines deleted...]
-                <w:t xml:space="preserve">hal-02514637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le téléphone portable comme un outil de médiation dans le développement des compétences langagières</w:t>
               </w:r>
@@ -6564,221 +6564,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Présence d’éléments culturels dans le discours oral descriptif des apprenants. Intérêts pour l’enseignement-apprentissage du FLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Echanges culturels d’aujourd’hui : langue et littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Université de Tamkang, Tamsui (Taïwan), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How to motivate students to talk about their emotions: a cultural and linguistic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching Languages and Cultures in the Post-Method Era: Developing Competencies, Re-thinking Practices - TLC 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Niš, Nov 2016, Niš, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Présence d’éléments culturels dans le discours oral descriptif des apprenants. Intérêts pour l’enseignement-apprentissage du FLE</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le discours émotionnel d’apprenants allophones. Comment innover et contextualiser les pratiques de classe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Mondial de la FIPF "Français, langue ardente"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6797,683 +6797,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corpus Multilingue GRAFE : présentation et quelques pistes d’exploitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Nita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chuquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Marti Solano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traces de subjectivité et Corpus multilingues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FoReLLIS, Université de Poitiers, May 2015, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02526047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre tradition et modernité dans le discours émotionnel d’apprenants allophones. Quelles perspectives pour l’enseignement-apprentissage de la langue étrangère ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Les études françaises aujourd’hui. Tradition et modernité »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Université de Nis, Nis (Serbie), Serbie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exprimer ses émotions à l’oral : étude d’un corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SILF 2014 - XXXVIe COLLOQUE INTERNATIONAL DE LINGUISTIQUE FONCTIONNELLE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Varsovie, Oct 2014, Varsovie, Pologne. pp.218-223</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02525387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Translating sexual in-betweenness: gender identity and grammatical gender issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simos Grammenidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Queering Translation - Translating the Queer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre for Translation Studies of the University of Vienna, Mar 2015, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emotion across learner corpora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Linguistics and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eastern Mediterranean Academic Research Center, Jun 2015, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Φόβος και έκπληξη: Ορισμός και περιγραφή</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Greek Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of the Aegean, Sep 2013, Rhodes, Greece. pp.151-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Raluca Nita</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre à exprimer ses émotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ramon Marti Solano</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traces de subjectivité et Corpus multilingues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FoReLLIS, Université de Poitiers, May 2015, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Enseigner et apprendre le FLE en contexte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Chypre, Nov 2014, Nicosie, Chypre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...335 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sentiments dans les manuels de FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inspiracja motywacja sukces : rola materiałów dydaktycznych i form prazy na lekcji języka obcego</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Varsovie, Jun 2013, Varsovie, Pologne. pp.47-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514306v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02514685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La médiation par la traduction et la production écrite au niveau universitaire</w:t>
               </w:r>
@@ -7673,191 +7673,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Associative semantic networks and intracultural knowledge: from identity to identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne H. Baider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference Cross-Culturally Speaking, Speaking Cross-Culturally</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Macquarie University, Jul 2009, Sydney, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les enseignants du FLE face à l’enseignement de l’interculturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Marquillo Larruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Année européenne du dialogue interculturel : communiquer avec les langues-cultures. Congrès International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Thessalonique, 2008, Thessalonique, Grèce. pp.574-587</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01528701v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02514703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des besoins langagiers des apprenants chypriotes hellénophones en français à partir d’un corpus d’écrits d’apprenants</w:t>
               </w:r>
@@ -8039,51 +8039,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Τα παιδιά μιλούν για συναισθήματα: Oρισμός και περιγραφή συναισθημάτων στην προσχολική ηλικία]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Greek Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Patras, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8541,51 +8541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La palette des émotions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chauvaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8761,139 +8761,139 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expression des sentiments : de l'analyse linguistique aux applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Nita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2018, Rivages linguistiques, ISSN 1775-156X, 978-2-7535-7416-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des sentiments au point de vue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raluca Nita</w:t>
+                <w:t xml:space="preserve">Hélène Chuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...74 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Nita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
@@ -9227,51 +9227,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les nuances de l’amour : la conceptualisation de l’amour en grec et en russe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lamprou E. et Valetopoulos F. (éds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exprimer son amour et sa haine : une étude à travers les langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -9307,125 +9307,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ερμηνεία των συναισθημάτων των άλλων: δεδομένα από ελληνόφωνα παιδιά προσχολικής ηλικίας</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Motsiou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studies in Greek Linguistics 41. Proceedings of the Annual Meeting of the Department of Linguistics, School of Philology, Faculty of Philosophy, Aristotle University of Thessaloniki, May 13-15, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristotle University of Thessaloniki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.163-173, 2021, 978-960-231-206-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réalisation de schwa dans un corpus de discours non spontané en français : une recherche chez les apprenants hellénophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympia Tsaknaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Izert M.; Kostro M.; Sujecka-Zając J.; Szymankiewicz K. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au croisement des cultures, des discours et des langues. Cent ans d’études romanes à l’Université de Varsovie (1919-2019). Tome II Linguistique et Didactique du FLE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wydawnictwa Uniwersytetu Warszawskiego [Publications de l'Université de Varsovie]</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.191-201, 2021, 978-83-235-5294-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apprendre le français langue étrangère : représentations des étudiants hellénophones spécialistes du FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseignement/apprentissage du français dans les BalkansPoints de vue et études de cas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aracne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.107-120, 2021, 979-12-5994-199-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03642627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cohésion dans les textes argumentatifs rédigés par des apprenants de FLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Dekhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9445,251 +9639,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lambert Lucas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cohérence et cohésion textuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.175-194, 2021, 978-2-35935-343-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361540v1</w:t>
-              </w:r>
-[...192 lines deleted...]
-                <w:t xml:space="preserve">hal-05439785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to motivate students to talk about their emotions: a linguistic approach</w:t>
               </w:r>
@@ -9889,50 +9889,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La surprise dans tous ses états : analyse sémantique des prédicats exprimant la surprise en grec moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Depraz N. et C. Serban (éds), La surprise à l’épreuve des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.157-176, 2015, 978-2-7056-90311</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’expression de la causalité dans un corpus d’apprenants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9941,346 +10010,277 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R. Kucharczyk et M. Smuk, Redéfinir la compétence linguistique en classe de langue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Varsovie, pp.185-201, 2015, 83-88012-86-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduire l’ambiguïté sexuelle : masculin ou féminin ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simos Grammenidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gay Sylvestre D. et Cl. Filteau, Il, Elle : entre je(u)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Limoges, 2015, 978-2-84287-670-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La surprise dans tous ses états : analyse sémantique des prédicats exprimant la surprise en grec moderne</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les propriétés combinatoires des prédicats de 'surprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Depraz N. et C. Serban (éds), La surprise à l’épreuve des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.157-176, 2015, 978-2-7056-90311</w:t>
+              <w:t xml:space="preserve">Blumenthal P., Novakova I. et D. Siepmann (eds), Les émotions dans le discours. Emotions in discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.95-106, 2014, 978-3-631-64608-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décrire l’état psychologique de peur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gavriilidou Z. et A. Revithiadou (éds), Mélanges offerts à Anna Anastassiadis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Saita, 2014, 978-618-5040-57-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513735v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02513739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les verbes supports des prédicats de sentiment : un nouvel état des lieux</w:t>
               </w:r>
@@ -10342,165 +10342,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le corps et l’expression des sentiments : étude contrastive du grec moderne et du français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Baider F. et G. Cislaru (éds), Cartographie des émotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.127-139, 2013, 9782878545920</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Définir la peur et la surprise en grec moderne et en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chuquet H., Nita R. et F. Valetopoulos (éds), Des sentiments au point de vue : études de linguistique contrastive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.95-116, 2013, 978-2-7535-2779-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513752v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02513770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduire la structure c’est … qui en grec moderne : les stratégies adoptées par les apprenants</w:t>
               </w:r>
@@ -10745,51 +10745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la langue traduit les sentiments : apprentissage de la peur et de la surprise dans une langue étrangère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne H. Baider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ligas P. et P. Frassi (éds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexiques, Identités, Cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, QuiEdit, pp.525-541, 2012, 978-8864641591</w:t>
@@ -10812,527 +10812,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enseigner 27 langues mais combien de cultures ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne H. Baider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Shiamma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Herreras J. C. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Europe des 27 et ses langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.191-202, 2011, 978-2-36424-008-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexion(s) sur l’exploitation d’un corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chuquet J. (dir.), Le langage et ses niveaux d’analyse : cognition, production de formes, production du sens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.125-137, 2011, 978-2-7535-1443-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marques de niveaux de langue et la lexicographie bilingue français-grec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Baider F., Lamprou E. et M. Burston (éds), Marques lexicographiques : Etats présents, voies d’avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert-Lucas, pp.235-252, 2011, 978-2-915806-98-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frei Henri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La grammaire des fautes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-6, 2011, 978-2-7535-1471-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...54 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques réflexions sur la constitution d’un corpus d’apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Europe des 27 et ses langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Valenciennes, pp.191-202, 2011, 978-2-36424-008-7</w:t>
+              <w:t xml:space="preserve">Cappeau P., Chuquet H. et F. Valetopoulos (éds), Travaux linguistiques du Cercle Linguistique du Centre et de l’Ouest 23 : L’Exemple et le corpus : quel statut ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.235-245, 2010, 978-2-7535-1113-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...171 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction de la démarche interculturelle dans les manuels : le risque de la contextualisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Marquillo Larruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques innovantes du plurilinguisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paris : Éditions des archives contemporaines et AUF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.237-250, 2010, 2813000299 9782813000293</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris : Éditions des archives contemporaines et AUF</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01481940v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02514565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux structures de locutions verbales pour exprimer le sentiment en grec moderne</w:t>
               </w:r>
@@ -11712,51 +11712,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Κατονομάζοντας τα συναισθήματα στην προσχολική ηλικία</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Motsiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">14th International Conference on Greek Linguistics, University of Patras, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11996,51 +11996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La causativité à travers les langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Thomières Shakhovskaya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syntaxe et sémantique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23 (1), 164 p., 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12160,51 +12160,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le français à la rencontre avec les autres langues : Approches linguistiques, littéraires et culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanja Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du CEES : Centre européen d'études slaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12242,64 +12242,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner le français langue étrangère à des apprenants natifs de langues modimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanja Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du CEES : Centre européen d'études slaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12337,51 +12337,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Exemple et le corpus : quel statut ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chuquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cappeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12509,51 +12509,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A99D649C"/>
+    <w:nsid w:val="BA8EA85D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12740,51 +12740,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/freiderikos-valetopoulos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8703-6230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077142810" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107628069" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114796589" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://communikite.usal.es/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kite.usal.es/france/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://includeed.usal.es" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-poitiers.fr/xceling/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elengua.usal.es/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434010v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Ucherek" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freiderikos Valetopoulos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Wiater" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/n.2025.65.2.1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439681v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Villarreal-C" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeisson M&#233;ndez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18041/2382-3240/saber.2024v19n1.11409" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878069v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.234.0101" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878068v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22190/FULL240512030V" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878065v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34616/ajmp.2024.21.8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571976v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Motsiou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.023.0109" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18290/rh237110.7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Anscombre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Thomi&#232;res Shakhovskaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793012v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Dekhissi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Lamprou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/gl.2022.49.1.04" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702376v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2022.492.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571978v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/ne.tranel.2022.3786" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/n.2021.56.1.7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03635469v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauvaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02888419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17951/lsmll.2020.44.1.135-145" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098355v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46630/phm.12.2020.20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513445v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324491v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympia Tsaknaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328674v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2019.462.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513453v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chanudet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/CLAC.62499" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063942v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Pires Amaral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Villarreal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/010318138648313300201" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060152v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.185.0067" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058914v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732835v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063662v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328766v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Boskovic" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513483v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513488v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513502v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ang&#233;lica P&#233;rez Pedraza" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.96" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435950v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Pereira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435954v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433992v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589971v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878058v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571985v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947998v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571986v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034973v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Sisic" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034924v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034938v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439775v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643317v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643390v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643224v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643186v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitrovic Borjan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439782v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03330185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Brunet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439786v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642851v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514710v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514293v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Kiyitsioglou-Vlachou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514291v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02479722v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901272v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514284v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514280v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514286v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019303v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019099v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048530v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019057v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514299v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514647v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514635v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514650v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514645v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514296v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514637v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514652v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514675v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478195v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621044v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514301v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526047v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chuquet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Marti Solano" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478180v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525387v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514682v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simos Grammenidis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514306v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514685v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514700v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514544v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528701v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Marquillo Larruy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514703v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne H. Baider" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514572v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514583v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514282v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133949v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10432/les-marqueurs-discursifs-a-l-oral-et-a-l-ecrit" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948254v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Laura Popa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20513" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325197v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1349042" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20954" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035015v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Herreros Marcilla" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Carson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane von Stutterheim" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Viale" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/0LP0032" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03635396v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Defiolle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Vigarello" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7457/la-palette-des-emotions" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508662v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fryni Kakoyianni-Doa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Monville-Burston" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomi Papadima-Sophocleous" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16130" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938347v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02371864v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3275" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511456v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Zaj&#261;c" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616457v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Gross" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Gabriela Pauna" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571982v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1297234" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571983v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642627v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aracneeditrice.eu/pubblicazioni/enseignement-apprentissage-du-francais-dans-les-balkans-ksenija-djordjevic-leonard-jovan-kostov-9791259941992.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361540v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034860v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eshop.ins-auth.gr/images/companies/1/archive/MEG_PLIRI/MEG_41_163_173.pdf?_gl=1*h4qfji*_ga*MTkyMTUyNTg1My4xNzY3NjI2NDEw*_ga_Z87PC1XRHC*czE3Njc2MjY0MTUkbzEkZzEkdDE3Njc2MjY0MzUkajQwJGwwJGgw" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439785v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wuw.pl/data/include/cms/Au_croisement_tom2_Izert_M_Kostro_M_Sujecka_Zajc_J_Szymankiewicz_K_red_2021.pdf#p191" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048595v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513659v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513724v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513731v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513726v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513729v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513735v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513739v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513743v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513752v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513770v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529088v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efi Lamprou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513773v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513776v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514550v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514560v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2734" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514555v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Shiamma" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513782v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513779v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01481940v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dlf.auf.org/spip.php?article108" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514565v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513789v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514575v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513795v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110251v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154720v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034993v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434008v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950462v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Wojakowska" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571977v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129392v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513411v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478285v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511463v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cappeau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/freiderikos-valetopoulos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8703-6230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077142810" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107628069" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114796589" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://communikite.usal.es/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kite.usal.es/france/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://includeed.usal.es" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-poitiers.fr/xceling/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elengua.usal.es/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434010v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Ucherek" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freiderikos Valetopoulos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Wiater" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/n.2025.65.2.1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439681v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Villarreal-C" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeisson M&#233;ndez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18041/2382-3240/saber.2024v19n1.11409" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878068v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22190/FULL240512030V" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878065v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34616/ajmp.2024.21.8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878069v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.234.0101" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607015v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Anscombre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Thomi&#232;res Shakhovskaya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18290/rh237110.7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571976v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Motsiou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.023.0109" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702376v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Dekhissi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Lamprou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2022.492.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793012v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/gl.2022.49.1.04" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571978v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/ne.tranel.2022.3786" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03635469v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauvaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439790v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/n.2021.56.1.7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02888419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17951/lsmll.2020.44.1.135-145" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098355v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46630/phm.12.2020.20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513445v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324491v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympia Tsaknaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513519v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2019.462.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328674v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513453v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chanudet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/CLAC.62499" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060152v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.185.0067" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058914v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732835v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063662v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328766v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Boskovic" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Pires Amaral" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Villarreal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/010318138648313300201" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513483v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513488v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513502v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ang&#233;lica P&#233;rez Pedraza" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.96" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433992v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435954v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435950v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Pereira" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878058v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589971v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947998v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571985v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571986v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034938v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439775v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034973v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Sisic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034924v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643390v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643317v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439782v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643186v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitrovic Borjan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643224v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03330185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Brunet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439786v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642851v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02479722v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514293v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Kiyitsioglou-Vlachou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514291v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901272v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514284v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514280v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514710v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019099v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048530v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019057v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019303v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514647v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514645v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514650v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514635v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514296v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514637v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514299v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514652v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478195v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514675v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621044v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526047v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chuquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Marti Solano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478180v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525387v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simos Grammenidis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514679v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514301v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514685v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514306v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514700v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514544v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514703v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne H. Baider" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01528701v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Marquillo Larruy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514572v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514583v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514282v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133949v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10432/les-marqueurs-discursifs-a-l-oral-et-a-l-ecrit" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948254v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Laura Popa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20513" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325197v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1349042" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20954" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035015v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Herreros Marcilla" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Carson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane von Stutterheim" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Viale" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/0LP0032" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03635396v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Defiolle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Vigarello" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7457/la-palette-des-emotions" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508662v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fryni Kakoyianni-Doa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Monville-Burston" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomi Papadima-Sophocleous" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16130" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938347v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02371864v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3275" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511456v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Zaj&#261;c" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00616457v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Gross" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Gabriela Pauna" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571982v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1297234" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571983v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034860v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eshop.ins-auth.gr/images/companies/1/archive/MEG_PLIRI/MEG_41_163_173.pdf?_gl=1*h4qfji*_ga*MTkyMTUyNTg1My4xNzY3NjI2NDEw*_ga_Z87PC1XRHC*czE3Njc2MjY0MTUkbzEkZzEkdDE3Njc2MjY0MzUkajQwJGwwJGgw" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439785v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wuw.pl/data/include/cms/Au_croisement_tom2_Izert_M_Kostro_M_Sujecka_Zajc_J_Szymankiewicz_K_red_2021.pdf#p191" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642627v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aracneeditrice.eu/pubblicazioni/enseignement-apprentissage-du-francais-dans-les-balkans-ksenija-djordjevic-leonard-jovan-kostov-9791259941992.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361540v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048595v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513659v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513724v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513729v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513731v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513726v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513739v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513735v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513743v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513770v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513752v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529088v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efi Lamprou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513773v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513776v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514550v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514555v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Shiamma" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513782v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513779v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514560v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2734" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514565v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01481940v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dlf.auf.org/spip.php?article108" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513789v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514575v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513795v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110251v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154720v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034993v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434008v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950462v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Wojakowska" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571977v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129392v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513411v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478285v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511463v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cappeau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>