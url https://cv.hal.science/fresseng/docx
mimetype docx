--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Fressengeas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fresseng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5534-712X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">109179668</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">201089787</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B-9982-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur de l'Université de Lorraine</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vice Président de </w:t></w:r></w:hyperlink><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Université de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, en charge du </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, des </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, et de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of InGaN/AlN heterostructure grown by using MOCVD technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Sauffi Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sha Shiong Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohd Anas Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Way Foong Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (4/5), pp.214-225. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJNT.2024.141754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05244855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La recherche française ne peut fonctionner efficacement qu’en restant connectée au reste du monde. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabesques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112, pp.8-9. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/arabesques.3818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural, optical and electrical properties of single-phase wurtzite ZnMgAlO thin films deposited by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christy Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro and Nanostructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 177, pp.207543. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micrna.2023.207543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis using a two-layer model of the transport properties of InGaN epilayers grown on GaN template substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Sauffi Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.106614. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2022.106614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical and Electrical Properties of ZnMgO with High Mg Content Elaborated by Ultrasonic Spray Pyrolysis Using Water‐Based Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.2200091. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.202200091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of temperature and D-sorbitol reducing agent content on the structural and optical properties of copper oxide thin films deposited by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 758, pp.139435. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2022.139435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of high-transparency ZnO thin films by ultrasonic spray pyrolysis with fast growth rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 156, pp.106945. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2021.106945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of growth temperature on the indium incorporation process for the MOCVD growth of InGaN/GaN heterostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauffi Bin Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sha Shiong Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohd Anas Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38 (3), pp.105-112. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MI-02-2021-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the impact of buffer germanium composition and low cost fabrication of Cu2O on AZO/ZnGeO/Cu2O solar cell performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (3), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2021003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Novel Thin Film Solar Cells: Design and Numerical Optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queny Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30, pp.199 - 205. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21315/jps2019.30.s2.17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM: Open-source, portable, and easy-to-use solar cell optimizer. Application to the design of InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.13. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of structural defects and polarization charges in InGaN-based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 107, pp.267-277. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2017.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of InGaN Schottky solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.219-225. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2015.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02430932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation study of a new InGaN p-layer free Schottky based solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 96, pp.121-133. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.05.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandgap energy bowing parameter of strained and relaxed InGaN layers,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gmili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Streque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Djerboub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (5), pp.1030-1041. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.4.001030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular Computing and Least Squares for partial differential problems parallel solving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cellular Automata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107064v8</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Design by Antioptimization for Parameter Tolerant GaAs/AlOx High Contrast Grating Mirror for VCSEL Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 31 (21), pp.3374-3380. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2013.2282871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide confinement and high contrast grating mirrors for Mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (10), pp.1576-1585. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.3.001576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microsecond infrared beam bending in photorefractive iron doped indium phosphide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 48, pp.96-101. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2012.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface states effects in GaN Schottky diodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Ahaitouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Srour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 522, pp.345-351. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2012.08.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design of Si/Si3N4 high contrast grating mirror for mid-infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (3), pp.169-174. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-012-9578-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Si/SiO2 high contrast grating mirror design for mid-infrared wavelength range: robustness enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44, pp.626-630. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2011.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental control of steady state photorefractive self-focusing in InP:Fe at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104 (4), pp.887-895. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00340-011-4438-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 103 (4), pp.1139-1144. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00339-010-6059-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid-infrared sub-wavelength grating mirror design: tolerance and influence of technological constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (12), pp.125502. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2040-8978/13/12/125502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro pulling down growth of Fe-doped LiNbO3 crystal fibers for optical waveguide engraving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Novoselov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 32, pp.456-460. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2009.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical waveguide engraving in a LiNbO3 crystal ﬁber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 95 (3), pp.573-578. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00340-009-3422-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The theory of photorefractive resonance for localized beams in two-carrier photorefractive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80 (3), pp.033837. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.80.033837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurable one and two dimensional waveguides in strontium barium niobate induced by lateral illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Montemezzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 390, pp.10-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00294745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light deflection and modulation through dynamic evolution of photoinduced waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flurin Juvalta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Jazbinsek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (21), pp.16646-16658. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.016646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in InP:Fe semiconductor at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92 (2), pp.021106-1-3. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2830989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00216680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roles of resonance and dark irradiance for infrared photorefractive self-focusing and solitons in bi-polar InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 75, pp.063834. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.75.063834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149011v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (20), pp.12777-12782. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.012777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal behavior of two-wave-mixing in photorefractive InP:Fe versus temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 261, pp.169-174. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2005.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the growth of a polymer micro-tip on an optical fiber end</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Joseph Lougnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 23, pp.611-620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Applied Electric Field Masking in Photorefractive Semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 38, pp.63-69. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-006-0011-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the light beam evolution in a biased SBN crystal in pulsed and continuous regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 296, pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of the photorefractive double phase-conjugate mirror in BaTiO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 67, pp.023817. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.67.023817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Focusing in Pulsed and Continuous Regime in Photorefractive Crystals: KNbO3, LiNbO3, SrxBa1 − xNb2O6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 296 (1), pp.9-18. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/714040636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the temporal behavior of one single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lhommé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1-6, pp.383-391. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01602-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive Self-Focusing of Continuous and Pulsed Light: Experiment, Theory, Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 267 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing in photorefractive materials for optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 27, pp.405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental self-focusing of a single laser pulse in photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 89 (5), pp.2511-2515. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1341207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing of a continuous laser beam in KNbO3 in the presence of an externally applied electric field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of the propagation of a single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LASER BEAM SELF-FOCUSING IN PHOTOREFRACTIVE MATERIALS: OPTICAL LIMITING APPLICATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nonlinear Optical Physics and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 09 (04), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218863500000376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental photorefractive self-focusing of a single laser pulse in Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 238, pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing of a single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62 (6), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.62.8700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the self-focusing process temporal behavior in photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 85 (4), pp.2062-2067. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.369503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the behaviour of narrow nanasecond laser pulses in biased photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 223, pp.381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the temporal behavior of soliton propagation in photorefractive media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 59 (5), pp.6116-6121. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.59.6116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Build up mechanisms of (1+1)-dimensional photorefractive bright spatial quasi-steady-state and screening solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 145 (1-6), pp.393-400. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(97)00455-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental transient self-focusing in Bi12TiO20 crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 202, pp.193-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal behavior of bidimensional photorefractive bright spatial solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 54 (6), pp.6866 - 6875. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.54.6866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science Ouverte à l'Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Bracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lylette Lacôte-Gabrysiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Gutsfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association QuaRES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de l'école inter-organismes qualité et responsabilité sociétale en recherche et en enseignement supérieur.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, , pp.107, 2023, Les cahiers de l'école inter-organismes qualité et responsabilité sociétale en recherche et en enseignement supérieur., 978-2-9550033-6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM - Open-Source Solar Cell Multivariate Optimizer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:35c5f1a11f22bdab179e37e69bdca43b4640d6a1;origin=https://hal.archives-ouvertes.fr/hal-01897934;visit=swh:1:snp:441755d289c857cc32ea7dcbf1280139e3856379;anchor=swh:1:rev:f370e484d8579b4ccc863d1c2a2f10decad21914;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897934v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (113)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture des publications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASSOCIATION FRANCOPHONE DE GESTION DES RESSOURCES HUMAINES, Oct 2025, Deauville, France. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17391324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lorraine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond Open Access Policy Forum: Launch event</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ALMASI project (Aligning and Mutualizing Nonprofit Open Access Publishing Services Internationally) seeks to develop a nonprofit, high-quality, and sustainable scholarly communication ecosystem across Africa, Europe, and Latin America., Oct 2025, Online, France. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17455100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science ouverte et humanités numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réinventer le Patrimoine à l’Ère du Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR LISA, Oct 2025, Corte (Corse), France. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17390488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des données de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASSOCIATION FRANCOPHONE DE GESTION DES RESSOURCES HUMAINES, Oct 2025, Deauville, France. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17408974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French research simplification policy through Persistent IDentifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Catala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris Conference on Open Research Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne University, Sep 2024, Paris Sorbonne Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a two-step process based on ultrasonic spray pyrolysis to optimize optical and electrical properties of ZnMgAlO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafae El Berjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society (E-MRS), May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning research assessment with Open Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Science : from policy to practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swedish Research Council, National Library of Sweden and Swedish Museum of Natural History, May 2023, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseiller, orienter & soutenir pour répondre aux enjeux de la science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Science Ouverte de l'Université de Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, Mar 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of ZnMgO thin films by ultrasonic spray pyrolysis for optoelectronic applications using water-based solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring Meeting of the European Materials Research Society (E-MRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03642156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Science Strategy in Lorraine University</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus on Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris Nanterre University, Sep 2022, Paris - Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic spray pyrolysis deposition of cuprous oxide thin films: Microstructure and optical investigations,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Maloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science Ouverte au service de la culture scientifique et technique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwin Dreyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Dacos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science &amp; You</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Nov 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie de Science Ouverte de l'Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e école inter-organismes Qualité et Responsabilité Sosiétale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the precursor concentration on structural properties of ZnO thin films by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de ses données et les valoriser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Science Ouverte 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Oct 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrir la science : une nécessité, un objectif, une obligation, une gageure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'école doctorale SIReNa, de l'université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale SIReNa, université de Lorraine, Feb 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of InGaN based solar cells: present status and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauffi Bin Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of Malaysia Nitrides Research Group (MNRG 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Penang, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Optimization of Solar Cells A review of standard and novel methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Semiconductor Materials and Technology (ICoSeMT 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Penang, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au colloque Science Ouverte : Quelles pistes pour publier autrement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Science Ouverte : Quelles pistes pour publier autrement ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Oct 2019, Villers-les-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the impact of low cost fabrication of Cu2O on solar cell performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2019 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules solaires en couches minces semi-conductrices en nitrure d’indium et de gallium (InGaN) : potentiel, limites et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Matériaux pour l’Optique &amp; Photonique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of InGaN based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compound Semiconductor Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Optimized InGaN Metal-IN Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China France Second Workshop on Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Aug 2016, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire Open Science, le point de vue d'un enseignant-chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Jan 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of of PN, PIN and new Schottky based InGaN thin films solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotech France 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SETCOR, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et Optimisation d’une cellule solaire Schottky à base d’InGaN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Colloque de Recherche Inter Écoles Centrales et CentraleSupélec (CRIEC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Châtenay-Malabry, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter-tolerant design of high contrast gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Feb 2015, San Francisco, United States. pp.93720N-93720N-8, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2081595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs/AlOx high-contrast grating mirrors for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Feb 2015, San Francisco, United States. pp.93720S-93720S-9, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2084515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two carrier band transport in InP:Fe under single beam illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miscoci Andreea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China-France Workshop on Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wuhan University of Technology, Nov 2014, Wuhan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies of oxide confinement and high contrast grating mirrors for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTON 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Graz, Austria. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2014.6876343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigorous optimization of InGaN multijunction solar cells efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2013 SPRING MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design for parameter tolerant GaAs High Contrast Grating mirror for mid infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Freiburg Infrared Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Freiburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs-based monolithic high contrast gratings for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Taliercio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor and Integrated OptoElectronics 2012 (SIOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cardiff, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterCell: a Software Suite for Rapid Prototyping and Parallel Execution of Fine Grained Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARA 2010 - 10th International Conference on Applied Parallel and Scientific Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Reykjavík, Iceland. pp.282-292, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28151-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlOx/GaAs high contrast grating mirrors for mid infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bouscayrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTON 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Coventry, United Kingdom. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2012.6254396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design of subwavelength grating mirror for mid-infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of Optoelectronic Devices NUSOD 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy. 2 p. - ISBN:978-1-61284-877-8, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NUSOD.2011.6041173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized GaAs High Contrast Grating Design and Fabrication for Mid-infrared Application at 2.3 μm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, San Jose, United States. pp.CD-ROM Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterCell: a Software Suite for Rapid Prototyping and Parallel Execution of Fine Grained Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARA 2010 : State of the Art in Scientific and Parallel Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Reykjavick, Iceland. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized subwavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERREG IV A NANODATA JOURNEES SUR LES NANOTECHNOLOGIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00557011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in InP:Fe under Gaussian illumination at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NTuC63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00495027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NANOSMAT-5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Reims, France. CD-ROM, NANO-377 (3 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Les Issambres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in InP:Fe under Gaussian illumination at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE - Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Annual Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France. pp.CD-ROM (TOM3_3493_05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing a LiNbO3 crystal fibre for optical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOVPE growth of InGaN on ZnO-buffered Si(111) substrates for solar cells applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Maloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EW-MOVPE XIII Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Ulm, Germany. pp.249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00415609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in InP:Fe at infra-red wavelengths: simulations and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topical Meeting Photorefractive Materials, Effects, and Devices Control of Light and Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Bad Honnef, Germany. pp.P2-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00404286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving and study of an optical waveguide in a LiNbO3:Fe crystal fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PR 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Germany. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast infrared self-focusing in photorefractive InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Lasers and Electro-Optics and the European Quantum Electronics Conference (CLEO EQEC 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munchen, Germany. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2009.5196393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular based simulation of semiconductors thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Thin Film Processing and Characterization - ITFPC 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-pulling-down growth and optical waveguide engraving in Fe-doped LiNbO3 single crystal fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Novoselov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMDT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically induced waveguide in iron-doped LiNbO3 crystal ﬁbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECAPD'9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, ROME, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self focusing in InP:Fe semiconductor at near infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.780032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inscription et test d'un guide photoinduit par soliton spatial dans une ﬁbre de LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhoNoMi2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One and two-dimensional reconfigurable light induced waveguides and their dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Coda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS annual meeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM 6 819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00328619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides d'ondes photoinduits dans des fibres cristallines LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIC'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Mohammedia, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the formation of near infrared photoinduced waveguides in photorefractive semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICO-21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Sydney, Australia. pp.268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00353226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of beam self-focusing in photorefractive InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Annual Meeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate Crystal Fibers: New Substrat Design for Optoelectronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRESD'07International Conference for Renewable Energies and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Tlemcen, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Behavior of Photorefractive Self-Focusing in InP:Fe Crystals at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Effects, Photosensitivity, Fiber Gratings, Photonic Materials and More (PR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Squaw Creek, United States. Paper MB25-1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast build up of photorefractive spatial solitons in iron doped indium phosphide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006, 28-31 aout 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sibiu, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time Photoinduced Waveguides in Sn2P2S6 Bulk Crystals with Visible or Near Infrared Light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Controlling Light with Light (PR'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Squaw Creek, United States. Paper TuB3-1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interactive Problem Modeller and PDE Solver, Distributed on Large Scale Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Workshop on Distributed Frameworks for Multimedia Applications - DFMA '07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00139660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006: Eighth Conference on Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Sibiu, Romania. pp.67851C-1-6, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.757925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induce an optical waveguide in LiNbO3 ﬁbers using an optical vortice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, METZ, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in InP : Fe on microseconds timescale at near infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00138780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEOE-IQEC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.CC-677, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-IQEC.2007.4386070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Self-Focusing of Light in a Photorefractive Semiconductor for Reconfigurable Optical Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Transparent Optical Networks (ICTON 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Rome, Italy. pp.105-108, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2007.4296155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00211936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Photorefractive Self-Focusing in InP:Fe Semi-Conductor at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/QELS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.JWA66-1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00150317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving an optical waveguide in a lithium niobate crystal fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of visible or near infrared light in bulk photorefractive materials : from waveguides to cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sciamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rio de la Plata Workshop on noise, chaos and complexity in lasers and nonlinear optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Punta del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la croissance de matériau aux applications optoélectroniques: Les fibres cristallines de Niobate de Lithium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CNR-IUT Thionville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Thionville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self focusing in InP : Fe in near infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-IQEC.2007.4386074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00138778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6: Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.CC-677</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inscription d'un guide photo-induit dans une fibre de LiNbO3 par soliton spatial photoréfractif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragomir N. Neshev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Grenoble 2007 COLOQ'10 – JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium niobate crystal fibers : a new substrate design for optoelectronic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.C.R.E.S.D. 2007, International Conference for Renewable Energies and Sustained Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides photoinduits dans le semi-conducteur InP:Fe pour application au routage tout optique reconfigurable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self focusing in near IR for optical communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Conference on the Applications of Polar Dielectrics, 5-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast self-induced waveguides ine photorefractive semi-conductor InP:Fe for reconfigurable optical swiching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, ?, France. pp.91870Q</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast self-induced waveguides in photorefractive semiconductor InP:Fe for reconfigurable optical switching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Stasbourg, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.662903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00211985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fibres cristallines de niobate de lithium : Intérêts scientifiques et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vèmes journées d'Optique et de Traitement de l'Information - Optique 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved numerical simulation of a single laser beam in a photorefractive semi-conductor for telecommunications applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Waveguide Theory and Numerical Modelling, 20-21 avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Varese, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides photoinduits dans le semiconducteur In :Fe pour application au routage tout optique reconfigurable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Metz, France. pp.339-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in near IR for telecommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006, 28-31 aout 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Sibiu, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autofocalisation photrefractive rapide dans les semiconducteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and experimental temporal self–focusing studies in photorefractive InP : Fe at telecommunication wavelength,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jan 2005, p. WD17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00103681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and Experimental Temporal Self-Focusing Studies in Photorefractive InP:Fe at Telecommunication Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non Linear Guided Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive transient self focusing in semiconductor InP:Fe at telecommunications wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Nankai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved applied field masking inphotorefractive semiconductor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Waveguide Theory and Numerical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal numerical resolution of Kukhtarev equation In InP:Fe photorefractif semiconductor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on PHysics and Applications of SEmiconductor LASERs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'auto-focalisation transitoire dans le semi-conducteur photoréfractif InP:Fe aux longueurs d'onde des télécommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'autofocalisation transitoire dans le semiconducteur photoréfractif InP :Fe aux longueurs d'onde des télécommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2004, pp. 248-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00104391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of the growth of polymer micro-elements at the end of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model and simulation of the build-up of polymer micro-optical components on top of a fiber end</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in pulsed and continuous regime in SBN: application to Optical Limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Focusing in Pulsed and Continuous Regime in Photorefractive Crystals KNbO3, LiNbO3, SrxBa1 xNb2O6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euroconference on Applications of Polar Dielectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Aveiro, Portugal. pp.9 - 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autofocalisation infrarouge dans le semi-conducteur InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des Cristaux pour l'Optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Valpré Ecully (Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the Light Beam Evolution in a Biased SBN Crystal in Pulsed and Continuous Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euroconference on Applications of Polar Dielectrics (ECAPD-6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Aveiro, Portugal. pp.109-116, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190390239198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France. pp.413</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et simulation de la croissance de micro-éléments en extrémité de fibre optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club Contrôles et Mesures Optiques pour l'Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of the growth of polymer micro-elements at the end of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France. pp.275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel simulation of photorefractive material for the design of all-optical components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lhommé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied parallel computing : advanced scientific computing (Espoo, 15-18 June 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Espoo, Finland. pp.578-587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive Self-Focusing of Continuous and Pulsed Light: Experiment, Theory, Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International Meeting on Ferroelectricity (IMF-10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Madrid, Spain. pp.341-346, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190211036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du calcul formel automatique dans l'enseignement de l'électromagnétisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental photorefractive self-focusing of a single nanosecond laser pulse in Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth European Meeting on Ferroelectricity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, Prague, Czech Republic. pp.273-280, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190008008793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the behaviour of narrow nanosecond laser pulses in biased photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth European Conference on Applications of Polar Dielectrics (ECAPD-IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Montreux, Switzerland. pp.381-388, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150199908260593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical investigation of the time behavior of self-focused light pulses propagating in biased photorefractive media and experimental evidence on Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Fiber and Crystal Devices: Materials, Optical Properties, and Applications IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, San Diego, CA, United States. pp.102-109, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.326847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing and soliton propagation of light pulses in photorefractive media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998 International Conference on Applications of Photonic Technology III: Closing the Gap between Theory, Development, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Ottawa, Canada. pp.720-725, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.328615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical investigation of photorefractive spatial soliton temporal behavior, the route to SHG enhancement, and switching applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Fiber and Crystal Devices: Materials, Optical Properties, and Applications IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, San Diego, CA, United States. pp.94-101, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.326846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive spatial solutions: a route towards optical switching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998 International Conference on Applications of Photonic Technology III: Closing the Gap between Theory, Development, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Ottawa, Canada. pp.265-270, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.328736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental transient self-focusing in Bi12TiO20 crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Conference on Applications of Polar Dielectrics (ECAPD-3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Bled, Slovenia. pp.193-202, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150199708213476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM: Open-Source, Portable and Easy-to-use Solar Cell Optimizer. Application to the Design of InGaN and CZTS Solar Cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of defect and polarization on efficiency of InGaN-based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compound Semiconductor Week 2017 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Interface Properties on the Electrical Characteristics of InGaN-based Multijunction Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNS 12 - 12th International Conference on Nitride Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et Optimisation d’une cellule solaire Schottky à base d’InGaN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’école doctorale EMMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate numerical optimization of an InGaN-based hetero junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Euro-TMCS II: Theory, Modelling and Computational Methods for Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cork, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et système pour réaliser des connexions optiques et composants de connectique optique ainsi obtenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 2001FR-0015481. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00401003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif de mesure de l'évolution de la longueur d'usure d'une tuyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chapellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 93 11765. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Science Ouverte, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to write a scientific paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux et la visibilité de la recherche : de la science ouverte aux réseaux sociaux par la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université de Lorraine, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00521501v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian Beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Gaussian Beams, Université de Lorraine, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00670322v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optique Ondulatoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence / L2. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sfo-00539125v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champs et propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Engineering school. Supélec, campus de Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second Harmonic Generation and related second order Nonlinear Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université de Lorraine, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520581v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils mathématiques et numériques pour la physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3rd cycle. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520195v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Phase Conjugation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520588v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Principles of Open Science Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeny Bobrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Bracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Dacos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iain Hrynaszkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15807481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoARA French Chapter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Borget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Regnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrir la science Un objectif, une obligation, une gageure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InGaN Metal-IN Solar Cell: optimized efficiency and fabrication tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoARA approach at Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Grasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Lorraine. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE EXPERIMENTALE ET THEORIQUE DE L'AUTO-FOCALISATION D'UN FAISCEAU LASER EN MILIEU PHOTOREFRACTIF : CONVERGENCES SPATIALE ET TEMPORELLE VERS UN SOLITON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique [physics]. Université de Metz, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1997METZ024S⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00520187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-focalisation laser et photoréfractivité: des modélisations aux applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique [physics]. Université de Metz, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00107251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Pippin Aspaas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId419"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Fressengeas </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fresseng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5534-712X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">109179668</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">201089787</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B-9982-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur de l'Université de Lorraine</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vice Président de </w:t></w:r></w:hyperlink><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Université de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, en charge du </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, des </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, et de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of InGaN/AlN heterostructure grown by using MOCVD technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Sauffi Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sha Shiong Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohd Anas Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Way Foong Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (4/5), pp.214-225. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJNT.2024.141754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05244855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La recherche française ne peut fonctionner efficacement qu’en restant connectée au reste du monde. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabesques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112, pp.8-9. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/arabesques.3818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural, optical and electrical properties of single-phase wurtzite ZnMgAlO thin films deposited by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christy Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro and Nanostructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 177, pp.207543. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micrna.2023.207543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis using a two-layer model of the transport properties of InGaN epilayers grown on GaN template substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Sauffi Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.106614. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2022.106614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical and Electrical Properties of ZnMgO with High Mg Content Elaborated by Ultrasonic Spray Pyrolysis Using Water‐Based Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.2200091. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.202200091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of temperature and D-sorbitol reducing agent content on the structural and optical properties of copper oxide thin films deposited by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 758, pp.139435. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2022.139435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of high-transparency ZnO thin films by ultrasonic spray pyrolysis with fast growth rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 156, pp.106945. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2021.106945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of growth temperature on the indium incorporation process for the MOCVD growth of InGaN/GaN heterostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauffi Bin Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sha Shiong Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohd Anas Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38 (3), pp.105-112. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MI-02-2021-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the impact of buffer germanium composition and low cost fabrication of Cu2O on AZO/ZnGeO/Cu2O solar cell performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (3), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2021003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Novel Thin Film Solar Cells: Design and Numerical Optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queny Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zainuriah Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30, pp.199 - 205. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21315/jps2019.30.s2.17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM: Open-source, portable, and easy-to-use solar cell optimizer. Application to the design of InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.13. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of structural defects and polarization charges in InGaN-based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 107, pp.267-277. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2017.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of InGaN Schottky solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.219-225. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2015.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02430932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation study of a new InGaN p-layer free Schottky based solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 96, pp.121-133. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.05.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01318037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandgap energy bowing parameter of strained and relaxed InGaN layers,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gmili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Streque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Djerboub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (5), pp.1030-1041. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.4.001030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular Computing and Least Squares for partial differential problems parallel solving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cellular Automata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107064v8</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Design by Antioptimization for Parameter Tolerant GaAs/AlOx High Contrast Grating Mirror for VCSEL Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 31 (21), pp.3374-3380. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2013.2282871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide confinement and high contrast grating mirrors for Mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (10), pp.1576-1585. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.3.001576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microsecond infrared beam bending in photorefractive iron doped indium phosphide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 48, pp.96-101. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2012.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface states effects in GaN Schottky diodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Ahaitouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Srour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 522, pp.345-351. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2012.08.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design of Si/Si3N4 high contrast grating mirror for mid-infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (3), pp.169-174. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-012-9578-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00693474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Si/SiO2 high contrast grating mirror design for mid-infrared wavelength range: robustness enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Laser Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44, pp.626-630. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlastec.2011.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 103 (4), pp.1139-1144. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00339-010-6059-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental control of steady state photorefractive self-focusing in InP:Fe at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 104 (4), pp.887-895. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00340-011-4438-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid-infrared sub-wavelength grating mirror design: tolerance and influence of technological constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (12), pp.125502. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2040-8978/13/12/125502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro pulling down growth of Fe-doped LiNbO3 crystal fibers for optical waveguide engraving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Novoselov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 32, pp.456-460. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optmat.2009.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical waveguide engraving in a LiNbO3 crystal ﬁber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 95 (3), pp.573-578. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00340-009-3422-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The theory of photorefractive resonance for localized beams in two-carrier photorefractive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80 (3), pp.033837. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.80.033837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurable one and two dimensional waveguides in strontium barium niobate induced by lateral illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Montemezzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 390, pp.10-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00294745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light deflection and modulation through dynamic evolution of photoinduced waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flurin Juvalta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Jazbinsek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (21), pp.16646-16658. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.016646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in InP:Fe semiconductor at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92 (2), pp.021106-1-3. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2830989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00216680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roles of resonance and dark irradiance for infrared photorefractive self-focusing and solitons in bi-polar InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 75, pp.063834. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.75.063834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149011v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (20), pp.12777-12782. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.012777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the growth of a polymer micro-tip on an optical fiber end</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Joseph Lougnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 23, pp.611-620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal behavior of two-wave-mixing in photorefractive InP:Fe versus temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 261, pp.169-174. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2005.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Applied Electric Field Masking in Photorefractive Semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 38, pp.63-69. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11082-006-0011-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the light beam evolution in a biased SBN crystal in pulsed and continuous regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 296, pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of the photorefractive double phase-conjugate mirror in BaTiO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 67, pp.023817. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.67.023817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Focusing in Pulsed and Continuous Regime in Photorefractive Crystals: KNbO3, LiNbO3, SrxBa1 − xNb2O6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 296 (1), pp.9-18. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/714040636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the temporal behavior of one single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lhommé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1-6, pp.383-391. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(03)01602-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive Self-Focusing of Continuous and Pulsed Light: Experiment, Theory, Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 267 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing in photorefractive materials for optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 27, pp.405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental self-focusing of a single laser pulse in photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 89 (5), pp.2511-2515. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1341207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing of a continuous laser beam in KNbO3 in the presence of an externally applied electric field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of the propagation of a single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental photorefractive self-focusing of a single laser pulse in Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 238, pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LASER BEAM SELF-FOCUSING IN PHOTOREFRACTIVE MATERIALS: OPTICAL LIMITING APPLICATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nonlinear Optical Physics and Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 09 (04), </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218863500000376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing of a single laser pulse in a photorefractive medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62 (6), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.62.8700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the self-focusing process temporal behavior in photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 85 (4), pp.2062-2067. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.369503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the behaviour of narrow nanasecond laser pulses in biased photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 223, pp.381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the temporal behavior of soliton propagation in photorefractive media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 59 (5), pp.6116-6121. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.59.6116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00632984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Build up mechanisms of (1+1)-dimensional photorefractive bright spatial quasi-steady-state and screening solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 145 (1-6), pp.393-400. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0030-4018(97)00455-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental transient self-focusing in Bi12TiO20 crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ferroelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 202, pp.193-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal behavior of bidimensional photorefractive bright spatial solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 54 (6), pp.6866 - 6875. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.54.6866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science Ouverte à l'Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Bracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lylette Lacôte-Gabrysiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Gutsfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association QuaRES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de l'école inter-organismes qualité et responsabilité sociétale en recherche et en enseignement supérieur.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, , pp.107, 2023, Les cahiers de l'école inter-organismes qualité et responsabilité sociétale en recherche et en enseignement supérieur., 978-2-9550033-6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM - Open-Source Solar Cell Multivariate Optimizer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:35c5f1a11f22bdab179e37e69bdca43b4640d6a1;origin=https://hal.archives-ouvertes.fr/hal-01897934;visit=swh:1:snp:441755d289c857cc32ea7dcbf1280139e3856379;anchor=swh:1:rev:f370e484d8579b4ccc863d1c2a2f10decad21914;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897934v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (113)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture des publications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASSOCIATION FRANCOPHONE DE GESTION DES RESSOURCES HUMAINES, Oct 2025, Deauville, France. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17391324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lorraine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond Open Access Policy Forum: Launch event</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ALMASI project (Aligning and Mutualizing Nonprofit Open Access Publishing Services Internationally) seeks to develop a nonprofit, high-quality, and sustainable scholarly communication ecosystem across Africa, Europe, and Latin America., Oct 2025, Online, France. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17455100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science ouverte et humanités numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réinventer le Patrimoine à l’Ère du Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR LISA, Oct 2025, Corte (Corse), France. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17390488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des données de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASSOCIATION FRANCOPHONE DE GESTION DES RESSOURCES HUMAINES, Oct 2025, Deauville, France. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17408974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French research simplification policy through Persistent IDentifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Catala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris Conference on Open Research Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne University, Sep 2024, Paris Sorbonne Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning research assessment with Open Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Science : from policy to practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swedish Research Council, National Library of Sweden and Swedish Museum of Natural History, May 2023, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a two-step process based on ultrasonic spray pyrolysis to optimize optical and electrical properties of ZnMgAlO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafae El Berjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society (E-MRS), May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseiller, orienter & soutenir pour répondre aux enjeux de la science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Science Ouverte de l'Université de Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier, Mar 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of ZnMgO thin films by ultrasonic spray pyrolysis for optoelectronic applications using water-based solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring Meeting of the European Materials Research Society (E-MRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03642156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Science Strategy in Lorraine University</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus on Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris Nanterre University, Sep 2022, Paris - Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Science Ouverte au service de la culture scientifique et technique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwin Dreyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Dacos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science &amp; You</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Nov 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic spray pyrolysis deposition of cuprous oxide thin films: Microstructure and optical investigations,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Maloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie de Science Ouverte de l'Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19e école inter-organismes Qualité et Responsabilité Sosiétale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the precursor concentration on structural properties of ZnO thin films by ultrasonic spray pyrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Horwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de ses données et les valoriser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Science Ouverte 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Oct 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrir la science : une nécessité, un objectif, une obligation, une gageure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'école doctorale SIReNa, de l'université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale SIReNa, université de Lorraine, Feb 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of InGaN based solar cells: present status and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauffi Bin Yusof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourav Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Meeting of Malaysia Nitrides Research Group (MNRG 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Penang, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au colloque Science Ouverte : Quelles pistes pour publier autrement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Science Ouverte : Quelles pistes pour publier autrement ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Oct 2019, Villers-les-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Optimization of Solar Cells A review of standard and novel methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Semiconductor Materials and Technology (ICoSeMT 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Penang, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the impact of low cost fabrication of Cu2O on solar cell performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2019 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules solaires en couches minces semi-conductrices en nitrure d’indium et de gallium (InGaN) : potentiel, limites et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Matériaux pour l’Optique &amp; Photonique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of InGaN based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compound Semiconductor Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Optimized InGaN Metal-IN Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China France Second Workshop on Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Aug 2016, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire Open Science, le point de vue d'un enseignant-chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Jan 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of of PN, PIN and new Schottky based InGaN thin films solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotech France 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SETCOR, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et Optimisation d’une cellule solaire Schottky à base d’InGaN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Colloque de Recherche Inter Écoles Centrales et CentraleSupélec (CRIEC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Châtenay-Malabry, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs/AlOx high-contrast grating mirrors for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Feb 2015, San Francisco, United States. pp.93720S-93720S-9, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2084515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter-tolerant design of high contrast gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Feb 2015, San Francisco, United States. pp.93720N-93720N-8, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2081595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies of oxide confinement and high contrast grating mirrors for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTON 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Graz, Austria. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2014.6876343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two carrier band transport in InP:Fe under single beam illumination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miscoci Andreea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China-France Workshop on Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wuhan University of Technology, Nov 2014, Wuhan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigorous optimization of InGaN multijunction solar cells efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2013 SPRING MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design for parameter tolerant GaAs High Contrast Grating mirror for mid infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Freiburg Infrared Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Freiburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00795962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs-based monolithic high contrast gratings for mid-infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Taliercio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor and Integrated OptoElectronics 2012 (SIOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cardiff, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterCell: a Software Suite for Rapid Prototyping and Parallel Execution of Fine Grained Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARA 2010 - 10th International Conference on Applied Parallel and Scientific Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Reykjavík, Iceland. pp.282-292, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28151-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlOx/GaAs high contrast grating mirrors for mid infrared VCSELs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bouscayrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTON 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Coventry, United Kingdom. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2012.6254396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust design of subwavelength grating mirror for mid-infrared VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of Optoelectronic Devices NUSOD 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Rome, Italy. 2 p. - ISBN:978-1-61284-877-8, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NUSOD.2011.6041173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized GaAs High Contrast Grating Design and Fabrication for Mid-infrared Application at 2.3 μm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youness Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, San Jose, United States. pp.CD-ROM Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterCell: a Software Suite for Rapid Prototyping and Parallel Execution of Fine Grained Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARA 2010 : State of the Art in Scientific and Parallel Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Reykjavick, Iceland. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in InP:Fe under Gaussian illumination at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NTuC63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00495027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive effect in InP:Fe under Gaussian illumination at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE - Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00476904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NANOSMAT-5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Reims, France. CD-ROM, NANO-377 (3 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00537142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Les Issambres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized subwavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERREG IV A NANODATA JOURNEES SUR LES NANOTECHNOLOGIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00557011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized sub-wavelength grating mirror design for mid-infrared wavelength range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christyves Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Annual Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France. pp.CD-ROM (TOM3_3493_05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00558012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing a LiNbO3 crystal fibre for optical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in InP:Fe at infra-red wavelengths: simulations and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topical Meeting Photorefractive Materials, Effects, and Devices Control of Light and Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Bad Honnef, Germany. pp.P2-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00404286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOVPE growth of InGaN on ZnO-buffered Si(111) substrates for solar cells applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Maloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EW-MOVPE XIII Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Ulm, Germany. pp.249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00415609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast infrared self-focusing in photorefractive InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Lasers and Electro-Optics and the European Quantum Electronics Conference (CLEO EQEC 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munchen, Germany. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2009.5196393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving and study of an optical waveguide in a LiNbO3:Fe crystal fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PR 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Germany. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular based simulation of semiconductors thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">d'Havh Boumba Sitou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Thin Film Processing and Characterization - ITFPC 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-pulling-down growth and optical waveguide engraving in Fe-doped LiNbO3 single crystal fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Novoselov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMDT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically induced waveguide in iron-doped LiNbO3 crystal ﬁbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECAPD'9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, ROME, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One and two-dimensional reconfigurable light induced waveguides and their dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Coda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS annual meeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM 6 819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00328619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides d'ondes photoinduits dans des fibres cristallines LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIC'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Mohammedia, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self focusing in InP:Fe semiconductor at near infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.780032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inscription et test d'un guide photoinduit par soliton spatial dans une ﬁbre de LiNbO3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhoNoMi2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of the formation of near infrared photoinduced waveguides in photorefractive semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICO-21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Sydney, Australia. pp.268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00353226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of beam self-focusing in photorefractive InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Annual Meeting 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time Photoinduced Waveguides in Sn2P2S6 Bulk Crystals with Visible or Near Infrared Light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gorram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Controlling Light with Light (PR'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Squaw Creek, United States. Paper TuB3-1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast build up of photorefractive spatial solitons in iron doped indium phosphide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006, 28-31 aout 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sibiu, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self-focusing in semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006: Eighth Conference on Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Sibiu, Romania. pp.67851C-1-6, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.757925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interactive Problem Modeller and PDE Solver, Distributed on Large Scale Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Frezza-Buet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Gustedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Workshop on Distributed Frameworks for Multimedia Applications - DFMA '07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00139660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induce an optical waveguide in LiNbO3 ﬁbers using an optical vortice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, METZ, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Self-Focusing of Light in a Photorefractive Semiconductor for Reconfigurable Optical Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Transparent Optical Networks (ICTON 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Rome, Italy. pp.105-108, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2007.4296155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00211936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEOE-IQEC 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.CC-677, </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-IQEC.2007.4386070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in InP : Fe on microseconds timescale at near infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00138780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Behavior of Photorefractive Self-Focusing in InP:Fe Crystals at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Effects, Photosensitivity, Fiber Gratings, Photonic Materials and More (PR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Squaw Creek, United States. Paper MB25-1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium Niobate Crystal Fibers: New Substrat Design for Optoelectronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRESD'07International Conference for Renewable Energies and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Tlemcen, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Photorefractive Self-Focusing in InP:Fe Semi-Conductor at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/QELS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.JWA66-1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00150317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving an optical waveguide in a lithium niobate crystal fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00139160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of visible or near infrared light in bulk photorefractive materials : from waveguides to cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sciamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rio de la Plata Workshop on noise, chaos and complexity in lasers and nonlinear optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Punta del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la croissance de matériau aux applications optoélectroniques: Les fibres cristallines de Niobate de Lithium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CNR-IUT Thionville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Thionville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6:Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPSSO 2007 - International Workshop on Instabilities, Patterns and Spatial SOlitons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00138778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast photorefractive self focusing in InP : Fe in near infrared</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-IQEC.2007.4386074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inscription d'un guide photo-induit dans une fibre de LiNbO3 par soliton spatial photoréfractif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragomir N. Neshev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Grenoble 2007 COLOQ'10 – JNOG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near infrared steady state photorefractive self focusing in Sn2P2S6: Te crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Montemezzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. Grabar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Munich, Germany. pp.CC-677</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lithium niobate crystal fibers : a new substrate design for optoelectronic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.C.R.E.S.D. 2007, International Conference for Renewable Energies and Sustained Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Tlemcen, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides photoinduits dans le semi-conducteur InP:Fe pour application au routage tout optique reconfigurable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast self-induced waveguides in photorefractive semiconductor InP:Fe for reconfigurable optical switching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Stasbourg, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.662903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00211985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast self-induced waveguides ine photorefractive semi-conductor InP:Fe for reconfigurable optical swiching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, ?, France. pp.91870Q</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00334583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self focusing in near IR for optical communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Conference on the Applications of Polar Dielectrics, 5-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fibres cristallines de niobate de lithium : Intérêts scientifiques et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Bourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cochez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ferriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vèmes journées d'Optique et de Traitement de l'Information - Optique 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved numerical simulation of a single laser beam in a photorefractive semi-conductor for telecommunications applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Waveguide Theory and Numerical Modelling, 20-21 avril 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Varese, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autofocalisation photrefractive rapide dans les semiconducteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in near IR for telecommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMOPTO 2006, 28-31 aout 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Sibiu, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guides photoinduits dans le semiconducteur In :Fe pour application au routage tout optique reconfigurable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Metz, France. pp.339-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and experimental temporal self–focusing studies in photorefractive InP : Fe at telecommunication wavelength,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jan 2005, p. WD17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00103681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and Experimental Temporal Self-Focusing Studies in Photorefractive InP:Fe at Telecommunication Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non Linear Guided Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive transient self focusing in semiconductor InP:Fe at telecommunications wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Nankai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time resolved applied field masking inphotorefractive semiconductor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Waveguide Theory and Numerical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal numerical resolution of Kukhtarev equation In InP:Fe photorefractif semiconductor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on PHysics and Applications of SEmiconductor LASERs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'auto-focalisation transitoire dans le semi-conducteur photoréfractif InP:Fe aux longueurs d'onde des télécommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'autofocalisation transitoire dans le semiconducteur photoréfractif InP :Fe aux longueurs d'onde des télécommunications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wolfersberger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2004, pp. 248-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00104391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of the growth of polymer micro-elements at the end of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Focusing in Pulsed and Continuous Regime in Photorefractive Crystals KNbO3, LiNbO3, SrxBa1 xNb2O6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euroconference on Applications of Polar Dielectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Aveiro, Portugal. pp.9 - 18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive self-focusing in pulsed and continuous regime in SBN: application to Optical Limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autofocalisation infrarouge dans le semi-conducteur InP:Fe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Khelfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des Cristaux pour l'Optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Valpré Ecully (Lyon), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model and simulation of the build-up of polymer micro-optical components on top of a fiber end</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the Light Beam Evolution in a Biased SBN Crystal in Pulsed and Continuous Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euroconference on Applications of Polar Dielectrics (ECAPD-6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Aveiro, Portugal. pp.109-116, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190390239198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France. pp.413</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et simulation de la croissance de micro-éléments en extrémité de fibre optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club Contrôles et Mesures Optiques pour l'Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and simulation of the growth of polymer micro-elements at the end of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Hocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France. pp.275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive optical limiting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Dan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Photorefractive Effects, Materials, and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, La Colle sur Loup, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00169284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel simulation of photorefractive material for the design of all-optical components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lhommé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied parallel computing : advanced scientific computing (Espoo, 15-18 June 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Espoo, Finland. pp.578-587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive Self-Focusing of Continuous and Pulsed Light: Experiment, Theory, Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International Meeting on Ferroelectricity (IMF-10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Madrid, Spain. pp.341-346, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190211036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du calcul formel automatique dans l'enseignement de l'électromagnétisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00871093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental photorefractive self-focusing of a single nanosecond laser pulse in Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth European Meeting on Ferroelectricity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, Prague, Czech Republic. pp.273-280, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150190008008793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the behaviour of narrow nanosecond laser pulses in biased photorefractive Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth European Conference on Applications of Polar Dielectrics (ECAPD-IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Montreux, Switzerland. pp.381-388, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150199908260593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical investigation of the time behavior of self-focused light pulses propagating in biased photorefractive media and experimental evidence on Bi12TiO20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Fiber and Crystal Devices: Materials, Optical Properties, and Applications IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, San Diego, CA, United States. pp.102-109, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.326847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-focusing and soliton propagation of light pulses in photorefractive media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998 International Conference on Applications of Photonic Technology III: Closing the Gap between Theory, Development, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Ottawa, Canada. pp.720-725, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.328615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical investigation of photorefractive spatial soliton temporal behavior, the route to SHG enhancement, and switching applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photorefractive Fiber and Crystal Devices: Materials, Optical Properties, and Applications IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, San Diego, CA, United States. pp.94-101, </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.326846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractive spatial solutions: a route towards optical switching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998 International Conference on Applications of Photonic Technology III: Closing the Gap between Theory, Development, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Ottawa, Canada. pp.265-270, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.328736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental transient self-focusing in Bi12TiO20 crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Conference on Applications of Polar Dielectrics (ECAPD-3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, Bled, Slovenia. pp.193-202, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00150199708213476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00256713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLALOM: Open-Source, Portable and Easy-to-use Solar Cell Optimizer. Application to the Design of InGaN and CZTS Solar Cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of defect and polarization on efficiency of InGaN-based double-junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compound Semiconductor Week 2017 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Interface Properties on the Electrical Characteristics of InGaN-based Multijunction Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNS 12 - 12th International Conference on Nitride Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate numerical optimization of an InGaN-based hetero junction solar cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaine Abdoulwahab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Euro-TMCS II: Theory, Modelling and Computational Methods for Semiconductors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Cork, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et Optimisation d’une cellule solaire Schottky à base d’InGaN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’école doctorale EMMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et système pour réaliser des connexions optiques et composants de connectique optique ainsi obtenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Maufoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Wolfersberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godefroy Kugel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 2001FR-0015481. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00401003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé et dispositif de mesure de l'évolution de la longueur d'usure d'une tuyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chapellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Goetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 93 11765. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Science Ouverte, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to write a scientific paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux et la visibilité de la recherche : de la science ouverte aux réseaux sociaux par la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université de Lorraine, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00521501v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian Beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Gaussian Beams, Université de Lorraine, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00670322v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optique Ondulatoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence / L2. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sfo-00539125v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photorefractivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champs et propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Engineering school. Supélec, campus de Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils mathématiques et numériques pour la physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3rd cycle. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520195v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second Harmonic Generation and related second order Nonlinear Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université de Lorraine, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520581v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Phase Conjugation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Université Paul Verlaine Metz, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00520588v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Principles of Open Science Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeny Bobrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Bracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Dacos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iain Hrynaszkiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15807481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoARA French Chapter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Borget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Regnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrir la science Un objectif, une obligation, une gageure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InGaN Metal-IN Solar Cell: optimized efficiency and fabrication tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulwahab Adaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoARA approach at Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Grasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Lorraine. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE EXPERIMENTALE ET THEORIQUE DE L'AUTO-FOCALISATION D'UN FAISCEAU LASER EN MILIEU PHOTOREFRACTIF : CONVERGENCES SPATIALE ET TEMPORELLE VERS UN SOLITON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique [physics]. Université de Metz, 1997. Français. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1997METZ024S⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00520187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-focalisation laser et photoréfractivité: des modélisations aux applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique [physics]. Université de Metz, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00107251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fressengeas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Pippin Aspaas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId419"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A77E0D25"/>
+    <w:nsid w:val="37914376"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fresseng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5534-712X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/109179668" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201089787" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-9982-2012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://factuel.univ-lorraine.fr/node/10890" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://numerique.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dorel.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scienceouverte.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244855v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Sauffi Yusof" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainuriah Hassan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Shiong Ng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Anas Ahmad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Way Foong Lim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2024.141754" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04493999v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fressengeas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.3818" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04448096v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Bose" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Fadel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Saad Hamady" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perroud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micrna.2023.207543" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609434v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christyves Chevallier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2022.106614" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682161v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202200091" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751713v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2022.139435" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2021.106945" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247074v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauffi Bin Yusof" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MI-02-2021-0018" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247089v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2021003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463744v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queny Kieffer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21315/jps2019.30.s2.17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2018011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulwahab Adaine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2017.04.025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02430932v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2015.09.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01318037v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.05.020" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Orsal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Gmili" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Djerboub" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.4.001030" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107064v8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Frezza-Buet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00870878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Genty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jacquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2013.2282871" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Laaroussi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cerutti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.3.001576" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751970v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Dan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wolfersberger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2012.09.018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Ahaitouf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Srour" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ougazzaden" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.08.029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693474v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-012-9578-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00628574v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2011.09.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559841v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-011-4438-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00521032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Jacquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-010-6059-4" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4011D189DCEA39DCF1C9EF27974FC448E80F0762/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00647153v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/13/12/125502" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426547v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Novoselov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruso" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ferriol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cochez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2009.10.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0679M0C2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365161v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aillerie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-009-3422-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4SBXFK3J-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413884v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leblond" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.033837" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gorram" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Th&#233;venin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Coda" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fressengeas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montemezzani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322549v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Montemezzani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gorram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flurin Juvalta" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Jazbinsek" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.016646" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00216680v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Khelfaoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2830989" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149011v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.063834" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168980v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Grabar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.012777" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107077v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Kugel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chauvet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.12.001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107396v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Hocine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Joseph Lougnot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094072v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-006-0011-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XH769L49-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271482v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hesse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wolfersberger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kugel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169031v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mailhan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goetz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.67.023817" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266454v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hesse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/714040636" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169001v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lhomm&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01602-X" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VZC0W30T-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271489v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maufoy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271519v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256673v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1341207" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271507v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271498v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271525v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maufoy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218863500000376" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271527v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271522v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.8700" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632998v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.369503" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271538v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632984v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.59.6116" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256674v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00455-0" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLK0R1BH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271541v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271237v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.6866" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554958v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bracco" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brancher" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylette Lac&#244;te-Gabrysiak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Gutsfeld" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01897934v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:35c5f1a11f22bdab179e37e69bdca43b4640d6a1;origin=https://hal.archives-ouvertes.fr/hal-01897934;visit=swh:1:snp:441755d289c857cc32ea7dcbf1280139e3856379;anchor=swh:1:rev:f370e484d8579b4ccc863d1c2a2f10decad21914;path=/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337661v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17391324" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337656v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17455100" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329671v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17390488" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337659v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17408974" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04706931v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Catala" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04107938v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae El Berjali" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098820v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042554v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642156v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03789443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165667v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bose" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03436882v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dreyer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Dacos" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schneider" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03345750v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247128v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961048v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02476987v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248338v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152861v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02375589v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306812v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zaraket" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620576v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adaine Abdoulwahab" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248435v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01358346v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267684v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01326148v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01338308v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132683v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2081595" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132804v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2084515" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084840v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miscoci Andreea" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01108786v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876343" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835335v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795962v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862190v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Laaroussi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cerutti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00645121v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Havh Boumba Sitou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28151-8" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00772551v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouscayrol" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fontaine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2012.6254396" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00628591v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NUSOD.2011.6041173" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00642181v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00491969v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00557011v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495027v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00537142v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00536555v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476904v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00558012v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399747v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415609v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moudakir" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orsal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maloufi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Rogers" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404286v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dan" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leblond" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chauvet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397472v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruso" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399756v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5196393" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433062v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397593v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Novoselov" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferriol" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cochez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327673v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00276149v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.780032" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327680v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328619v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coda" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327672v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353226v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406630v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Devaux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152780v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279761v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113602v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279756v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gorram" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00139660v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256684v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.757925" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327670v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138780v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168532v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386070" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00211936v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2007.4296155" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150317v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139160v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279666v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marsal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sciamanna" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334594v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168533v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386074" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138778v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334572v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Grabar" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327677v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragomir N. Neshev" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338340v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113607v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113603v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334583v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khelfaoui" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00211985v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662903" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322515v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113597v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394609v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113599v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113606v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103681v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelfaoui" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169259v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169267v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169272v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169270v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169300v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104391v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169282v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169276v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169279v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256709v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169301v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256712v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190390239198" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169051v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169302v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169047v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169284v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481165v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256714v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190211036" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871093v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256716v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190008008793" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256715v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908260593" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256686v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.326847" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256694v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.328615" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256687v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.326846" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256690v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.328736" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256713v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199708213476" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948505v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523515v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579140v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01338242v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425924v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401003v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400994v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bernard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapellier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Heitz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03938676v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02942658v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02501151v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00521501v4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00670322v3" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-sfo.ccsd.cnrs.fr/sfo-00539125v2" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520586v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520200v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520581v4" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520195v3" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520588v2" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162786v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Bobrov" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Hrynaszkiewicz" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15807481" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04264538v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Borget" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Regnault" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02182519v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523416v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05062125v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00520187v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997METZ024S" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107251v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012942v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lutz" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Pippin Aspaas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fresseng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5534-712X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/109179668" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201089787" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-9982-2012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://factuel.univ-lorraine.fr/node/10890" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://numerique.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dorel.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scienceouverte.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244855v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Sauffi Yusof" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainuriah Hassan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Shiong Ng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Anas Ahmad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Way Foong Lim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2024.141754" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04493999v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fressengeas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.3818" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04448096v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Bose" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Fadel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Saad Hamady" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perroud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micrna.2023.207543" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609434v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christyves Chevallier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2022.106614" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682161v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202200091" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751713v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2022.139435" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2021.106945" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247074v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauffi Bin Yusof" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MI-02-2021-0018" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247089v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2021003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463744v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Queny Kieffer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21315/jps2019.30.s2.17" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2018011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01513102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulwahab Adaine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2017.04.025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02430932v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2015.09.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01318037v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.05.020" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Orsal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Gmili" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Streque" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Djerboub" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.4.001030" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107064v8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Frezza-Buet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00870878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Genty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jacquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2013.2282871" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Laaroussi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cerutti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.3.001576" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751970v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Dan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wolfersberger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2012.09.018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Ahaitouf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Srour" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ougazzaden" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.08.029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693474v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-012-9578-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00628574v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2011.09.010" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00521032v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Jacquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-010-6059-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4011D189DCEA39DCF1C9EF27974FC448E80F0762/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559841v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-011-4438-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00647153v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/13/12/125502" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426547v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Novoselov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ruso" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ferriol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cochez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2009.10.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0679M0C2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365161v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aillerie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-009-3422-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4SBXFK3J-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413884v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leblond" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.033837" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gorram" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Th&#233;venin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Coda" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fressengeas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montemezzani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322549v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Montemezzani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Gorram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flurin Juvalta" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Jazbinsek" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.016646" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00216680v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Khelfaoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2830989" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149011v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.063834" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168980v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Grabar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.012777" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107396v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Hocine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Kugel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Joseph Lougnot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107077v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chauvet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.12.001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094072v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-006-0011-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XH769L49-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271482v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hesse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wolfersberger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kugel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169031v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mailhan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goetz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.67.023817" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266454v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hesse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/714040636" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169001v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lhomm&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(03)01602-X" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VZC0W30T-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271489v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maufoy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271519v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256673v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1341207" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271507v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271498v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271527v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271525v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maufoy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218863500000376" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271522v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.8700" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632998v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.369503" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271538v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632984v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.59.6116" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256674v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0030-4018(97)00455-0" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BLK0R1BH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271541v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271237v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.6866" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554958v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bracco" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brancher" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylette Lac&#244;te-Gabrysiak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Gutsfeld" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01897934v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:35c5f1a11f22bdab179e37e69bdca43b4640d6a1;origin=https://hal.archives-ouvertes.fr/hal-01897934;visit=swh:1:snp:441755d289c857cc32ea7dcbf1280139e3856379;anchor=swh:1:rev:f370e484d8579b4ccc863d1c2a2f10decad21914;path=/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337661v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17391324" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337656v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17455100" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329671v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17390488" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05337659v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17408974" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04706931v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Catala" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098820v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04107938v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae El Berjali" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04042554v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642156v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03789443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03436882v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dreyer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Dacos" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schneider" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165667v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bose" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03345750v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247128v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02961048v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02476987v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248338v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02375589v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152861v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306812v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zaraket" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620576v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adaine Abdoulwahab" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248435v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01358346v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267684v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01326148v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01338308v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132804v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2084515" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132683v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2081595" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01108786v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876343" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084840v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miscoci Andreea" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835335v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795962v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862190v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Laaroussi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cerutti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00645121v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=d'Havh Boumba Sitou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28151-8" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00772551v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouscayrol" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fontaine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2012.6254396" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00628591v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NUSOD.2011.6041173" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00642181v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00491969v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495027v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476904v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00537142v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00536555v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00557011v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00558012v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399747v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404286v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leblond" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chauvet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415609v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moudakir" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orsal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maloufi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Rogers" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399756v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5196393" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397472v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruso" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433062v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397593v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Novoselov" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferriol" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cochez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327673v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328619v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coda" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327672v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00276149v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.780032" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327680v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353226v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406630v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Devaux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279756v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gorram" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113602v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256684v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.757925" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00139660v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327670v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00211936v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2007.4296155" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168532v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386070" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138780v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279761v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152780v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150317v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139160v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279666v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marsal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sciamanna" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334594v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138778v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168533v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2007.4386074" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327677v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragomir N. Neshev" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334572v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Grabar" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338340v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113607v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00211985v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662903" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334583v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khelfaoui" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113603v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322515v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113597v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113606v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113599v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394609v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103681v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelfaoui" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169259v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169267v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169272v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169270v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169300v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104391v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169282v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Royer" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256709v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169279v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169301v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169276v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256712v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190390239198" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169051v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169302v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169047v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169284v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481165v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256714v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190211036" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871093v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256716v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190008008793" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256715v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908260593" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256686v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.326847" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256694v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.328615" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256687v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.326846" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256690v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.328736" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00256713v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199708213476" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948505v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523515v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579140v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425924v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01338242v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401003v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400994v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bernard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapellier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Heitz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03938676v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02942658v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02501151v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00521501v4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00670322v3" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-sfo.ccsd.cnrs.fr/sfo-00539125v2" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520586v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520200v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520195v3" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520581v4" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00520588v2" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162786v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Bobrov" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Hrynaszkiewicz" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15807481" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04264538v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Borget" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Regnault" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02182519v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523416v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05062125v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00520187v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997METZ024S" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107251v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012942v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lutz" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Pippin Aspaas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>