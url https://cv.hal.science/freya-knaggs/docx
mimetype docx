--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking into Kafirin Dispersion through Experimental Design with Insight on Solvents' Free Energy</w:t>
+                <w:t xml:space="preserve">Applying the Scaled Particle Theory to the problem of kafirin solubility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freya Knaggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Charbonnel</w:t>
@@ -179,97 +179,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. European Young Cereal Scientists and Technologists Workshop (EYCSTW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cereals&amp;Europe, May 2025, Montpellier, France</w:t>
+              <w:t xml:space="preserve">3. Edible Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05207505v1</w:t>
+                <w:t xml:space="preserve">hal-05207559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying the Scaled Particle Theory to the problem of kafirin solubility</w:t>
+                <w:t xml:space="preserve">Looking into Kafirin Dispersion through Experimental Design with Insight on Solvents' Free Energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freya Knaggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Charbonnel</w:t>
@@ -304,73 +304,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Edible Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">22. European Young Cereal Scientists and Technologists Workshop (EYCSTW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cereals&amp;Europe, May 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05207559v1</w:t>
+                <w:t xml:space="preserve">hal-05207505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Kafirin's Biochemical and Physicochemical Properties through Size-Exclusion Chromatography</w:t>
               </w:r>
@@ -803,51 +803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Knaggs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Bonicel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nigen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207559v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207455v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Soldatic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532210v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207559v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Knaggs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Bonicel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nigen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207505v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207455v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Soldatic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532210v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>