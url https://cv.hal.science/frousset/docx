--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1523,425 +1523,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00991896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure Development of Biodegradable Polymers: Crystallization of PLA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffusion versus Cocrystallization of Very Long Polymer Chains at Interfaces: Experimental Study of Sintering of UHMWPE Nascent Powder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiana Deplancke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zakariaa Refaa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+                <w:t xml:space="preserve">Ilias Aguili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Seguela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.1628⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47 (1), pp.197-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma402012f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00952690v1</w:t>
+                <w:t xml:space="preserve">hal-00992099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of two-layer shear-thinning film flows</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Henry</w:t>
+                <w:t xml:space="preserve">Structure Development of Biodegradable Polymers: Crystallization of PLA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakariaa Refaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamed Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Fulchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.043004⟩</w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 554-557, pp.1628-1633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.1628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992095v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion versus Cocrystallization of Very Long Polymer Chains at Interfaces: Experimental Study of Sintering of UHMWPE Nascent Powder</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O. Lame</w:t>
+                <w:t xml:space="preserve">Stability of two-layer shear-thinning film flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 47 (1), pp.197-207. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (4), pp.043004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ma402012f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.88.043004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992099v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shear-Thinning Film on a Porous Substrate: Stability Analysis of a One-Sided Model</w:t>
               </w:r>
@@ -2050,376 +2050,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00683874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of Murray's law using a non-Newtonian model of blood flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability analysis of stratified coating flow of shear-thinning fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Revellin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J. Bonjour</w:t>
+                <w:t xml:space="preserve">H. Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Biology and Medical Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 6-7, pp.doi:10.1186/1742-4682-6-7</w:t>
+              <w:t xml:space="preserve">European Physical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 166, pp.143-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445842v1</w:t>
+                <w:t xml:space="preserve">hal-00445866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability analysis of stratified coating flow of shear-thinning fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Millet</w:t>
+                <w:t xml:space="preserve">Extension of Murray's law using a non-Newtonian model of blood flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Revellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Botton</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Ben Hadid</w:t>
+                <w:t xml:space="preserve">J. Bonjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 166, pp.143-146</w:t>
+              <w:t xml:space="preserve">Theoretical Biology and Medical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6-7, pp.doi:10.1186/1742-4682-6-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00445866v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave celerity on a shear-thinning fluid film flowing down an incline</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
+                <w:t xml:space="preserve">Stabilité de l'écoulement à deux couches de films non-newtoniens sur un plan incliné = Stability of a non-Newtonian two-layer film flow down an inclined plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 336 (3), pp.313-319</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00444988v1</w:t>
+                <w:t xml:space="preserve">hal-00350751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilité de l'écoulement à deux couches de films non-newtoniens sur un plan incliné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2451,157 +2403,205 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 336, pp.313-319. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.10.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.10.021⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00444987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilité de l'écoulement à deux couches de films non-newtoniens sur un plan incliné = Stability of a non-Newtonian two-layer film flow down an inclined plane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Rousset</w:t>
+                <w:t xml:space="preserve">Wave celerity on a shear-thinning fluid film flowing down an incline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (3), pp.031701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2889140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350751v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00444988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal Stability of Carreau Fluid Flow down an Incline</w:t>
               </w:r>
@@ -2626,51 +2626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Botton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 129 (7), pp.913-920</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3633,385 +3633,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche pluridisciplinaire et pédagogie active en FAS à Lyon</w:t>
+                <w:t xml:space="preserve">Main key points for developing environmental friendly solid state cooling system based on the elastocaloric effect in rubber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Raffaëlly-Veslin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+                <w:t xml:space="preserve">Gaël Sebald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Pothier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Komiya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème rencontre pédagogique de l’INSA de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">European Materials Research and Society (E-MRS19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03620350v1</w:t>
+                <w:t xml:space="preserve">hal-02894647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NumériFAS : enseigner de manière transversale grâce au numérique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Approche pluridisciplinaire et pédagogie active en FAS à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Raffaëlly-Veslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pothier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ième Colloque Pédagogie &amp; Formation INSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Bourges, France. 4 p</w:t>
+              <w:t xml:space="preserve">6ème rencontre pédagogique de l’INSA de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02141188v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Main key points for developing environmental friendly solid state cooling system based on the elastocaloric effect in rubber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaël Sebald</w:t>
+                <w:t xml:space="preserve">NumériFAS : enseigner de manière transversale grâce au numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cheutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pothier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Komiya</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Raffaëlly-Veslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research and Society (E-MRS19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">6ième Colloque Pédagogie &amp; Formation INSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Bourges, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02894647v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse thermique et suivi optique de la cinétique de cristallisation et son impact sur les propriétés mécaniques de polymères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariaa Refaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mhamed Boutaous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4203,1810 +4203,1810 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Simulation of Flow-Induced Crystallization of PLA (PolylLactic Acid)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Boutaous</w:t>
+                <w:t xml:space="preserve">Experimental and Numerical Simulation of Flow-Induced Crystallization of Poly(Lactic Acid) (PLA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakariaa Refaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamed Boutaous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Fulchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Rousset</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Portugal</w:t>
+              <w:t xml:space="preserve">, 2013, Aveio, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00854194v1</w:t>
+                <w:t xml:space="preserve">hal-00995359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallization kinetics of Poly-(lactic acid) with and without Talc: rheo-optical and calorimetric analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+                <w:t xml:space="preserve">Experimental and Numerical Simulation of Flow-Induced Crystallization of PLA (PolylLactic Acid)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Refaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutaous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Fulchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Shihe Xin</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Annual Meeting of The Polymer Processing Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">ESAFORM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995367v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization kinetics of Poly-(lactic acid) with and without Talc: rheo-optical and calorimetric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">F. Rousset</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakariaa Refaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamed Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Fulchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Zinet</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihe Xin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Meeting of the Polymer Processing Society, PPS-29</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Germany</w:t>
+              <w:t xml:space="preserve">9th Annual Meeting of The Polymer Processing Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00854199v1</w:t>
+                <w:t xml:space="preserve">hal-00995367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Simulation of Flow-Induced Crystallization of Poly(Lactic Acid) (PLA)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mhamed Boutaous</w:t>
+                <w:t xml:space="preserve">Crystallization kinetics of Poly-(lactic acid) with and without Talc: rheo-optical and calorimetric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Refaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Fulchiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Zinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAFORM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Aveio, Portugal</w:t>
+              <w:t xml:space="preserve">27th Annual Meeting of the Polymer Processing Society, PPS-29</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995359v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering of UHMWPE</w:t>
+                <w:t xml:space="preserve">Sintering of UHMWPE: Influence of Cocrystallization and Re-entanglement on the Mechanical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiana Deplancke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Lame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Rousset</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Seguela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Vigier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICPB5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Aveiro, Portugal</w:t>
+              <w:t xml:space="preserve">28th World Congress of the Polymer Processing Society (PPS-28)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Pattaya, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01289069v1</w:t>
+                <w:t xml:space="preserve">hal-00995174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering of UHMWPE: Influence of Cocrystallization and Re-entanglement on the Mechanical Properties</w:t>
+                <w:t xml:space="preserve">Sintering of UHMWPE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiana Deplancke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Lame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Seguela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Vigier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th World Congress of the Polymer Processing Society (PPS-28)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Pattaya, Thailand</w:t>
+              <w:t xml:space="preserve">ICPB5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00995174v1</w:t>
+                <w:t xml:space="preserve">hal-01289069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of Long-Wave Instabilities in Shear-Thinning Films on Porous Substrate</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valéry Botton</w:t>
+                <w:t xml:space="preserve">Thermal analysis of the polymer-mold interface in the injection molding process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamed Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabie El Otmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Symposium on Bifurcations and Instabilities in Fluid Dynamics (BIFD 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">27th annual meeting, Polymer Processing Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00995369v1</w:t>
+                <w:t xml:space="preserve">hal-00995167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow and Thermal Effects on the Crystallites Size and Repartition in Thermoplastic Polymers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Zinet</w:t>
+                <w:t xml:space="preserve">Mechanisms of Long-Wave Instabilities in Shear-Thinning Films on Porous Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Usha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Botton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bourgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME-JSME-KSME Joint Fluids Engineering Conference 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Hamamatsu, Shizuoka, Japan</w:t>
+              <w:t xml:space="preserve">4th International Symposium on Bifurcations and Instabilities in Fluid Dynamics (BIFD 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995170v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00995369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competition of Flow and Thermal Effects During Crystallization of Polymers: Influence on Morphology</w:t>
+                <w:t xml:space="preserve">Flow and Thermal Effects on the Crystallites Size and Repartition in Thermoplastic Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mhamed Boutaous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Zinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bourgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Inter. ESAFORM Conf. on Mater. Forming: ESAFORM 2011. AIP Conference Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Belfast, United Kingdom. pp.1149-1154</w:t>
+              <w:t xml:space="preserve">ASME-JSME-KSME Joint Fluids Engineering Conference 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Hamamatsu, Shizuoka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995169v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00995170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal analysis of the polymer-mold interface in the injection molding process</w:t>
+                <w:t xml:space="preserve">Competition of Flow and Thermal Effects During Crystallization of Polymers: Influence on Morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mhamed Boutaous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rabie El Otmani</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Zinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bourgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th annual meeting, Polymer Processing Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">14th Inter. ESAFORM Conf. on Mater. Forming: ESAFORM 2011. AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Belfast, United Kingdom. pp.1149-1154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995167v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00995169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shear-Thinning Film Flows Over a Permeable or Porous Inclined Plane: Phenomenology of Long Wave Instabilities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability of a Shear-Thinning Film on a Porous Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Usha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valéry Botton</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Fluids Engineering Division Summer Meeting (FEDSM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00995373v1</w:t>
+                <w:t xml:space="preserve">hal-00541476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Simulation of Flow and Crystallization in Thermoplastic Pultrusion Process</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Bourgin</w:t>
+                <w:t xml:space="preserve">Shear-Thinning Film Flows Over a Permeable or Porous Inclined Plane: Phenomenology of Long Wave Instabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamda Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Thermal Engineering:</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, MARRAKECH, Morocco</w:t>
+              <w:t xml:space="preserve">ASME Fluids Engineering Division Summer Meeting (FEDSM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00541483v1</w:t>
+                <w:t xml:space="preserve">hal-00995373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of a Shear-Thinning Film on a Porous Substrate</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Rousset</w:t>
+                <w:t xml:space="preserve">Numerical Simulation of Flow and Crystallization in Thermoplastic Pultrusion Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zoubir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bourgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Fluids Engineering Division Summer Meeting (FEDSM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">5th International Conference on Thermal Engineering:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, MARRAKECH, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00541476v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00541483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coating Flow Stabilization of Shear-Thinning Fluids by Marangoni Effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation numérique de la pultrusion des composites à matrice thermoplastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boutaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zoubir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Annual Meeting of the Polymer Processing Society (PPS-25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Goa, India</w:t>
+              <w:t xml:space="preserve">21e Entretiens Jacques Cartier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455120v1</w:t>
+                <w:t xml:space="preserve">hal-00455411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability analysis of stratified coating flow of shear-thinning fluids.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coating Flow Stabilization of Shear-Thinning Fluids by Marangoni Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rousset</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indian Institute of Technology (IIT) Madras, Dept. of Mathematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Madras, India</w:t>
+              <w:t xml:space="preserve">25th Annual Meeting of the Polymer Processing Society (PPS-25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Goa, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00473505v1</w:t>
+                <w:t xml:space="preserve">hal-00455120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation numérique de la pultrusion des composites à matrice thermoplastique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Zoubir</w:t>
+                <w:t xml:space="preserve">Stability analysis of stratified coating flow of shear-thinning fluids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Botton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ben Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e Entretiens Jacques Cartier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Lyon, France</w:t>
+              <w:t xml:space="preserve">Indian Institute of Technology (IIT) Madras, Dept. of Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Madras, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00455411v1</w:t>
+                <w:t xml:space="preserve">hal-00473505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId145"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6161,51 +6161,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04902882v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Leoncini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mettali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2025.134522" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023092v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boussaid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile-Marian Scuturici" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Clausse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2025.135185" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Depoilly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Millet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamda Ben Hadid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dagois-Bohy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0310805" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100890v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Millet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Usha" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Botton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousset" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-019-02376-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Balme" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sedan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charvin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-018-7118-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01819630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lun Cui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vigouroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Khanna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04209-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724818v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Yahi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahcene Bouabdallah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Hamnoune" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Botton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Henry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714302145" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hatem Allouche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.063010" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179579v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Deplancke" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lame" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Seguela" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vigier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b00618" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991896v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Refaa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Boutaous" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Fulchiron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zinet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952690v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariaa Refaa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Lipinska" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1628" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.043004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992099v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Aguili" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma402012f" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683874v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2011.07.041" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSHMFLDK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445842v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revellin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonjour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445866v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Hadid" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2889140" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444987v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.10.021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W815VT1R-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350751v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350753v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Botton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272026v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2742737" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189866v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#233;guet-Navarro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dalbiez-Gauthier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Berthier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R&#233;ano" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531304v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Maudet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266732v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462676v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023109v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228699v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0286" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620350v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raffa&#235;lly-Veslin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cheutet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894647v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Sebald" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Komiya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chenal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dalmas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihe Xin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourgin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854194v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipinska" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutaous" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995367v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854199v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Zinet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995359v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289069v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995174v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995369v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995170v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995169v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995167v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie El Otmani" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995373v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541483v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zoubir" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourgin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541476v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455120v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473505v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455411v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04902882v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Leoncini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mettali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2025.134522" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023092v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boussaid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile-Marian Scuturici" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Clausse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2025.135185" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Depoilly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Millet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamda Ben Hadid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dagois-Bohy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0310805" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100890v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Millet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Usha" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Botton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousset" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-019-02376-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Balme" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sedan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charvin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-018-7118-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01819630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lun Cui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vigouroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Khanna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04209-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724818v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Yahi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahcene Bouabdallah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Hamnoune" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Botton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Henry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714302145" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hatem Allouche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.063010" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179579v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Deplancke" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lame" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Seguela" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vigier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5b00618" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991896v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Refaa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Boutaous" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Fulchiron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zinet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992099v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Aguili" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma402012f" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952690v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariaa Refaa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Lipinska" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1628" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992095v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.043004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683874v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2011.07.041" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSHMFLDK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445866v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Hadid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revellin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonjour" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444987v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.10.021" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W815VT1R-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444988v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2889140" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350753v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Botton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272026v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2742737" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189866v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#233;guet-Navarro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dalbiez-Gauthier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Berthier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R&#233;ano" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531304v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Maudet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266732v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462676v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023109v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228699v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069564-0286" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894647v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Sebald" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Komiya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chenal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dalmas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620350v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raffa&#235;lly-Veslin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141188v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cheutet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihe Xin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourgin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995359v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854194v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipinska" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boutaous" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995367v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854199v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Zinet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995174v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289069v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995167v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie El Otmani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995369v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995170v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995169v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541476v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995373v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541483v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zoubir" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourgin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455411v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455120v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>