--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1038,632 +1038,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table-top femtosecond soft X-ray laser by collisional ionization gating</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measurement of a subpicosecond coherence time in a quasi-steady-state XUV laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Nejdl</w:t>
+                <w:t xml:space="preserve">Andréa Le Marec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limin Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Klisnick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Kozlova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaroslav Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NPHOTON.2015.225⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (3), pp.033852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.033852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01394716v1</w:t>
+                <w:t xml:space="preserve">hal-01218422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of relativistic electron beam focusing by a laser-plasma lens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+                <w:t xml:space="preserve">Demonstration of a Circularly Polarized Plasma-Based Soft-X-Ray Laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Depresseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Tissandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms7860⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (8), pp.Physical Review Letter. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.083901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164362v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01199279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of a Circularly Polarized Plasma-Based Soft-X-Ray Laser</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lambert</w:t>
+                <w:t xml:space="preserve">Demonstration of relativistic electron beam focusing by a laser-plasma lens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lehe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.083901⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.6860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms7860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01199279v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of a subpicosecond coherence time in a quasi-steady-state XUV laser</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michaela Kozlova</w:t>
+                <w:t xml:space="preserve">Table-top femtosecond soft X-ray laser by collisional ionization gating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Depresseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tissandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaroslav Nejdl</w:t>
+                <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92 (3), pp.033852. </w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (12), pp.817 - 821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.033852⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NPHOTON.2015.225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01218422v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table-top femtosecond soft X-ray laser by collisional ionization gating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Depresseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Oliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kozlova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1714,51 +1714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial properties of odd and even low order harmonics generated in gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2396,51 +2396,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aberration-free high-harmonic source generated with a two-colour field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tissandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2798,51 +2798,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An optimized kHz two-colour high harmonic source for seeding free-electron lasers and plasma-based soft x-ray lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3124,64 +3124,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Le Marec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kozlova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limin Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tissandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3513,51 +3513,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of Development of Laser Driven Secondary Sources at PALS and ELI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kozlova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Albrecht,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3647,51 +3647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Zn X-Ray Laser at PALS Centre, Its Applications in Dense Plasma Probing and Astrophysics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kozlova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Krus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3768,51 +3768,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal Coherence and Spectral Linewidth of Neon-Like XUV Lasers Pumped in the Quasi-steady State Regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limin Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Klisnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4170,51 +4170,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation spectrale des lasers XUV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Klisnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4710,51 +4710,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267513v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Helk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Berger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasawat Jamnuch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Hoffmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Kabacinski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe2265" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267560v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosta Oubrerie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abf88f" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tuitje" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mart&#237;nez Gil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tissandier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-00424-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528968v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Goddet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kabacinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebban" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.133902" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03025999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Tafzi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0021999" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01774109v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Oliva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Depresseux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cotelo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Lifschitz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.023203" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01717597v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa8aaf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01394716v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nejdl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHOTON.2015.225" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164362v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Guillaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas D&#246;pp" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lehe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7860" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01199279v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lambert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.083901" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01218422v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Le Marec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limin Meng" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Klisnick" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Nejdl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.033852" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04839991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depresseux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kozlova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2015.225" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164374v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giannessi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep07786" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01400947v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.023848" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01165577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sebban" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Zeitoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliva" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4773208" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508797v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ribi&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zeitoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.063833" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523293v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquemot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corde" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ta Phuoc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-010-4177-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K3SHL1SQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508825v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. Hauri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/89/24001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00572608v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribiere" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3515841" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508815v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guilbaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.001326" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508897v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Valentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/8/083033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508899v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002438" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426746v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Marec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19521-6_44" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402267v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLASMA.2015.7179997" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402233v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2187034" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402217v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albrecht," TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19521-6_4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703245v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prokupek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dostal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_24" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973975v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klisnick" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bohacek" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_28" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402067v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung Taek Kim," TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung Hwan Lee," TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeok Yun," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jong Kim," TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Min Kim," TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2023922" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401572v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_40" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00600705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guilbaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Meng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2011013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00599688v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maynard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2009009" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00604362v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267513v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Helk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Berger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasawat Jamnuch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Hoffmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Kabacinski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe2265" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267560v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosta Oubrerie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abf88f" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021081v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tuitje" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mart&#237;nez Gil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tissandier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-00424-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528968v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Goddet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kabacinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebban" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.133902" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03025999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Tafzi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0021999" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01774109v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Oliva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Depresseux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cotelo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Lifschitz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.023203" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01717597v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa8aaf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01218422v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Le Marec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limin Meng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Klisnick" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Nejdl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.033852" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01199279v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lambert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.083901" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164362v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Guillaume" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas D&#246;pp" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lehe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7860" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01394716v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nejdl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHOTON.2015.225" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04839991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depresseux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kozlova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2015.225" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164374v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giannessi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep07786" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01400947v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.023848" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01165577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sebban" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Zeitoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Oliva" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4773208" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508797v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ribi&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zeitoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.063833" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523293v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquemot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corde" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ta Phuoc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-010-4177-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K3SHL1SQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508825v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. Hauri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/89/24001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00572608v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribiere" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3515841" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508815v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guilbaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.001326" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508897v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Valentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/8/083033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508899v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.002438" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426746v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Marec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19521-6_44" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402267v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLASMA.2015.7179997" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402233v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2187034" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402217v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albrecht," TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19521-6_4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703245v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prokupek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dostal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_24" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973975v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klisnick" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bohacek" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_28" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402067v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung Taek Kim," TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung Hwan Lee," TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeok Yun," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jong Kim," TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chul Min Kim," TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2023922" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401572v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-00696-3_40" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00600705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guilbaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Meng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2011013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00599688v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maynard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2009009" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00604362v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>