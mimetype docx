--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,429 +100,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole soil warming promotes surface soil carbon loss but deep soil carbon gain, depending on land management practices in temperate climate</w:t>
+                <w:t xml:space="preserve">Ultra pure high molecular weight DNA from soil for Nanopore shotgun metagenomics and metabarcoding sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md. Zulfikar Khan</w:t>
+                <w:t xml:space="preserve">Arthur Cousson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abad Chabbi</w:t>
+                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Felbacq</w:t>
+                <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+                <w:t xml:space="preserve">Damien Dezette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 207, pp.109832. </w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.103134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2025.109832⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05048638v1</w:t>
+                <w:t xml:space="preserve">hal-04994302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking plant and microbial traits to soil organic carbon dynamics: A functional approach</w:t>
+                <w:t xml:space="preserve">Whole soil warming promotes surface soil carbon loss but deep soil carbon gain, depending on land management practices in temperate climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Warren Raffa</w:t>
+                <w:t xml:space="preserve">Md. Zulfikar Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Ros</w:t>
+                <w:t xml:space="preserve">Abad Chabbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Testani</w:t>
+                <w:t xml:space="preserve">Axel Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ángel Carrascosa-Robles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corrado Ciaccia</w:t>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106308⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 207, pp.109832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2025.109832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05257959v1</w:t>
+                <w:t xml:space="preserve">hal-05048638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineral fertilization reduces the drought resistance of soil multifunctionality in a mountain grassland system through plant-soil interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabin Piton</w:t>
+                <w:t xml:space="preserve">Linking plant and microbial traits to soil organic carbon dynamics: A functional approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Warren Raffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+                <w:t xml:space="preserve">Margarita Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Bernard</w:t>
+                <w:t xml:space="preserve">Elena Testani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Bonin</w:t>
+                <w:t xml:space="preserve">Ángel Carrascosa-Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Pommier</w:t>
+                <w:t xml:space="preserve">Corrado Ciaccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e31. </w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 213, pp.106308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.534⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2025.106308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05199966v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05257959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complementarity hypothesis reversed: Root trait similarity in species mixtures promotes soil organic carbon in agroecosystems</w:t>
               </w:r>
@@ -636,295 +636,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of aboveground and belowground biomass of Robinia pseudoacacia trees to total plant carbon stocks in a young agroforestry system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mineral fertilization reduces the drought resistance of soil multifunctionality in a mountain grassland system through plant-soil interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soline Martin-Blangy</w:t>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jourdan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+                <w:t xml:space="preserve">Lionel Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Forest</w:t>
+                <w:t xml:space="preserve">Aurelie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ezzeddine Abbessi</w:t>
+                <w:t xml:space="preserve">Thomas Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 373, pp.110749. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266089v1</w:t>
+                <w:t xml:space="preserve">hal-05199966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra pure high molecular weight DNA from soil for Nanopore shotgun metagenomics and metabarcoding sequencing</w:t>
+                <w:t xml:space="preserve">Contribution of aboveground and belowground biomass of Robinia pseudoacacia trees to total plant carbon stocks in a young agroforestry system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Cousson</w:t>
+                <w:t xml:space="preserve">Soline Martin-Blangy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cournac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gabin Piton</w:t>
+                <w:t xml:space="preserve">Marion Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Dezette</w:t>
+                <w:t xml:space="preserve">Ezzeddine Abbessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.103134. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 373, pp.110749. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2025.110749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994302v1</w:t>
+                <w:t xml:space="preserve">hal-05266089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reply to: Microbial dark matter could add uncertainties to metagenomic trait estimations</w:t>
               </w:r>
@@ -1038,563 +1038,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root distribution and properties of a young alley-cropping system: effects on soil carbon storage and microbial activity</w:t>
+                <w:t xml:space="preserve">Carbon and nutrient colimitations control the microbial response to fresh organic carbon inputs in soil at different depths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorène Siegwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soh Sugihara</w:t>
+                <w:t xml:space="preserve">Clément Piel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karel van den Meersche</w:t>
+                <w:t xml:space="preserve">Joana Sauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 482 (1-2), pp.601-625. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 440, pp.116729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-022-05714-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2023.116729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03872679v1</w:t>
+                <w:t xml:space="preserve">hal-04529838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contrasted impacts of grasshoppers on soil microbial activities in function of primary production and herbivore diet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Root distribution and properties of a young alley-cropping system: effects on soil carbon storage and microbial activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Siegwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+                <w:t xml:space="preserve">Soh Sugihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Brun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabin Piton</w:t>
+                <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.229⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 482 (1-2), pp.601-625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-022-05714-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988756v1</w:t>
+                <w:t xml:space="preserve">hal-03872679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life history strategies of soil bacterial communities across global terrestrial biomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The contrasted impacts of grasshoppers on soil microbial activities in function of primary production and herbivore diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Colace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Martiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41564-023-01465-0⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04264306v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon and nutrient colimitations control the microbial response to fresh organic carbon inputs in soil at different depths</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Life history strategies of soil bacterial communities across global terrestrial biomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joana Sauze</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Allison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Bahram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Falk Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Martiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 440, pp.116729. </w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.2093-2102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2023.116729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41564-023-01465-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529838v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems</w:t>
               </w:r>
@@ -1708,429 +1708,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong links between plant traits and microbial activities but different abiotic drivers in mountain grasslands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resistance–recovery trade‐off of soil microbial communities under altered rain regimes: An experimental test across European agroecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah‐sophie Weil</w:t>
+                <w:t xml:space="preserve">Laura Martinez‐garcía</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Louise Boulangeat</w:t>
+                <w:t xml:space="preserve">Nicolas Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.14235⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (2), pp.406-418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409587v1</w:t>
+                <w:t xml:space="preserve">hal-03151802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Litter and soil characteristics mediate the buffering effect of snow cover on litter decomposition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles Brun</w:t>
+                <w:t xml:space="preserve">Strong links between plant traits and microbial activities but different abiotic drivers in mountain grasslands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah‐sophie Weil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Millery</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lionel Bernard</w:t>
+                <w:t xml:space="preserve">Julien Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Boulangeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-020-04803-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (11), pp.2755-2770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.14235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181257v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance–recovery trade‐off of soil microbial communities under altered rain regimes: An experimental test across European agroecosystems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Litter and soil characteristics mediate the buffering effect of snow cover on litter decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ibanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Millery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 58 (2), pp.406-418. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 460 (1-2), pp.511-525. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13774⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-020-04803-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03151802v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compared to conventional, ecological intensive management promotes beneficial proteolytic soil microbial communities for agro-ecosystem functioning under climate change-induced rain regimes</w:t>
               </w:r>
@@ -2155,51 +2155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Symanczik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lijbert Brussaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2263,77 +2263,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling drivers of soil microbial potential enzyme activity across rain regimes: An approach based on the functional trait framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martínez-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarina Hedlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2384,90 +2384,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate, soil resources and microbial activity shape the distributions of mountain plants based on their functional traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Abdulhak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Boulangeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Choler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2531,51 +2531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using proxies of microbial community‐weighted means traits to explain the cascading effect of management intensity, soil and plant traits on ecosystem resilience in mountain grasslands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2782,90 +2782,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil legacy effects of climatic stress, management and plant functional composition on microbial communities influence the response of Lolium perenne to a new drought event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2987,51 +2987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Battie Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3086,51 +3086,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ quantification of the Net C Rhizodeposition in a Mediterranean agroforestry alley cropping system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Detrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jim Rasmussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3175,234 +3175,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking root biomass and traits with soil C and nutrients stocks and microbial activity down to 100 cm depth in a young Mediterranean agroforestry system</w:t>
+                <w:t xml:space="preserve">Horizontal and vertical variations of root distribution and traits, soil physical, chemical and microbial properties associated with CNP cycles in a young alley-cropping system under Mediterranean climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorène Siegwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soh Sugihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJP SOIL General Meeting and Annual Science Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">6. European Agroforestry Conference EURAF 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nuoro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637728v1</w:t>
+                <w:t xml:space="preserve">hal-03638023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Root biomass and root traits varied spatially in a young Mediterranean agroforestry system: implications for soil C storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorène Siegwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soh Sugihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Soil Organic Matter (SOM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Séoul, South Korea</w:t>
@@ -3425,652 +3425,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03637770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
+                <w:t xml:space="preserve">Linking root biomass and traits with soil C and nutrients stocks and microbial activity down to 100 cm depth in a young Mediterranean agroforestry system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Siegwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karel van den Meersche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soh Sugihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Biodiversity Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Davos (Suisse), Switzerland</w:t>
+              <w:t xml:space="preserve">EJP SOIL General Meeting and Annual Science Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04988073v1</w:t>
+                <w:t xml:space="preserve">hal-03637728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plants and soil: The faster life of alpine grasslands under experimental warming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Billur Bektaş</w:t>
+                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gabin Piton</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Biodiversity Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Davos (Suisse), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04819533v1</w:t>
+                <w:t xml:space="preserve">hal-04988073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of soil food webs on decomposition in mountain ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Martinez Almoyna</w:t>
+                <w:t xml:space="preserve">Plants and soil: The faster life of alpine grasslands under experimental warming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billur Bektaş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Rutten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Chabroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Biodiversity Forum 2022 (WBF 2022)</w:t>
+              <w:t xml:space="preserve">World Biodiversity Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845976v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
+                <w:t xml:space="preserve">Differential effects of soil food webs on decomposition in mountain ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez Almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE2 GFÖ Joint Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
+              <w:t xml:space="preserve">World Biodiversity Forum 2022 (WBF 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04988090v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal and vertical variations of root distribution and traits, soil physical, chemical and microbial properties associated with CNP cycles in a young alley-cropping system under Mediterranean climate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soh Sugihara</w:t>
+                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. European Agroforestry Conference EURAF 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nuoro, Italy</w:t>
+              <w:t xml:space="preserve">SFE2 GFÖ Joint Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03638023v1</w:t>
+                <w:t xml:space="preserve">hal-04988090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4213,51 +4213,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to study crop and herbaceous vegetation phenology in an agroforestry system ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome J. Ngao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4364,51 +4364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bussang, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4596,90 +4596,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plants reverse the positive effect of nutrient addition on the drought resistance of soil multifunctionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4977,51 +4977,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05048638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Zulfikar Khan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Felbacq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.109832" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05257959v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Warren Raffa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Ros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Testani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Carrascosa-Robles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Ciaccia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106308" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199966v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bernard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bonin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.534" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994277v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Yin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinli Chen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Terrer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenghu Zhou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.109736" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266089v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Martin-Blangy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Forest" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzeddine Abbessi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110749" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994302v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cousson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dezette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103134" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Allison" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Bahram" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Martiny" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01688-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872679v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Siegwart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soh Sugihara" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van den Meersche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-022-05714-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988756v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Colace" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.229" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264306v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01465-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529838v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Sauze" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2023.116729" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750503v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez-Almoyna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lionnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Arnoldi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108771" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409587v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah&#8208;sophie Weil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez&#8208;almoyna" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Boulangeat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14235" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181257v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04803-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151802v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martinez&#8208;garc&#237;a" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13774" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570574v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Lori" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Symanczik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijbert Brussaard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64279-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Hedlund" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2020.107881" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02960102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Abdulhak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.05269" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408942v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13327" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Daumergue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09754-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688479v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Binet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3403-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04742204v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Battie Laclau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665235v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Detrey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Rasmussen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637728v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637770v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988073v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819533v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billur Bekta&#351;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Rutten" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Chabroux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04845976v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez Almoyna" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988090v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638023v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665309v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Navarro-Cano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Abalos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulkadir Bal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708703v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome J. Ngao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dugu&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Arnal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05530854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rees" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tixier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03052283v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAV070" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cousson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dezette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103134" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05048638v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Zulfikar Khan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Felbacq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.109832" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05257959v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Warren Raffa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Ros" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Testani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Carrascosa-Robles" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Ciaccia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106308" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04994277v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Yin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinli Chen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Terrer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenghu Zhou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.109736" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199966v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bernard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bonin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.534" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266089v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Martin-Blangy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Forest" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzeddine Abbessi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110749" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594854v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Allison" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Bahram" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Martiny" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01688-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529838v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Siegwart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Sauze" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2023.116729" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872679v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soh Sugihara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van den Meersche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-022-05714-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988756v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brun" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Colace" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.229" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264306v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-023-01465-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750503v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez-Almoyna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lionnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Arnoldi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108771" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151802v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martinez&#8208;garc&#237;a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13774" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409587v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah&#8208;sophie Weil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez&#8208;almoyna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Boulangeat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14235" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181257v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04803-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570574v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Lori" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Symanczik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijbert Brussaard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64279-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Hedlund" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2020.107881" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02960102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Abdulhak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.05269" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408942v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13327" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Daumergue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09754-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688479v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Binet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-017-3403-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04742204v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Battie Laclau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665235v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Detrey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Rasmussen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03638023v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637770v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637728v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988073v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819533v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billur Bekta&#351;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Rutten" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Chabroux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04845976v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez Almoyna" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988090v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665309v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Navarro-Cano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Abalos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulkadir Bal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708703v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome J. Ngao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dugu&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Arnal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05530854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rees" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Tixier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03052283v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAV070" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>