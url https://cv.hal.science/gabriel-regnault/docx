--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -945,287 +945,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04829083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of microstreaming by nonspherical bubble oscillations in an acoustic levitation system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures of microstreaming patterns induced by non-spherically oscillating bubbles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander A. Doinikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3791/62044⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150 (2), pp.1188-11971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0005821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03573245v1</w:t>
+                <w:t xml:space="preserve">hal-03573276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures of microstreaming patterns induced by non-spherically oscillating bubbles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Induction of microstreaming by nonspherical bubble oscillations in an acoustic levitation system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Inserra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Cleve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 150 (2), pp.1188-11971. </w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021, pp.e62044. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/10.0005821⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3791/62044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03573276v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03573245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic microstreaming produced by nonspherical oscillations of a gas bubble. III. Case of self-interacting modes n−n</w:t>
               </w:r>
@@ -1237,51 +1237,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1484,51 +1484,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1582,70 +1582,70 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03234690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic microstreaming produced by nonspherical oscillations of a gas bubble. I. Case of modes 0 and m</w:t>
+                <w:t xml:space="preserve">Acoustic microstreaming produced by nonspherical oscillations of a gas bubble. II. Case of modes 1 and m</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander A. Doinikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1661,121 +1661,121 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 100 (3), </w:t>
+              <w:t xml:space="preserve">, 2019, 100, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.033104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.033105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02378972v1</w:t>
+                <w:t xml:space="preserve">hal-02379012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic microstreaming produced by nonspherical oscillations of a gas bubble. II. Case of modes 1 and m</w:t>
+                <w:t xml:space="preserve">Acoustic microstreaming produced by nonspherical oscillations of a gas bubble. I. Case of modes 0 and m</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander A. Doinikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1791,78 +1791,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 100, </w:t>
+              <w:t xml:space="preserve">, 2019, 100 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.033105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.033104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02379012v1</w:t>
+                <w:t xml:space="preserve">hal-02378972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2351,51 +2351,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different experimental patterns of microstreaming observed around acoustically excited microbubbles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2589,51 +2589,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstreaming induced by an acoustically excited gas bubble - experiments and comparison to theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2708,407 +2708,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02924139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstreaming patterns induced by shape modes of acoustically trapped bubbles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical investigation of microstreaming generated by a cavitation bubble undergoing nonspherical oscillations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander A. Doinikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Regnault</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Congress on Acoustics (ICA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés – 5ème édition GDR Cavitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Orange, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03675021v1</w:t>
+                <w:t xml:space="preserve">hal-02147703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of microstreaming generated by a cavitation bubble undergoing nonspherical oscillations</w:t>
+                <w:t xml:space="preserve">Experimental and theoretical investigation of microstreaming generated by a cavitation bubble undergoing nonspherical oscillations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Doinikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés – 5ème édition GDR Cavitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Orange, France</w:t>
+              <w:t xml:space="preserve">International Congress on Ultrasonics (ICU2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02147703v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and theoretical investigation of microstreaming generated by a cavitation bubble undergoing nonspherical oscillations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstreaming patterns induced by shape modes of acoustically trapped bubbles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Cleve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Inserra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Ultrasonics (ICU2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd International Congress on Acoustics (ICA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Aachen, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18154/RWTH-CONV-239037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675022v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3126,51 +3126,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstreaming induced by nonspherical bubble oscillations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Cleve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3565,51 +3565,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FE9FFBE0"/>
+    <w:nsid w:val="02ED35B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3796,51 +3796,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriel-regnault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-8549" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380445v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Regnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruikang K Wang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew O&#8217;donnell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Pelivanov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.30.12.124503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829105v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A Doinikov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Laloy-Borgna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mauger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc-Benon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829078v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell A Kirby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tueng T Shen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.497970" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Inserra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135370" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Doinikov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.926" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maju Kuriakose" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tueng Shen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.469019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573245v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cleve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/62044" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573276v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005821" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234699v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.013111" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990894v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.031101" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234690v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.043103" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378972v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.033104" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379012v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.033105" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426678v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848235v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Doinikov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Doinikov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445059v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220565v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0221" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924139v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675021v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18154/RWTH-CONV-239037" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147703v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675022v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675023v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544006v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03575595v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEC042" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriel-regnault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-8549" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380445v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Regnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruikang K Wang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew O&#8217;donnell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Pelivanov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.30.12.124503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829105v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A Doinikov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Laloy-Borgna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mauger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc-Benon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829078v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell A Kirby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tueng T Shen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.497970" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Inserra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0135370" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775117v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A. Doinikov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.926" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maju Kuriakose" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tueng Shen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/boe.469019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573276v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0005821" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573245v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cleve" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/62044" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234699v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.013111" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990894v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.031101" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234690v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.043103" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379012v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.033105" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378972v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.033104" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426678v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848235v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Doinikov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Doinikov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445059v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220565v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0221" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924139v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147703v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675022v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675021v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18154/RWTH-CONV-239037" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675023v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544006v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03575595v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEC042" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>