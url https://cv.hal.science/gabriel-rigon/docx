--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible radiophotoluminescence of color centers in lithium fluoride thin films for high spatial resolution imaging detectors for hard X-rays</w:t>
+                <w:t xml:space="preserve">Visible Radiophotoluminescence of Color Centers in Lithium Fluoride Thin Films for High Spatial Resolution Imaging Detectors for Hard X-rays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Aurora Vincenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Nichelatti</w:t>
@@ -210,75 +210,75 @@
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/2162-8777/acdd9b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287325v1</w:t>
+                <w:t xml:space="preserve">hal-04778188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible Radiophotoluminescence of Color Centers in Lithium Fluoride Thin Films for High Spatial Resolution Imaging Detectors for Hard X-rays</w:t>
+                <w:t xml:space="preserve">Visible radiophotoluminescence of color centers in lithium fluoride thin films for high spatial resolution imaging detectors for hard X-rays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Aurora Vincenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Nichelatti</w:t>
@@ -344,51 +344,51 @@
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/2162-8777/acdd9b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778188v1</w:t>
+                <w:t xml:space="preserve">hal-04287325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transonic dislocation propagation in diamond</w:t>
               </w:r>
@@ -1038,831 +1038,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser astrophysics experiment on the amplification of magnetic fields by shock-induced interfacial instabilities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Atwood-number dependence of the highly nonlinear Rayleigh-Taylor instability regime in high-energy-density conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mabey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takayoshi Sano</w:t>
+                <w:t xml:space="preserve">Th Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shohei Tamatani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Taichi Morita</w:t>
+                <w:t xml:space="preserve">E. Falize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.104.035206⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.104.045213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341165v1</w:t>
+                <w:t xml:space="preserve">hal-03406699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser astrophysics experiment on the amplification of magnetic fields by shock-induced interfacial instabilities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">King Fai Farley Law</w:t>
+                <w:t xml:space="preserve">Micron-scale phenomena observed in a turbulent laser-produced plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Albertazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taichi Morita</w:t>
+                <w:t xml:space="preserve">T. Pikuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mabey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bouffetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.104.035206⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-22891-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424961v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray radiography based on the phase-contrast imaging with using LiF detector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser astrophysics experiment on the amplification of magnetic fields by shock-induced interfacial instabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takayoshi Sano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S S Makarov</w:t>
+                <w:t xml:space="preserve">Shohei Tamatani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T A Pikuz</w:t>
+                <w:t xml:space="preserve">Kazuki Matsuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A V Buzmakov</w:t>
+                <w:t xml:space="preserve">King Fai Farley Law</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A P Chernyaev</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P Mabey</w:t>
+                <w:t xml:space="preserve">Taichi Morita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1787/1/012027⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.104.035206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424965v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Atwood-number dependence of the highly nonlinear Rayleigh-Taylor instability regime in high-energy-density conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Mabey</w:t>
+                <w:t xml:space="preserve">X-ray radiography based on the phase-contrast imaging with using LiF detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S S Makarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th Michel</w:t>
+                <w:t xml:space="preserve">T A Pikuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Falize</w:t>
+                <w:t xml:space="preserve">A V Buzmakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A P Chernyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Mabey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.104.045213⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1787, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1787/1/012027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406699v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micron-scale phenomena observed in a turbulent laser-produced plasma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Bouffetier</w:t>
+                <w:t xml:space="preserve">On the study of hydrodynamic instabilities in the presence of background magnetic fields in high-energy-density plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. J. E Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Khiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S R Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-22891-w⟩</w:t>
+              <w:t xml:space="preserve">Matter and Radiation at Extremes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0025374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03224820v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the study of hydrodynamic instabilities in the presence of background magnetic fields in high-energy-density plasmas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S R Klein</w:t>
+                <w:t xml:space="preserve">Laser astrophysics experiment on the amplification of magnetic fields by shock-induced interfacial instabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takayoshi Sano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shohei Tamatani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuki Matsuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">King Fai Farley Law</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taichi Morita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matter and Radiation at Extremes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6, </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (3), pp.035206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0025374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.104.035206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424978v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory Study of Bilateral Supernova Remnants and Continuous MHD Shocks</w:t>
               </w:r>
@@ -1982,90 +1982,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization of the interaction zone between counterpropagating Taylor Sedov blast waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Albertazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Mabey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Th Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-R Marquès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2110,1233 +2110,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03018320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory study of stationary accretion shock relevant to astrophysical systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rayleigh-Taylor instability experiments on the LULI2000 laser in scaled conditions for young supernova remnants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Casner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mabey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44596-3⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100 (2), pp.021201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.021201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326806v1</w:t>
+                <w:t xml:space="preserve">hal-02274895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From ICF to laboratory astrophysics: ablative and classical Rayleigh–Taylor instability experiments in turbulent-like regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Casner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Mailliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.F. Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisy Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 59 (3), pp.032002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/aae598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayleigh-Taylor instability experiments on the LULI2000 laser in scaled conditions for young supernova remnants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of high spatial resolution lithium fluoride X-ray detectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mabey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">P. Mabey</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Makarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.100.021201⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90 (6), pp.063702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5092265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02274895v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of high spatial resolution lithium fluoride X-ray detectors</w:t>
+                <w:t xml:space="preserve">Laboratory study of stationary accretion shock relevant to astrophysical systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mabey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Albertazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Falize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Th. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rigon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Makarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 90 (6), pp.063702. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5092265⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44596-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02326731v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray backlighter requirements for refraction-based electron density diagnostics through Talbot-Lau deflectometry</w:t>
+                <w:t xml:space="preserve">Advanced high resolution x-ray diagnostic for HEDP experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Valdivia</w:t>
+                <w:t xml:space="preserve">A. Y. Faenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Veloso</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Mileham</w:t>
+                <w:t xml:space="preserve">T. A. Pikuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mabey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5039342⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.16407 (2018). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-34717-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321789v1</w:t>
+                <w:t xml:space="preserve">hal-01925274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced high resolution x-ray diagnostic for HEDP experiments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Mabey</w:t>
+                <w:t xml:space="preserve">Development of new diagnostics based on LiF detector for pump-probe experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pikuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ozaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Matsuoka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Albertazzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Th. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-34717-9⟩</w:t>
+              <w:t xml:space="preserve">Matter and Radiation at Extremes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (4), pp.197 - 206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mre.2018.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925274v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of new diagnostics based on LiF detector for pump-probe experiments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Pikuz</w:t>
+                <w:t xml:space="preserve">Laboratory radiative accretion shocks on GEKKO XII laser facility for POLAR project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. van Box Som</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Falize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Faenov</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Albertazzi</w:t>
+                <w:t xml:space="preserve">Y. Sakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Albertazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matter and Radiation at Extremes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mre.2018.01.006⟩</w:t>
+              <w:t xml:space="preserve">High Power Laser Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.e35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/hpl.2018.32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861342v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory radiative accretion shocks on GEKKO XII laser facility for POLAR project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Analytical modelling of the expansion of a solid obstacle interacting with a radiative shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Falize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Albertazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sakawa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Albertazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High Power Laser Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 6, pp.e35. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/hpl.2018.32⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/hpl.2018.24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01781926v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical modelling of the expansion of a solid obstacle interacting with a radiative shock</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Rigon</w:t>
+                <w:t xml:space="preserve">X-ray backlighter requirements for refraction-based electron density diagnostics through Talbot-Lau deflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Valdivia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Veloso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Sakawa</w:t>
+                <w:t xml:space="preserve">D. Stutman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stoeckl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mileham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Power Laser Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6, </w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 89 (10), pp.10G127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/hpl.2018.24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5039342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861341v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3594,51 +3594,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287325v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurora Vincenti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Nichelatti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Nigro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Piccinini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Albertazzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/acdd9b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778188v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287316v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kento Katagiri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Pikuz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Fang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Egashira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh5563" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287348v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Makarov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Dyachkov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Nakamura" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156681" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Albertazzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mabey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th H Michel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rigon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R Marqu&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0068689" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836619v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barroso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089994" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Marqu&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341165v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Sano" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Tamatani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuki Matsuo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Fai Farley Law" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Morita" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.035206" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424961v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.104.035206" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424965v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S S Makarov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Pikuz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Buzmakov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A P Chernyaev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mabey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1787/1/012027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406699v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Michel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falize" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.045213" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pikuz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bouffetier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22891-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424978v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. E Manuel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Khiar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rigon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albertazzi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S R Klein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0025374" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Marqu&#232;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. J. Palmer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab92a4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018320v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5137795" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326806v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44596-3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Casner" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mailliet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Khan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Martinez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aae598" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274895v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.021201" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326731v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Makarov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5092265" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321789v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valdivia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Veloso" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stutman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stoeckl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mileham" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5039342" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01925274v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Y. Faenov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. A. Pikuz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34717-9" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861342v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faenov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ozaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Matsuoka" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mre.2018.01.006" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Box Som" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koenig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sakawa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2018.32" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861341v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2018.24" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03155653v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rigon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IPPAX020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778188v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurora Vincenti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Nichelatti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Nigro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Piccinini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Albertazzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/acdd9b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287325v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287316v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kento Katagiri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Pikuz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Fang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Egashira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh5563" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287348v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Makarov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Dyachkov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Nakamura" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0156681" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Albertazzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mabey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th H Michel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rigon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R Marqu&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0068689" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836619v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barroso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089994" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Marqu&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406699v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Michel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falize" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.045213" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224820v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pikuz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bouffetier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22891-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424961v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Sano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Tamatani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuki Matsuo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Fai Farley Law" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Morita" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.104.035206" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424965v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S S Makarov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Pikuz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Buzmakov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A P Chernyaev" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mabey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1787/1/012027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424978v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. E Manuel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Khiar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rigon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albertazzi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S R Klein" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0025374" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341165v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.035206" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Marqu&#232;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. J. Palmer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab92a4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018320v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5137795" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274895v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Casner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.100.021201" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327231v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Casner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mailliet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Khan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Martinez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aae598" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326731v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Makarov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5092265" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326806v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44596-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01925274v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Y. Faenov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. A. Pikuz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34717-9" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861342v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faenov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ozaki" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Matsuoka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mre.2018.01.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781926v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Box Som" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koenig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sakawa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2018.32" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861341v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2018.24" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321789v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valdivia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Veloso" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stutman" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stoeckl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mileham" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5039342" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03155653v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rigon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IPPAX020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>