--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2141,51 +2141,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04963736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative methodology for linear polarization resistance assessment of reinforced concrete structure</w:t>
+                <w:t xml:space="preserve">Monitoring DIAMOND device for corrosion state evaluation of reinforced concrete structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Deby</w:t>
@@ -2207,611 +2207,611 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 199, pp.06009. </w:t>
+              <w:t xml:space="preserve">, 2018, 199, pp.04007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/matecconf/201819906009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/201819904007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990087v1</w:t>
+                <w:t xml:space="preserve">hal-01990086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring DIAMOND device for corrosion state evaluation of reinforced concrete structures</w:t>
+                <w:t xml:space="preserve">Porous structure optimisation of flash-calcined metakaolin/fly ash geopolymer foam concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Perrin</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cyr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 199, pp.04007. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, AUGC 2016, 22 (12), pp.1482-1498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/matecconf/201819904007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2017.1304285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990086v1</w:t>
+                <w:t xml:space="preserve">hal-01756702v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous structure optimisation of flash-calcined metakaolin/fly ash geopolymer foam concrete</w:t>
+                <w:t xml:space="preserve">A new methodology for concrete resistivity assessment using the instantaneous polarization response of its metal reinforcement framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martin Cyr</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Deby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Garciaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2017.1304285⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 187, pp.531-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.07.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01756702v2</w:t>
+                <w:t xml:space="preserve">hal-01990082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new methodology for concrete resistivity assessment using the instantaneous polarization response of its metal reinforcement framework</w:t>
+                <w:t xml:space="preserve">Alternative methodology for linear polarization resistance assessment of reinforced concrete structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Deby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Garciaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Louis Perrin</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 187, pp.531-544. </w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 199, pp.06009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.07.158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/201819906009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990082v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and mechanical properties of gypsum–cement foam concrete: effects of surfactant</w:t>
+                <w:t xml:space="preserve">Thermomechanical performance of blended metakaolin-GGBS alkali-activated foam concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cyr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Phelipot-Mardele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lanos</w:t>
+                <w:t xml:space="preserve">Xiao Xiao Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1177601⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 157, pp.982-993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.09.146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01619370v1</w:t>
+                <w:t xml:space="preserve">hal-01756696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation and characterization of blended alkali-activated materials based on flash-calcined metakaolin, fly ash and GGBS</w:t>
+                <w:t xml:space="preserve">Thermal and mechanical properties of gypsum–cement foam concrete: effects of surfactant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martin Cyr</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Phelipot-Mardele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao Xiao Gao</w:t>
+                <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 144, pp.50 - 64. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (12), pp.1502-1521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.03.160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1177601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01756694v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of thermomechanical properties of lightweight concrete</w:t>
               </w:r>
@@ -2823,51 +2823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magazine of Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 69 (4), pp.201--216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2895,187 +2895,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical performance of blended metakaolin-GGBS alkali-activated foam concrete</w:t>
+                <w:t xml:space="preserve">Formulation and characterization of blended alkali-activated materials based on flash-calcined metakaolin, fly ash and GGBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Xiao Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 157, pp.982-993. </w:t>
+              <w:t xml:space="preserve">, 2017, 144, pp.50 - 64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.09.146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.03.160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01756696v1</w:t>
+                <w:t xml:space="preserve">hal-01756694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasi-static bubble in a yield stress fluid: elasto-plastic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3135,51 +3135,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineral foams obtained with super sulfated cement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3749,989 +3749,989 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbonation of sodium carbonate alkali-activated slag: influence on microstructure and corrosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Patapy</w:t>
+                <w:t xml:space="preserve">Development of a large-scale calcium sulfo-aluminate (CSA) foamed material for thermal energy storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Beaupere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Malley-Ernewein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamar Nahhas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ginestet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Concrete Repair, Rehabilitation and Retrofitting, ICCRRR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">78th RILEM Annual Week &amp; RILEM Conference on Sustainable Materials &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971984v1</w:t>
+                <w:t xml:space="preserve">hal-04974370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a large-scale calcium sulfo-aluminate (CSA) foamed material for thermal energy storage</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ginestet</w:t>
+                <w:t xml:space="preserve">Carbonation of sodium carbonate alkali-activated slag: influence on microstructure and corrosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Patapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cussigh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cyr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">78th RILEM Annual Week &amp; RILEM Conference on Sustainable Materials &amp; Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Concrete Repair, Rehabilitation and Retrofitting, ICCRRR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974370v1</w:t>
+                <w:t xml:space="preserve">hal-04971984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Durabilité d'un béton utilisant du laitier active au carbonate de sodium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Azar</w:t>
+                <w:t xml:space="preserve">LC3-Slag concretes adapted for precast industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pellerano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Patapy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Calviac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupement d’Intérêt Scientifique Géopolymères, Géocomposites, Géomatériaux à base d’argile (GIS G3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Marcoule, France</w:t>
+              <w:t xml:space="preserve">Calcined Clays for Sustainable Concrete 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784595v1</w:t>
+                <w:t xml:space="preserve">hal-04784745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LC3-Slag concretes adapted for precast industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Pellerano</w:t>
+                <w:t xml:space="preserve">Chloride-induced corrosion of steel in three low carbon concretes (low clinker, alkali-activated slag and supersulfated cement) studied by galvanic current measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Doussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anthony Calviac</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Deby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calcined Clays for Sustainable Concrete 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">EUROCORR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784745v1</w:t>
+                <w:t xml:space="preserve">hal-04784685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloride-induced corrosion of steel in three low carbon concretes (low clinker, alkali-activated slag and supersulfated cement) studied by galvanic current measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lola Doussang</w:t>
+                <w:t xml:space="preserve">Laitier alcali-activé : du laboratoire aux applications industrielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cyr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Azar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Huet</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Patapy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Kiiashko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCORR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">NOMAD 2022 - 4e conférence internationale francophone Nouveaux Matériaux et Durabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMT Mines Alès; LMGC; LIFAM, Nov 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784685v1</w:t>
+                <w:t xml:space="preserve">hal-03879576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laitier alcali-activé : du laboratoire aux applications industrielles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Durabilité d'un béton utilisant du laitier active au carbonate de sodium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Azar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Patapy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOMAD 2022 - 4e conférence internationale francophone Nouveaux Matériaux et Durabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMT Mines Alès; LMGC; LIFAM, Nov 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Groupement d’Intérêt Scientifique Géopolymères, Géocomposites, Géomatériaux à base d’argile (GIS G3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Marcoule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879576v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of alkali-activated concrete for structural applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of the resistance against chloride-induced corrosion between ordinary and alkali activated concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Azar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Deby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lahalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Benavent</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th ACI/RILEM International Conference on Cementitious Materials and Alternative Binders for Sustainable Concrete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04782985v1</w:t>
+                <w:t xml:space="preserve">hal-04782962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the resistance against chloride-induced corrosion between ordinary and alkali activated concrete</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Deby</w:t>
+                <w:t xml:space="preserve">Performance evaluation of alkali-activated concrete for structural applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Benavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lahalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Benavent</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Trincal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Jainin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th ACI/RILEM International Conference on Cementitious Materials and Alternative Binders for Sustainable Concrete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782962v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the resistance against chloride-induced corrosion between ordinary and alkali activated</w:t>
               </w:r>
@@ -4993,51 +4993,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33ème Rencontres Universitaires de Génie Civil - Entre Terre et Mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, May 2015, Bayonne, France. pp.1057-1066</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5088,51 +5088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème rencontres universitaires de génie civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Orléans, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5183,51 +5183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des jeunes rhéologues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Klingenthal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5278,51 +5278,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48ème congrès du groupe français de rhéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5373,51 +5373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ème rencontres universitaires de l'AUGC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5455,51 +5455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mineral foams obtained with super sulfated cement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5576,51 +5576,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Annual European Rheology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5671,51 +5671,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The society of rheology : 85th annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5766,51 +5766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Baux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5906,51 +5906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th annual european rheology conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Nantes, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6001,51 +6001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Phelipot-Mardelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th annual european rheology conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Nantes, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6413,51 +6413,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3258C1BF"/>
+    <w:nsid w:val="8502D29D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6561,51 +6561,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="4678B955"/>
+    <w:nsid w:val="66C95707"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6709,51 +6709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="391195DD"/>
+    <w:nsid w:val="398EFBE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6857,51 +6857,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="167E3B2A"/>
+    <w:nsid w:val="B6E3708D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7005,51 +7005,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="8B6DF870"/>
+    <w:nsid w:val="D5B5B3B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7248,51 +7248,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriel-samson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3472-8089" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191460923" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://geniecivil.univ-tlse3.fr/M2_IDRIMS.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05341085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Azar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Samson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cussigh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02696-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05241667v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Castel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Dieu Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Law" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taehwan Kim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02738-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05157804v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pellerano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Ilyes Djama&#239;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Calviac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02703-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05068957v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Balsamo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Benavent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02640-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04776736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rouviere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.111284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04615216v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2024.107525" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04615220v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.135873" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04868302v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.139114" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04190562v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2023.105182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04477252v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Doussang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133511" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04047800v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shishir Mundra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Masi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Achenbach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bastidas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202313743" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02935568v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garciaz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Lassoued" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2020.103672" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jainin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990087v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Perrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201819906009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990086v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201819904007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756702v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2017.1304285" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990082v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Perrin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.07.158" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01619370v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Phelipot-Mardele" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lanos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1177601" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756694v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Xiao Gao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.03.160" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01481099v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Phelipot-Mardel&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jmacr.16.00324" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756696v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.09.146" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01523116v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-017-1007-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168495v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.617.36" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Beaupere" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Malley-Ernewein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Nahhas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13784976" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976866v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971966v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973791v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971984v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974370v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784595v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784685v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879576v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Kiiashko" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782985v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782962v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781067v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04793569v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167751v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994920v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995138v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994173v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995120v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995117v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726506v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169070v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169065v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802255v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01275900v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAR0015" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriel-samson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3472-8089" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191460923" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://geniecivil.univ-tlse3.fr/M2_IDRIMS.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05341085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Azar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Samson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cussigh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02696-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05241667v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Castel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Dieu Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Law" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taehwan Kim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02738-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05157804v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pellerano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Ilyes Djama&#239;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Calviac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02703-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05068957v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Balsamo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Benavent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02640-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04776736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rouviere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.111284" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04615216v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2024.107525" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04615220v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.135873" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04868302v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.139114" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04190562v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deby" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2023.105182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04477252v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Doussang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guillon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133511" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04047800v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shishir Mundra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Masi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Achenbach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bastidas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202313743" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02935568v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garciaz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Lassoued" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2020.103672" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jainin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990086v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Perrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201819904007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756702v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2017.1304285" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990082v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Perrin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.07.158" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990087v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201819906009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756696v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Xiao Gao" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.09.146" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01619370v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Phelipot-Mardele" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lanos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1177601" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01481099v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Phelipot-Mardel&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jmacr.16.00324" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756694v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.03.160" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01523116v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-017-1007-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168495v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.617.36" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Beaupere" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Malley-Ernewein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Nahhas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13784976" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976866v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971966v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973791v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974370v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971984v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784745v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879576v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Kiiashko" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784595v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782962v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782985v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781067v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04793569v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167751v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994920v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995138v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994173v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995120v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995117v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726506v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169070v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169065v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802255v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01275900v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAR0015" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>