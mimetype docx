--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -260,165 +260,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03561632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espacios para los muertos en México: confluencia de tradiciones, culturas y creencias múltiples.</w:t>
+                <w:t xml:space="preserve">Ciclicidad y regeneración a través de dos categorías de danzantes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paisagens Híbridas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paisagem e Morte, 1 (1), pp.70-89</w:t>
+              <w:t xml:space="preserve">Batey. Revista Cubana de Antropología Sociocultural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (11), pp.74-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561657v1</w:t>
+                <w:t xml:space="preserve">hal-03561667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ciclicidad y regeneración a través de dos categorías de danzantes.</w:t>
+                <w:t xml:space="preserve">Espacios para los muertos en México: confluencia de tradiciones, culturas y creencias múltiples.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Batey. Revista Cubana de Antropología Sociocultural</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (11), pp.74-89</w:t>
+              <w:t xml:space="preserve">Paisagens Híbridas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paisagem e Morte, 1 (1), pp.70-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561667v1</w:t>
+                <w:t xml:space="preserve">hal-03561657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El culto a la Santa Muerte: religiosidad popular 2.0</w:t>
               </w:r>
@@ -715,96 +715,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03562179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Culto online a la Santa Muerte: ¿construcción de redes devocionales virtuales?</w:t>
+                <w:t xml:space="preserve">Y la patrimonialización de Día de Muertos en México</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">III Congreso Internacional de Antropología AIBR “Viajes, tránsitos, desplazamientos”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIBR &amp; Universidad de Guadalajara, Nov 2017, Puerto Vallarta, México</w:t>
+              <w:t xml:space="preserve">XVI Congreso de Antropología "Antropologías en transformación: sentidos, compromisos y utopías"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAAEE, Sep 2017, Valence, España. pp.1893-1905</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03562187v1</w:t>
+                <w:t xml:space="preserve">hal-03561913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celebration of the death in Mexico City and in Ahuacatlán (Sierra Norte de Puebla): multi-situated commemoration</w:t>
               </w:r>
@@ -853,234 +853,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03562209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinado tradiciones: patrimonialización del Día de muertos en México</w:t>
+                <w:t xml:space="preserve">Culto online a la Santa Muerte: ¿construcción de redes devocionales virtuales?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXVII Convegno Internazionale di Americanistica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Perugia, Italia</w:t>
+              <w:t xml:space="preserve">III Congreso Internacional de Antropología AIBR “Viajes, tránsitos, desplazamientos”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIBR &amp; Universidad de Guadalajara, Nov 2017, Puerto Vallarta, México</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03562205v1</w:t>
+                <w:t xml:space="preserve">hal-03562187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El culto a la Santa Muerte: ritualidad popular tangible y virtual</w:t>
+                <w:t xml:space="preserve">Determinado tradiciones: patrimonialización del Día de muertos en México</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Curso- Taller Internacional de Religiosidad Popular</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Casa del Caribe, Jul 2017, Santiago de Cuba, Cuba</w:t>
+              <w:t xml:space="preserve">XXXVII Convegno Internazionale di Americanistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Perugia, Italia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03562193v1</w:t>
+                <w:t xml:space="preserve">hal-03562205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y la patrimonialización de Día de Muertos en México</w:t>
+                <w:t xml:space="preserve">El culto a la Santa Muerte: ritualidad popular tangible y virtual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Torres-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI Congreso de Antropología "Antropologías en transformación: sentidos, compromisos y utopías"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FAAEE, Sep 2017, Valence, España. pp.1893-1905</w:t>
+              <w:t xml:space="preserve">Curso- Taller Internacional de Religiosidad Popular</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Casa del Caribe, Jul 2017, Santiago de Cuba, Cuba</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561913v1</w:t>
+                <w:t xml:space="preserve">hal-03562193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El culto a la Santa Muerte : religiosidad popular 2.0</w:t>
               </w:r>
@@ -1995,51 +1995,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sonntag" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Torres Ramos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2023.10058999" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561632v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Torres-Ramos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561684v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561615v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.2228" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561870v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562209v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562205v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562193v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561913v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562058v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562213v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562110v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562220v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562072v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562147v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562225v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561778v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03561838v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EPHE5028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sonntag" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Torres Ramos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2023.10058999" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561632v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Torres-Ramos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561667v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561657v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561684v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561615v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.2228" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561870v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562209v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562187v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562205v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562193v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562058v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562213v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562110v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562220v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562072v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562147v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562225v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561778v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03561838v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014EPHE5028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>