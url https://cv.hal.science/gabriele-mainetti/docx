--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -153,9513 +153,9781 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (62)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Early Release Observations. A combined strong and weak lensing solution for Abell 2390 beyond its virial radius</w:t>
+                <w:t xml:space="preserve">Euclid : Early Release Observations – The star cluster systems of the Local Group dwarf galaxies IC 10 and NGC 6822</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M Diego</w:t>
+                <w:t xml:space="preserve">J. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Congedo</w:t>
+                <w:t xml:space="preserve">A. Ferguson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Gavazzi</w:t>
+                <w:t xml:space="preserve">S. Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Schrabback</w:t>
+                <w:t xml:space="preserve">A. Lançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Atek</w:t>
+                <w:t xml:space="preserve">F. Annibali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 706, pp.A83. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 706, pp.A185. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191078v1</w:t>
+                <w:t xml:space="preserve">insu-05515519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. Sensitivity to neutrino parameters</w:t>
+                <w:t xml:space="preserve">Euclid : The first statistical census of dusty and massive objects in the ERO/Perseus field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Archidiacono</w:t>
+                <w:t xml:space="preserve">G. Girardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Lesgourgues</w:t>
+                <w:t xml:space="preserve">A. Grazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Casas</w:t>
+                <w:t xml:space="preserve">G. Rodighiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Pamuk</w:t>
+                <w:t xml:space="preserve">L. Bisigello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Schöneberg</w:t>
+                <w:t xml:space="preserve">G. Gandolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 693, pp.A58. </w:t>
+              <w:t xml:space="preserve">, 2026, 706, pp.A371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450859⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04581883v1</w:t>
+                <w:t xml:space="preserve">insu-05536197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Euclid&amp;lt;/i&amp;gt;: the potential of slitless infrared spectroscopy: a &amp;lt;i&amp;gt;z&amp;lt;/i&amp;gt; = 5.4 quasar and new ultracool dwarfs</w:t>
+                <w:t xml:space="preserve">Euclid: Early Release Observations. A combined strong and weak lensing solution for Abell 2390 beyond its virial radius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Bañados</w:t>
+                <w:t xml:space="preserve">J.M Diego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Le Brun</w:t>
+                <w:t xml:space="preserve">G. Congedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Belladitta</w:t>
+                <w:t xml:space="preserve">R. Gavazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Momcheva</w:t>
+                <w:t xml:space="preserve">T. Schrabback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Stern</w:t>
+                <w:t xml:space="preserve">H. Atek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 542 (2), pp.1088-1102. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 706, pp.A83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/staf1274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05222765v1</w:t>
+                <w:t xml:space="preserve">hal-05191078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: The first statistical census of dusty and massive objects in the ERO/Perseus field</w:t>
+                <w:t xml:space="preserve">Euclid. II. The VIS Instrument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Girardi</w:t>
+                <w:t xml:space="preserve">M Cropper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Grazian</w:t>
+                <w:t xml:space="preserve">A Al-Bahlawan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Rodighiero</w:t>
+                <w:t xml:space="preserve">J Amiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Bisigello</w:t>
+                <w:t xml:space="preserve">S Awan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Gandolfi</w:t>
+                <w:t xml:space="preserve">R Azzollini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 697, pp.A2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2512.01489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05454442v1</w:t>
+                <w:t xml:space="preserve">hal-04592354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid. I. Overview of the Euclid mission</w:t>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Euclid&amp;lt;/i&amp;gt;: the potential of slitless infrared spectroscopy: a &amp;lt;i&amp;gt;z&amp;lt;/i&amp;gt; = 5.4 quasar and new ultracool dwarfs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Mellier</w:t>
+                <w:t xml:space="preserve">E Bañados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdurro Uf</w:t>
+                <w:t xml:space="preserve">V Le Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Acevedo Barroso</w:t>
+                <w:t xml:space="preserve">S Belladitta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Achúcarro</w:t>
+                <w:t xml:space="preserve">I Momcheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Adamek</w:t>
+                <w:t xml:space="preserve">D Stern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 697, pp.A1. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 542 (2), pp.1088-1102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450810⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staf1274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592159v1</w:t>
+                <w:t xml:space="preserve">insu-05222765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid. IV. The NISP Calibration Unit</w:t>
+                <w:t xml:space="preserve">Euclid. I. Overview of the Euclid mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Hormuth</w:t>
+                <w:t xml:space="preserve">Y. Mellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Jahnke</w:t>
+                <w:t xml:space="preserve">Abdurro Uf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Schirmer</w:t>
+                <w:t xml:space="preserve">J.A. Acevedo Barroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.G.-Y Lee</w:t>
+                <w:t xml:space="preserve">A Achúcarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Scott</w:t>
+                <w:t xml:space="preserve">J Adamek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 697, pp.A4. </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 697, pp.A1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592140v1</w:t>
+                <w:t xml:space="preserve">hal-04592159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid. III. The NISP Instrument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Jahnke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Schirmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Ealet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Maciaszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 697, pp.A3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/202450786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid. II. The VIS Instrument</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Euclid. IV. The NISP Calibration Unit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Amiaux</w:t>
+                <w:t xml:space="preserve">F Hormuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Jahnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Schirmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Awan</w:t>
+                <w:t xml:space="preserve">C.G.-Y Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Azzollini</w:t>
+                <w:t xml:space="preserve">T Scott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 697, pp.A2. </w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 697, pp.A4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592354v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid quick data release (Q1) exploring galaxy properties with a multi-modal foundation model Euclid Collaboration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Lanusse</w:t>
+                <w:t xml:space="preserve">Euclid: The first statistical census of dusty and massive objects in the ERO/Perseus field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Girardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grazian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rodighiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bisigello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gandolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202554611⟩</w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2512.01489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05412177v1</w:t>
+                <w:t xml:space="preserve">hal-05454442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. Sensitivity to non-standard particle dark matter model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S.K Giri</w:t>
+                <w:t xml:space="preserve">Euclid quick data release (Q1) exploring galaxy properties with a multi-modal foundation model Euclid Collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Siudek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Huertas-Company</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Martinez-Solaeche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lanusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202451611⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202554611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631618v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Euclid&amp;lt;/i&amp;gt;: The Early Release Observations Lens Search Experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J A Acevedo Barroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C M O’riordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tortora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T E Collett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 697, pp.A14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/202451868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05059537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid Preparation. XXXVII. Galaxy colour selections with Euclid and ground photometry for cluster weak-lensing analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. Sensitivity to non-standard particle dark matter model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lesgourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Schwagereit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bucko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Parimbelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.F Lesci</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">L Bisigello</w:t>
+                <w:t xml:space="preserve">S.K Giri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348743⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 693, pp.A249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202451611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324289v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. The Near-IR Background Dipole Experiment with Euclid</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R Scaramella</w:t>
+                <w:t xml:space="preserve">Euclid preparation. Sensitivity to neutrino parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Archidiacono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lesgourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Pamuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Schöneberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 689, pp.A294. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449385⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 693, pp.A58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202450859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04442220v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXXVIII. Spectroscopy of active galactic nuclei with NISP</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Calderone</w:t>
+                <w:t xml:space="preserve">Euclid preparation: LII. Forecast impact of super-sample covariance on 3x2pt analysis with Euclid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Sciotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gouyou Beauchamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.F Cardone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Camera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Tutusaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 685, pp.A108. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348326⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 691, pp.A318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04585195v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXXIV. The effect of linear redshift-space distortions in photometric galaxy clustering and its cross-correlation with cosmic shear</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S Camera</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XLI. Galaxy power spectrum modelling in real space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pezzotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Zennaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Moradinezhad Dizgah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Crocce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347870⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 687, pp.A216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205044v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. Measuring detailed galaxy morphologies for Euclid with Machine Learning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Castellano</w:t>
+                <w:t xml:space="preserve">Euclid preparation. The Near-IR Background Dipole Experiment with Euclid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Kashlinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G Arendt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L.N Ashby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Atrio-Barandela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Scaramella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449609⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 689, pp.A294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04470553v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation: XXXVI. Modelling of the weak lensing angular power spectrum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXXVIII. Spectroscopy of active galactic nuclei with NISP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lusso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fotopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Selwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Allevato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.C. Deshpande</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">N. Aghanim</w:t>
+                <w:t xml:space="preserve">G. Calderone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 684, pp.A138. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346110⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 685, pp.A108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998732v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04585195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid Preparation: XL. Impact of magnification on spectroscopic galaxy clustering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid Preparation. XXXVII. Galaxy colour selections with Euclid and ground photometry for cluster weak-lensing analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.F Lesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sereno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Radovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Castignani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Jelic-Cizmek</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S Camera</w:t>
+                <w:t xml:space="preserve">L Bisigello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 685, pp.A167. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348628⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 684, pp.A139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287587v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid preparation. Improving cosmological constraints using a new multi-tracer method with the spectroscopic and photometric samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dournac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ilić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Dournac</w:t>
+                <w:t xml:space="preserve">Brahim Lamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isaac Tutusaus Lleixa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 690, pp.A30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/202450368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04553145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation: LII. Forecast impact of super-sample covariance on 3x2pt analysis with Euclid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid Preparation: XL. Impact of magnification on spectroscopic galaxy clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Jelic-Cizmek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Sorrenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lepori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Sciotti</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">C Bonvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Camera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I Tutusaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348389⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 685, pp.A167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273958v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XLI. Galaxy power spectrum modelling in real space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. Measuring detailed galaxy morphologies for Euclid with Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Aussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pezzotta</w:t>
+                <w:t xml:space="preserve">S Kruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Moretti</w:t>
+                <w:t xml:space="preserve">M Walmsley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Huertas-Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Zennaro</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M Crocce</w:t>
+                <w:t xml:space="preserve">M Castellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 687, pp.A216. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348939⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 689, pp.A274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326406v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04470553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXXII. Evaluating the weak lensing cluster mass biases using the Three Hundred Project hydrodynamical simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation: XXXVI. Modelling of the weak lensing angular power spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C. Deshpande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Kitching</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Giocoli</w:t>
+                <w:t xml:space="preserve">A. Hall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Meneghetti</w:t>
+                <w:t xml:space="preserve">M.L. Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Rasia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Despali</w:t>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346058⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 684, pp.A138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03991062v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid Preparation XXXIII. Characterization of convolutional neural networks for the identification of galaxy-galaxy strong lensing events</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L Moscardini</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XXXIV. The effect of linear redshift-space distortions in photometric galaxy clustering and its cross-correlation with cosmic shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Tanidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.F Cardone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Tutusaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Camera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347244⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 683, pp.A17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174681v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XLII. A unified catalogue-level reanalysis of weak lensing by galaxy clusters in five imaging surveys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L Baumont</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XXXII. Evaluating the weak lensing cluster mass biases using the Three Hundred Project hydrodynamical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Giocoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meneghetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rasia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Borgani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Despali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348680⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 681, pp.A67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04556441v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation - XXXIX. The effect of baryons on the Halo Mass Function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid Preparation XXXIII. Characterization of convolutional neural networks for the identification of galaxy-galaxy strong lensing events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Leuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Meneghetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Angora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Castro</w:t>
+                <w:t xml:space="preserve">R.B Metcalf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Borgani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">K Dolag</w:t>
+                <w:t xml:space="preserve">L Moscardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 685, pp.A109. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348388⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 681, pp.A68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273972v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. Optical emission-line predictions of intermediate-z galaxy populations in GAEA for the Euclid Deep and Wide Surveys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation - XXXIX. The effect of baryons on the Halo Mass Function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Borgani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Costanzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Scharré</w:t>
+                <w:t xml:space="preserve">J Dakin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Hirschmann</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F Fontanot</w:t>
+                <w:t xml:space="preserve">K Dolag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astron.Astrophys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 689, pp.A276. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449500⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 685, pp.A109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455731v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXII. Selection of quiescent galaxies from mock photometry using machine learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. Optical emission-line predictions of intermediate-z galaxy populations in GAEA for the Euclid Deep and Wide Surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Scharré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Hirschmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G de Lucia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Humphrey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Bisigello</w:t>
+                <w:t xml:space="preserve">S Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. A. C. Cunha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Fotopoulou</w:t>
+                <w:t xml:space="preserve">F Fontanot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244307⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 689, pp.A276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03866216v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXIX. Water ice in spacecraft part I: The physics of ice formation and contamination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Schirmer</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XLII. A unified catalogue-level reanalysis of weak lensing by galaxy clusters in five imaging surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Sereno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Farrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Thürmer</w:t>
+                <w:t xml:space="preserve">L Ingoglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.F Lesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Bras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J Martin-Fleitas</w:t>
+                <w:t xml:space="preserve">L Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346635⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 689, pp.A252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04105058v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXX. Performance assessment of the NISP Red-Grism through spectroscopic simulations for the Wide and Deep surveys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXV. The Euclid Morphology Challenge: Towards model-fitting photometry for billions of galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Gabarra</w:t>
+                <w:t xml:space="preserve">M. Castellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Mancini</w:t>
+                <w:t xml:space="preserve">H. Bretonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rodriguez Muñoz</w:t>
+                <w:t xml:space="preserve">M. Huertas-Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Rodighiero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C Sirignano</w:t>
+                <w:t xml:space="preserve">U. Kuchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 676, pp.A34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346177⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 671, pp.A101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04447271v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03841758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXV. The Euclid Morphology Challenge: Towards model-fitting photometry for billions of galaxies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXX. Performance assessment of the NISP Red-Grism through spectroscopic simulations for the Wide and Deep surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Gabarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Merlin</w:t>
+                <w:t xml:space="preserve">C Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Castellano</w:t>
+                <w:t xml:space="preserve">L. Rodriguez Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bretonnière</w:t>
+                <w:t xml:space="preserve">G Rodighiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Huertas-Company</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">U. Kuchner</w:t>
+                <w:t xml:space="preserve">C Sirignano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245041⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 676, pp.A34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03841758v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04447271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXIII. Derivation of galaxy physical properties with deep machine learning using mock fluxes and H-band images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Bisigello</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XXIX. Water ice in spacecraft part I: The physics of ice formation and contamination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Schirmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Thürmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. J. Conselice</w:t>
+                <w:t xml:space="preserve">B Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Cropper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Brescia</w:t>
+                <w:t xml:space="preserve">J Martin-Fleitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stac3810⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 675, pp.A142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03947319v2</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04105058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XXVII. A UV-NIR spectral atlas of compact planetary nebulae for wavelength calibration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXII. Selection of quiescent galaxies from mock photometry using machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Humphrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bisigello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Paterson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Schirmer</w:t>
+                <w:t xml:space="preserve">P. A. C. Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Copin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">W Gillard</w:t>
+                <w:t xml:space="preserve">M. Bolzonella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fotopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 674, pp.A172. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346252⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 671, pp.A99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04062455v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XV. Forecasting cosmological constraints for the Euclid and CMB joint analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXIII. Derivation of galaxy physical properties with deep machine learning using mock fluxes and H-band images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bisigello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. J. Conselice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ilić</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Aghanim</w:t>
+                <w:t xml:space="preserve">M. Baes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bolzonella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Baccigalupi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Fabbian</w:t>
+                <w:t xml:space="preserve">M. Brescia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141556⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 520 (3), pp.3529-3548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stac3810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533670v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03947319v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVI. Exploring the ultra-low surface brightness Universe with Euclid/VIS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XXVII. A UV-NIR spectral atlas of compact planetary nebulae for wavelength calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Paterson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Schirmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Copin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Borlaff</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R. Vavrek</w:t>
+                <w:t xml:space="preserve">J.-C Cuillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141935⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 674, pp.A172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542092v2</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04062455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation - XX. The Complete Calibration of the Color–Redshift Relation survey: LBT observations and data release</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Snigula</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XIII. Forecasts for galaxy morphology with the Euclid Survey using deep generative models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bretonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Huertas-Company</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lanusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243604⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 657, pp.A90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737445v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XIII. Forecasts for galaxy morphology with the Euclid Survey using deep generative models</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Jullo</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XV. Forecasting cosmological constraints for the Euclid and CMB joint analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ilić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baccigalupi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. R. Bermejo-Climent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Fabbian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 657, pp.A90. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141393⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 657, pp.A91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533669v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. I. The Euclid Wide Survey</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Carvalho</w:t>
+                <w:t xml:space="preserve">Euclid preparation - XX. The Complete Calibration of the Color–Redshift Relation survey: LBT observations and data release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Saglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Nicola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fabricius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guglielmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Snigula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141938⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 664, pp.A196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03866201v2</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVIII. The NISP photometric system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid preparation. XVI. Exploring the ultra-low surface brightness Universe with Euclid/VIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Borlaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gómez-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marcum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Schirmer</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Bodendorf</w:t>
+                <w:t xml:space="preserve">R. Vavrek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142897⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 657, pp.A92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03613681v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542092v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XIX. Impact of magnification on photometric galaxy clustering</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Camera</w:t>
+                <w:t xml:space="preserve">Euclid preparation. I. The Euclid Wide Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Scaramella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Amiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Burigana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 662, pp.A93. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142419⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 662, pp.A112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447630v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866201v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid preparation. XVII. Cosmic Dawn Survey: Spitzer Space Telescope observations of the Euclid deep fields and calibration fields</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Capak</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XIX. Impact of magnification on photometric galaxy clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lepori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Tutusaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Viglione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bonvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Camera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 658, pp.A126. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142361⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 662, pp.A93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03565435v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid Preparation. XIV. The Complete Calibration of the Color–Redshift Relation (C3R2) Survey: Data Release 3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Cohen</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XVIII. The NISP photometric system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schirmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Jahnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Seidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bodendorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4365/ac0833⟩</w:t>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 662, pp.A92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03413175v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The data processing pipeline for the Herschel SPIRE Fourier Transform Spectrometer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Hopwood</w:t>
+                <w:t xml:space="preserve">Euclid preparation. XVII. Cosmic Dawn Survey: Spitzer Space Telescope observations of the Euclid deep fields and calibration fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moneti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. J. Mccracken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Shuntov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. B. Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Capak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stw343⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 658, pp.A126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01440726v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03565435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Herschel* PEP/HerMES luminosity function - I. Probing the evolution of PACS selected Galaxies to z similar or equal to 4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Berta</w:t>
+                <w:t xml:space="preserve">Euclid Preparation. XIV. The Complete Calibration of the Color–Redshift Relation (C3R2) Survey: Data Release 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Stanford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Masters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Darvish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Stern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stt308⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 256 (1), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4365/ac0833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439508v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Herschel Multi-tiered Extragalactic Survey: SPIRE-mm photometric redshifts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The data processing pipeline for the Herschel SPIRE Fourier Transform Spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Fulton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. A. Naylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. T. Polehampton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Valtchanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. G. Roseboom</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">V. Arumugam</w:t>
+                <w:t xml:space="preserve">R. Hopwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 419 (4), pp.2758-2773. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.19827.x⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 458 (2), pp.1977--1989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stw343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01442383v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The suppression of star formation by powerful active galactic nuclei</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Herschel* PEP/HerMES luminosity function - I. Probing the evolution of PACS selected Galaxies to z similar or equal to 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Amblard</w:t>
+                <w:t xml:space="preserve">C. Gruppioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rodighiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Delvecchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Berta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11096⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 432 (1), pp.23--52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stt308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00881177v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Herschel Multi-tiered Extragalactic Survey: HerMES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The suppression of star formation by powerful active galactic nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. J. Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Symeonidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. D. Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. J. Oliver</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2012.20912.x⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 485 (7397), pp.213-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03645794v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00881177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submillimetre galaxies reside in dark matter haloes with masses greater than 3 × 10 11 solar masses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Herschel Multi-tiered Extragalactic Survey: HerMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Amblard</w:t>
+                <w:t xml:space="preserve">J. Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature09771⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 424, pp.1614-1635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2012.20912.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00904021v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03645794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: SPIRE emission from radio-selected active galactic nuclei</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Herschel Multi-tiered Extragalactic Survey: SPIRE-mm photometric redshifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. G. Roseboom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Chanial</w:t>
+                <w:t xml:space="preserve">R. J. Ivison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. L. Clements</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Cooray</w:t>
+                <w:t xml:space="preserve">T. R. Greve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 413 (3), pp.1777--1786. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.18253.x⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 419 (4), pp.2758-2773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.19827.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438074v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Deep SPIRE HerMES Survey: spectral energy distributions and their astrophysical indications at high redshift</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">Submillimetre galaxies reside in dark matter haloes with masses greater than 3 × 10 11 solar masses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asantha Cooray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17643.x⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 470 (7335), pp.510-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature09771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01434470v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00904021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measures of star formation rates from infrared (Herschel) and UV (GALEX) emissions of galaxies in the HerMES fields</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HerMES: SPIRE emission from radio-selected active galactic nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chanial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. L. Clements</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Buat</w:t>
+                <w:t xml:space="preserve">A. Conley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Giovannoli</w:t>
+                <w:t xml:space="preserve">L. Conversi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Burgarella</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Amblard</w:t>
+                <w:t xml:space="preserve">A. Cooray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 409 (1), pp.L1--L6. </w:t>
+              <w:t xml:space="preserve">, 2011, 413 (3), pp.1777--1786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1745-3933.2010.00916.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2011.18253.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01434473v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: deep galaxy number counts from a P(D) fluctuation analysis of SPIRE Science Demonstration Phase observations</w:t>
+                <w:t xml:space="preserve">Herschel reveals a T-dust-unbiased selection of z similar to 2 ultraluminous infrared galaxies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Glenn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Conley</w:t>
+                <w:t xml:space="preserve">G. E. Magdis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Béthermin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">D. Elbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. S. Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 409, pp.109-121. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17781.x⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 409 (1), pp.22--28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17551.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03646002v1</w:t>
+                <w:t xml:space="preserve">hal-01438938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First results from HerMES on the evolution of the submillimetre luminosity function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. A. Eales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. G. Roseboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 518, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/201014675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03646130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of dust temperature of galaxies through cosmic time as seen by Herschel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cepa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chanial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. -R. Chary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 409 (1), pp.75--82. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17645.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01438923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: Herschel-SPIRE observations of Lyman break galaxies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HerMES: deep galaxy number counts from a P(D) fluctuation analysis of SPIRE Science Demonstration Phase observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Magdis</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">J. Glenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Conley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Béthermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 409 (1), pp.L7--L12. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1745-3933.2010.00950.x⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 409, pp.109-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17781.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438891v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03646002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Herschel-SPIRE instrument and its in-flight performance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HerMES: Herschel-SPIRE observations of Lyman break galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.~j. King</w:t>
+                <w:t xml:space="preserve">D. Rigopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.~e. Lange</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Laurent</w:t>
+                <w:t xml:space="preserve">G. Magdis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. J. Ivison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014519⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 409 (1), pp.L7--L12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1745-3933.2010.00950.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01428184v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herschel reveals a T-dust-unbiased selection of z similar to 2 ultraluminous infrared galaxies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Herschel-SPIRE instrument and its in-flight performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Kiernan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.~j. King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. E. Magdis</w:t>
+                <w:t xml:space="preserve">A.~e. Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Elbaz</w:t>
+                <w:t xml:space="preserve">W. Latter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. S. Hwang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Arumugam</w:t>
+                <w:t xml:space="preserve">G. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 409 (1), pp.22--28. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 518, pp.L3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17551.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438938v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01428184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herschel unveils a puzzling uniformity of distant dusty galaxies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. S. Hwang</w:t>
+                <w:t xml:space="preserve">HerMES: SPIRE galaxy number counts at 250, 350, and 500 mu m</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Magnelli</w:t>
+                <w:t xml:space="preserve">L. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Daddi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Aussel</w:t>
+                <w:t xml:space="preserve">A. J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 518, </w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014687⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03646129v1</w:t>
+                <w:t xml:space="preserve">hal-01438934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: SPIRE galaxy number counts at 250, 350, and 500 mu m</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. J. Oliver</w:t>
+                <w:t xml:space="preserve">Herschel unveils a puzzling uniformity of distant dusty galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Elbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. S. Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Wang</w:t>
+                <w:t xml:space="preserve">B. Magnelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. J. Smith</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Amblard</w:t>
+                <w:t xml:space="preserve">E. Daddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 518, </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014697⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438934v1</w:t>
+                <w:t xml:space="preserve">hal-03646129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: The submillimeter spectral energy distributions of Herschel/SPIRE-detected galaxies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Herschel Multi-Tiered Extragalactic Survey: source extraction and cross-identifications in confusion-dominated SPIRE images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. G. Roseboom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Schulz</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">M. Kunz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014673⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 409 (1), pp.48--65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17634.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03646128v1</w:t>
+                <w:t xml:space="preserve">hal-01438883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Herschel Multi-Tiered Extragalactic Survey: source extraction and cross-identifications in confusion-dominated SPIRE images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. G. Roseboom</w:t>
+                <w:t xml:space="preserve">HerMES: The submillimeter spectral energy distributions of Herschel/SPIRE-detected galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. P. Pearson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. L. Clements</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. J. Oliver</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 518, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014673⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03646128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measures of star formation rates from infrared (Herschel) and UV (GALEX) emissions of galaxies in the HerMES fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Buat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giovannoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Burgarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 409 (1), pp.48--65. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17634.x⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 409 (1), pp.L1--L6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1745-3933.2010.00916.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438883v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Deep SPIRE HerMES Survey: spectral energy distributions and their astrophysical indications at high redshift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Brisbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Harwit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 409 (1), pp.66--74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2010.17643.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience deploying an analysis facility for the Rubin Observatory’s Legacy Survey of Space and Time (LSST) data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId372" w:history="1">
+                <w:t xml:space="preserve">Overview of the distributed image processing infrastructure to produce the Legacy Survey of Space and Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Beckett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matt Doidge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Jenness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Computing in High Energy &amp; Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Norfolk, United States. pp.07017, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202429507017⟩</w:t>
+              <w:t xml:space="preserve">, May 2023, Norfolk, United States. pp.01042, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202429501042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04574436v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rubin Observatory’s Legacy Survey of Space and Time DP0.2 processing campaign at CC-IN2P3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Boulc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Mainetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Computing in High Energy &amp; Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Norfolk, United States. pp.04049, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202429504049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the distributed image processing infrastructure to produce the Legacy Survey of Space and Time</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId372" w:history="1">
+                <w:t xml:space="preserve">Experience deploying an analysis facility for the Rubin Observatory’s Legacy Survey of Space and Time (LSST) data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Mainetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Boulc’h</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference on Computing in High Energy &amp; Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Norfolk, United States. pp.01042, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202429501042⟩</w:t>
+              <w:t xml:space="preserve">, May 2023, Norfolk, United States. pp.07017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202429507017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04574424v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euclid preparation: XVIII. Cosmic Dawn Survey. Spitzer observations of the Euclid deep fields and calibration fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Moneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. J. Mccracken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Shuntov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. B. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Capak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03451656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: Far-infrared properties of known AGN in the HerMES fields</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Arumugam</w:t>
+                <w:t xml:space="preserve">The far-infrared/radio correlation as probed by Herschel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. J. Ivison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Magnelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ibar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Andreani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Elbaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662751v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HerMES SPIRE submillimeter local luminosity function</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">HerMES: Halo Occupation Number and Bias Properties of Dusty Galaxies from Angular Clustering Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asantha Cooray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Amblard</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662136v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: SPIRE galaxy number counts at 250, 350 and 500 microns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HerMES: The SPIRE confusion limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Levenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. J. Oliver</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arumugam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662132v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The far-infrared/radio correlation as probed by Herschel</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Elbaz</w:t>
+                <w:t xml:space="preserve">The HerMES SPIRE submillimeter local luminosity function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vaccari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662135v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: Halo Occupation Number and Bias Properties of Dusty Galaxies from Angular Clustering Measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">HerMES: SPIRE galaxy number counts at 250, 350 and 500 microns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662767v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HerMES: The SPIRE confusion limit</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">HerMES: Far-infrared properties of known AGN in the HerMES fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hatziminaoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Omont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A. Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arumugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00662142v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum: The Herschel PEP/HerMES Luminosity Function - I. Probing the Evolution of PACS selected Galaxies to z ≃ 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gruppioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rodighiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Delvecchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Berta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.2875-2876. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stt1748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03645432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId404"/>
+      <w:footerReference w:type="default" r:id="rId413"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9727,51 +9995,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D41BB6D"/>
+    <w:nsid w:val="96A2E25B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9958,51 +10226,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriele-mainetti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2384-2377" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/mainetti_g_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191078v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Diego" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Congedo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gavazzi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schrabback" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556372" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581883v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Archidiacono" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lesgourgues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Casas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pamuk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sch&#246;neberg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450859" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05222765v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ba&#241;ados" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Le Brun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belladitta" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Momcheva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stern" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1274" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454442v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grazian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rodighiero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bisigello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gandolfi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2512.01489" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592159v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mellier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdurro Uf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Acevedo Barroso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ach&#250;carro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Adamek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450810" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592140v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hormuth" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jahnke" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schirmer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G.-Y Lee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Scott" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450345" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592144v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Gillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ealet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maciaszek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450786" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592354v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cropper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al-Bahlawan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Awan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Azzollini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450996" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412177v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Siudek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Huertas-Company" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Smith" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Martinez-Solaeche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lanusse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554611" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631618v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schwagereit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bucko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Parimbelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K Giri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451611" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059537v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Acevedo Barroso" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M O&#8217;riordan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tortora" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T E Collett" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451868" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324289v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F Lesci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sereno" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Radovich" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Castignani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bisigello" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348743" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442220v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kashlinsky" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G Arendt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.N Ashby" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Atrio-Barandela" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Scaramella" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449385" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04585195v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lusso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fotopoulou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selwood" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Allevato" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calderone" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348326" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205044v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Tanidis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.F Cardone" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martinelli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tutusaus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Camera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347870" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470553v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Aussel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kruk" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Walmsley" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Castellano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449609" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998732v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Deshpande" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kitching" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hall" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Brown" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346110" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287587v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Jelic-Cizmek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sorrenti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lepori" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonvin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348628" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553145v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dournac" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ili&#263;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lamine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Tutusaus Lleixa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450368" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273958v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sciotti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gouyou Beauchamps" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348389" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326406v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pezzotta" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moretti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zennaro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moradinezhad Dizgah" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Crocce" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348939" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991062v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giocoli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meneghetti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasia" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borgani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despali" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346058" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174681v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Leuzzi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Meneghetti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Angora" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B Metcalf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Moscardini" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347244" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556441v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Farrens" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ingoglia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Baumont" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348680" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273972v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Castro" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Borgani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Costanzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dakin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dolag" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348388" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455731v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Scharr&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hirschmann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G de Lucia" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Charlot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fontanot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449500" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866216v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Humphrey" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. C. Cunha" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bolzonella" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244307" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105058v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Th&#252;rmer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bras" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin-Fleitas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346635" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447271v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gabarra" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mancini" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez Mu&#241;oz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rodighiero" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sirignano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346177" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841758v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merlin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castellano" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huertas-Company" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Kuchner" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245041" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03947319v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Conselice" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brescia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3810" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062455v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paterson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Copin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Cuillandre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346252" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533670v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ili&#263;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Bermejo-Climent" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fabbian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141556" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542092v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borlaff" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#243;mez-Alvarez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Altieri" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcum" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vavrek" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141935" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737445v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saglia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Nicola" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fabricius" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guglielmo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Snigula" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243604" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533669v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanusse" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jullo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141393" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866201v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scaramella" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiaux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burigana" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carvalho" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141938" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613681v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schirmer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jahnke" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seidel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aussel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodendorf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142897" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447630v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lepori" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tutusaus" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viglione" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonvin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camera" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142419" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565435v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Mccracken" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shuntov" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Kauffmann" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capak" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142361" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413175v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stanford" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masters" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darvish" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stern" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cohen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ac0833" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440726v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fulton" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Naylor" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. T. Polehampton" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Valtchanov" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hopwood" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw343" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439508v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruppioni" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pozzi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Delvecchio" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berta" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt308" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442383v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G. Roseboom" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Ivison" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R. Greve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amblard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arumugam" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.19827.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00881177v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Page" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Symeonidis" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Vieira" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11096" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645794v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Oliver" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bock" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2012.20912.x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00904021v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Amblard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asantha Cooray" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Serra" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09771" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438074v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chanial" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Clements" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conley" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Conversi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cooray" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.18253.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434470v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brisbin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harwit" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17643.x" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434473v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buat" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giovannoli" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Burgarella" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-3933.2010.00916.x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646002v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Glenn" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;thermin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17781.x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646130v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Eales" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Raymond" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014675" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438923v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cava" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cepa" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chapin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. -R. Chary" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17645.x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438891v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rigopoulou" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magdis" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-3933.2010.00950.x" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428184v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kiernan" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.~j. King" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.~e. Lange" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Latter" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laurent" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014519" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438938v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Magdis" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elbaz" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. S. Hwang" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17551.x" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646129v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magnelli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daddi" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014687" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438934v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Smith" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014697" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646128v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schulz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Pearson" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014673" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438883v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kunz" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17634.x" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574436v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Mainetti" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Hernandez" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jammes" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Boulc&#8217;h" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429507017" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574437v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429504049" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574424v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Beckett" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Clark" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Doidge" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Jenness" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429501042" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03451656v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Moneti" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662751v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatziminaoglou" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omont" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Stevens" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662136v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaccari" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marchetti" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franceschini" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662132v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662135v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ibar" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andreani" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662767v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662142v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Nguyen" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levenson" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645432v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt1748" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gabriele-mainetti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2384-2377" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/mainetti_g_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05515519v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Howell" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferguson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Larsen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lan&#231;on" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Annibali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556953" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05536197v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grazian" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rodighiero" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bisigello" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gandolfi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556328" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191078v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Diego" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Congedo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gavazzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schrabback" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556372" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592354v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cropper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al-Bahlawan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Awan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Azzollini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450996" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05222765v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ba&#241;ados" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Le Brun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belladitta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Momcheva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Stern" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1274" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592159v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mellier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdurro Uf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Acevedo Barroso" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ach&#250;carro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Adamek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450810" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592144v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jahnke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Gillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schirmer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ealet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maciaszek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450786" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592140v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hormuth" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G.-Y Lee" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Scott" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450345" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454442v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2512.01489" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412177v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Siudek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Huertas-Company" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Smith" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Martinez-Solaeche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lanusse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554611" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05059537v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Acevedo Barroso" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M O&#8217;riordan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tortora" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T E Collett" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451868" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631618v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lesgourgues" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schwagereit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bucko" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Parimbelli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K Giri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451611" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581883v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Archidiacono" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Casas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pamuk" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sch&#246;neberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450859" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273958v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sciotti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gouyou Beauchamps" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.F Cardone" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Camera" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tutusaus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348389" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326406v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pezzotta" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moretti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zennaro" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moradinezhad Dizgah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Crocce" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348939" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442220v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kashlinsky" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G Arendt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.N Ashby" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Atrio-Barandela" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Scaramella" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449385" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04585195v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lusso" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fotopoulou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selwood" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Allevato" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Calderone" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348326" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324289v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F Lesci" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sereno" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Radovich" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Castignani" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bisigello" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348743" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553145v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dournac" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ili&#263;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lamine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Tutusaus Lleixa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450368" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287587v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Jelic-Cizmek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sorrenti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lepori" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonvin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348628" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470553v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Aussel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kruk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Walmsley" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Castellano" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449609" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998732v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Deshpande" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kitching" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hall" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Brown" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346110" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205044v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Tanidis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martinelli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347870" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991062v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giocoli" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meneghetti" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borgani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despali" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346058" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174681v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Leuzzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Meneghetti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Angora" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B Metcalf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Moscardini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347244" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273972v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Castro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Borgani" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Costanzi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dakin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dolag" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348388" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455731v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Scharr&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hirschmann" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G de Lucia" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Charlot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fontanot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449500" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556441v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Farrens" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ingoglia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Baumont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348680" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841758v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Merlin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castellano" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huertas-Company" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Kuchner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245041" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447271v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gabarra" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mancini" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez Mu&#241;oz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rodighiero" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sirignano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346177" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105058v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Th&#252;rmer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bras" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin-Fleitas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346635" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866216v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Humphrey" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. C. Cunha" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bolzonella" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244307" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03947319v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Conselice" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baes" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brescia" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3810" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062455v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Paterson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Copin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C Cuillandre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346252" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533669v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanusse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jullo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141393" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533670v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ili&#263;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Bermejo-Climent" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fabbian" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141556" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737445v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saglia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Nicola" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fabricius" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guglielmo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Snigula" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243604" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542092v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borlaff" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#243;mez-Alvarez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Altieri" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcum" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vavrek" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141935" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866201v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scaramella" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiaux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Burigana" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carvalho" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141938" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447630v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lepori" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tutusaus" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viglione" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonvin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camera" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142419" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613681v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schirmer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jahnke" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seidel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aussel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodendorf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142897" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565435v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Mccracken" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shuntov" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Kauffmann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capak" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142361" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413175v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stanford" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Masters" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darvish" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stern" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cohen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ac0833" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440726v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fulton" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Naylor" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. T. Polehampton" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Valtchanov" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hopwood" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw343" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439508v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruppioni" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pozzi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Delvecchio" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berta" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt308" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00881177v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Page" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Symeonidis" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Vieira" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amblard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11096" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645794v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Oliver" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bock" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arumugam" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2012.20912.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442383v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G. Roseboom" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Ivison" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R. Greve" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.19827.x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00904021v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Amblard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asantha Cooray" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Serra" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09771" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438074v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chanial" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Clements" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conley" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Conversi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cooray" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2011.18253.x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438938v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Magdis" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elbaz" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. S. Hwang" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17551.x" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646130v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Eales" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Raymond" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014675" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438923v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cava" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cepa" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chapin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. -R. Chary" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17645.x" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646002v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Glenn" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;thermin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17781.x" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438891v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rigopoulou" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magdis" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-3933.2010.00950.x" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428184v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kiernan" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.~j. King" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.~e. Lange" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Latter" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laurent" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014519" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438934v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Smith" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014697" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646129v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magnelli" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daddi" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014687" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438883v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kunz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17634.x" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646128v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schulz" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Pearson" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014673" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434473v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buat" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giovannoli" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Burgarella" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-3933.2010.00916.x" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434470v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brisbin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harwit" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2010.17643.x" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574424v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Hernandez" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Beckett" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Clark" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Doidge" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Jenness" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429501042" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574437v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Boulc&#8217;h" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Mainetti" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429504049" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574436v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jammes" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202429507017" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03451656v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Moneti" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662135v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ibar" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Andreani" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662767v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662142v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Nguyen" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levenson" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662136v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vaccari" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marchetti" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franceschini" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662132v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662751v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hatziminaoglou" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omont" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Stevens" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645432v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt1748" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>