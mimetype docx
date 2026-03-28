--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gaël Alvarez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonliving respiration: Another breath in the soil?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentin Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Kéraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traikia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Perrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (46), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.adw9065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species richness: A pivotal factor mediating the effects of land use intensification and climate on grassland multifunctionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Allart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61 (5), pp.1053-1066. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.14627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant–soil synchrony in nutrient cycles: Learning from ecosystems to design sustainable agrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (1), pp.art. e17034. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.17034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344007v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stock de Carbone dans les sols: six pieds sous terre pour l’éternité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VETOMag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil enzymes in response to climate warming: Mechanisms and feedbacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mooshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Sauvadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Meng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 36 (6), pp.1378-1395. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.14027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioenergetic control of soil carbon dynamics across depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.7676. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-022-34951-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la capacité de rétention en eau d’un sol par centrifugation : une méthode fiable, facile et rapide à mettre en œuvre dans un laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.17-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new experimental platform connecting the rhizosphere priming effect with CO2 fluxes of plant-soil systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 130, pp.12-22. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.11.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic power of enzymes decreases with temperature: New insights for understanding soil C cycling and microbial ecology under warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanvir T. Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Andanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew D. Wallenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (9), pp.4238-4250. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.14281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response to Editor to the comment by Schipper & Smith to our paper entitled &amp;quot;Continuous soil carbon storage of old permanent pastures in Amazonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Picon-Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Mascarenha Grise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (3), pp.e732-e733. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.14028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root penetration in deep soil layers stimulates mineralization of millennia-old organic carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanvir Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Imtiaz Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 124, pp.150-160. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular and non-cellular mineralization of organic carbon in soils with contrasted physicochemical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 125, pp.286-289. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.07.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil carbon dioxide emissions controlled by an extracellular oxidative metabolism identifiable by its isotope signature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Catherine Lehours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (22), pp.6353 - 6362. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-13-6353-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does soil particulate organic carbon respond to grazing intensity in permanent grasslands?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Herfurth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Louault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 394 (1-2), pp.239 - 255. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-015-2528-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priming effect and microbial diversity in ecosystem functioning and response to global change: a modeling approach using the SYMPHONY model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rapaport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (4), pp.1174-1190. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.12493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An unknown oxidative metabolism substantially contributes to soil CO2 emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Despinasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10, pp.1155-1167. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-10-1155-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An unknown respiration pathwaysubstantially contributes to soil CO2 emissions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J J. Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie A. Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain R. Despinasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, pp.8663-8691</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil indicators of C and N transformations under pure and mixed grass-clover swards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chaussod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delpy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 9, pp.157-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining diversified prairies with wheat to promote beneficial plant-soil ecological interactions and the coupling of carbon and nitrogen biogeochemical cycles in agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-living respiration: another breath in the soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentin Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traïkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Perrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU24 European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Mar 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat and diverse perennial species: What is the impact on Z.tritici development and the wheat microbiome?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Conference of the European Foundation for Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated modelling of microbial-plant interactions in multi-species agroecosystems: the project MODIMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianni Bellochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP annual Soil Science day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vilnius (Lituanie), Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sustainable agrosystems by copying the biogeochemical organization of natural ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP SOIL Annual Science Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EJP SOIL, Jun 2023, Riga, Latvia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical Cycles: Learning From Natural and Seminatural Ecosystems to Design Sustainable Agro-Systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioenergetic control of soil carbon dynamics across depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-5193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04604317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sustainable agrosystems to promote plant-soil synchrony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP SOIL Annual Science Days 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EJP SOIL, Jun 2022, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux systèmes de culture pour favoriser la synchronisation sol/plante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Rencontre des Microbiologistes Clermontois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Microorganismes : Génome et Environnement - UMR 6023 Laboratoire Microorganismes : Génome et Environnement - UMR 6023., Apr 2018, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CO2-induced acceleration of soil organic carbon mineralization counteracted by legumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop Advances in Science and Technology of Bioressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de la Frontera. Temuco, CHL., Nov 2017, Pucon, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inactivation of enzymes challenges the current view of temperature response of enzymatic reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop Advances in Science and Technology of Bioressources.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de la Frontera. Temuco, CHL., Nov 2017, Pucon, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and rhizosphere process in plant/soil synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting BASIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring rhizosphere regulations of carbon and nitrogen cycles: an innovative design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International EcoSummit 2016 - Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and rhizosphere process in plant/soil synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting BASIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring rhizosphere regulations of carbon and nitrogen cycles: an innovate design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSummit 2016. Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inherent properties of enzymes can only lead to a negative temperature response of soil C decomposition in the long-term.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of snow cover on nutrients dynamics in Western Siberia territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Nikitich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Bredoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Barsukov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unusual isotopic composition of C-CO2 from sterilized soil microcosms: a new way to separate intracellular from extracellular respiratory metabolisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Lehours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXOMET : An unknown oxidative metabolism substantially contributes to soil CO2 emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie A. Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">98th annual meeting of Ecological Society of America Sustainable Pathways: Learning From the Past and Shaping the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de stockage de carbone dans les sols prairiaux: intérêts et limites des approches méthodologiques de terrain pour les comprendre et les prédire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Réseau Prairies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande prédictive optimale non linéaire des procédés discontinus (batch). Application au séchage du maïs et à la réfrigération des fruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioan-Cristian Trelea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis F. Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études - Automatique avancée dans les industries agro-alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Massy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroprairie, a new intercropping system: what is the impact on the regulation of Zymoseptoria tritici and wheat microbiome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated modelling of microbial-plant interactions in multi-species agroecosystems: the project MODIMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianni Bellochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP annual Soil Science day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vilnius (Lituanie), Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat and prairies using functional diversity to promote positive ecological interactions and a better regulation of C and N cycles in agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pascon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE2 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la variabilité des stocks de carbone organique des sols de prairies permanentes : lien avec le type fonctionnel du couvert, les facteurs de milieu et de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Guillaume Gerard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fertilité des sols dans les systèmes fourragers. Journées professionnelles de l'association française pour la production fourragère (AFPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Paris, France. 2015, La fertilité des sols dans les systèmes fourragers</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agro-potential of Western Siberia territories in a changing climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Nikitich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Brédoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Barsukov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France. 2015, Climate Smart Agriculture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model of C and N cycling where the plant-soil synchrony functions as a symphony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2012 - Soil Science For The Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofuel cells and bioreactor composed of biocatalytic complex comprising sterilized soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dubreucq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : Application No. EP16162941.5, Patent No. 1360. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01918016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronie plante-sol dans les cycles des nutriments - Apprendre des écosystèmes pour mettre en place des agrosystèmes durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 2 p. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.14901216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat with multi-species prairie strips reduces the development of Septoria tritici blotch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05351353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the effects of diversified prairies on wheat nutrition, phenology and growth in strip intercropping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la gestion agricole sur les propriétés des sols en territoires ruraux sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jouany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Personeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Boisdon-Roquefeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Rapport technique projet FNADT Programme Gis TRS 2002-2003, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId166"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gaël Alvarez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat with multi-species prairie strips reduces the development of Septoria tritici blotch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 404, pp.110362. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2026.110362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05564088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonliving respiration: Another breath in the soil?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentin Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Kéraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traikia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Perrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (46), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.adw9065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species richness: A pivotal factor mediating the effects of land use intensification and climate on grassland multifunctionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Allart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61 (5), pp.1053-1066. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.14627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant–soil synchrony in nutrient cycles: Learning from ecosystems to design sustainable agrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (1), pp.art. e17034. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.17034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344007v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stock de Carbone dans les sols: six pieds sous terre pour l’éternité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VETOMag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil enzymes in response to climate warming: Mechanisms and feedbacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mooshammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Sauvadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Meng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 36 (6), pp.1378-1395. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.14027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioenergetic control of soil carbon dynamics across depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.7676. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-022-34951-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la capacité de rétention en eau d’un sol par centrifugation : une méthode fiable, facile et rapide à mettre en œuvre dans un laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.17-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new experimental platform connecting the rhizosphere priming effect with CO2 fluxes of plant-soil systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 130, pp.12-22. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.11.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root penetration in deep soil layers stimulates mineralization of millennia-old organic carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanvir Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Imtiaz Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 124, pp.150-160. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic power of enzymes decreases with temperature: New insights for understanding soil C cycling and microbial ecology under warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanvir T. Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Andanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew D. Wallenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (9), pp.4238-4250. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.14281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response to Editor to the comment by Schipper & Smith to our paper entitled &amp;quot;Continuous soil carbon storage of old permanent pastures in Amazonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Stahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Picon-Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Mascarenha Grise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (3), pp.e732-e733. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.14028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellular and non-cellular mineralization of organic carbon in soils with contrasted physicochemical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 125, pp.286-289. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2018.07.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil carbon dioxide emissions controlled by an extracellular oxidative metabolism identifiable by its isotope signature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Catherine Lehours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (22), pp.6353 - 6362. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-13-6353-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does soil particulate organic carbon respond to grazing intensity in permanent grasslands?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Herfurth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Louault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 394 (1-2), pp.239 - 255. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-015-2528-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priming effect and microbial diversity in ecosystem functioning and response to global change: a modeling approach using the SYMPHONY model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rapaport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (4), pp.1174-1190. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.12493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An unknown oxidative metabolism substantially contributes to soil CO2 emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Despinasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10, pp.1155-1167. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-10-1155-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An unknown respiration pathwaysubstantially contributes to soil CO2 emissions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J J. Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie A. Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain R. Despinasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, pp.8663-8691</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil indicators of C and N transformations under pure and mixed grass-clover swards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chaussod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Delpy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 9, pp.157-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining diversified prairies with wheat to promote beneficial plant-soil ecological interactions and the coupling of carbon and nitrogen biogeochemical cycles in agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-living respiration: another breath in the soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentin Bouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Traïkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Perrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU24 European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Mar 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat and diverse perennial species: What is the impact on Z.tritici development and the wheat microbiome?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Conference of the European Foundation for Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated modelling of microbial-plant interactions in multi-species agroecosystems: the project MODIMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianni Bellochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP annual Soil Science day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vilnius (Lituanie), Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sustainable agrosystems by copying the biogeochemical organization of natural ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP SOIL Annual Science Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EJP SOIL, Jun 2023, Riga, Latvia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical Cycles: Learning From Natural and Seminatural Ecosystems to Design Sustainable Agro-Systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioenergetic control of soil carbon dynamics across depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Henneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-5193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04604317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing sustainable agrosystems to promote plant-soil synchrony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP SOIL Annual Science Days 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EJP SOIL, Jun 2022, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux systèmes de culture pour favoriser la synchronisation sol/plante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Rencontre des Microbiologistes Clermontois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Microorganismes : Génome et Environnement - UMR 6023 Laboratoire Microorganismes : Génome et Environnement - UMR 6023., Apr 2018, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CO2-induced acceleration of soil organic carbon mineralization counteracted by legumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop Advances in Science and Technology of Bioressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de la Frontera. Temuco, CHL., Nov 2017, Pucon, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and rhizosphere process in plant/soil synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting BASIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inactivation of enzymes challenges the current view of temperature response of enzymatic reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop Advances in Science and Technology of Bioressources.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de la Frontera. Temuco, CHL., Nov 2017, Pucon, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and rhizosphere process in plant/soil synchronization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting BASIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Lleida, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring rhizosphere regulations of carbon and nitrogen cycles: an innovative design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International EcoSummit 2016 - Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring rhizosphere regulations of carbon and nitrogen cycles: an innovate design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Keuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Revaillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Falcimagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSummit 2016. Ecological Sustainability: Engineering Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inherent properties of enzymes can only lead to a negative temperature response of soil C decomposition in the long-term.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of snow cover on nutrients dynamics in Western Siberia territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Nikitich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Bredoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Barsukov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unusual isotopic composition of C-CO2 from sterilized soil microcosms: a new way to separate intracellular from extracellular respiratory metabolisms.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Keraval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Lehours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Amblard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXOMET : An unknown oxidative metabolism substantially contributes to soil CO2 emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie A. Comby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">98th annual meeting of Ecological Society of America Sustainable Pathways: Learning From the Past and Shaping the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de stockage de carbone dans les sols prairiaux: intérêts et limites des approches méthodologiques de terrain pour les comprendre et les prédire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Klumpp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Réseau Prairies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande prédictive optimale non linéaire des procédés discontinus (batch). Application au séchage du maïs et à la réfrigération des fruits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioan-Cristian Trelea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis F. Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Trystram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études - Automatique avancée dans les industries agro-alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Massy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroprairie, a new intercropping system: what is the impact on the regulation of Zymoseptoria tritici and wheat microbiome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated modelling of microbial-plant interactions in multi-species agroecosystems: the project MODIMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianni Bellochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EJP annual Soil Science day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vilnius (Lituanie), Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat and prairies using functional diversity to promote positive ecological interactions and a better regulation of C and N cycles in agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pascon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE2 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agro-potential of Western Siberia territories in a changing climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina Nikitich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Brédoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Barsukov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France. 2015, Climate Smart Agriculture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la variabilité des stocks de carbone organique des sols de prairies permanentes : lien avec le type fonctionnel du couvert, les facteurs de milieu et de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Guillaume Gerard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fertilité des sols dans les systèmes fourragers. Journées professionnelles de l'association française pour la production fourragère (AFPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Paris, France. 2015, La fertilité des sols dans les systèmes fourragers</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A model of C and N cycling where the plant-soil synchrony functions as a symphony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazia Perveen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2012 - Soil Science For The Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 1 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofuel cells and bioreactor composed of biocatalytic complex comprising sterilized soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dubreucq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : Application No. EP16162941.5, Patent No. 1360. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01918016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronie plante-sol dans les cycles des nutriments - Apprendre des écosystèmes pour mettre en place des agrosystèmes durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 2 p. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.14901216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining wheat with multi-species prairie strips reduces the development of Septoria tritici blotch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05351353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the effects of diversified prairies on wheat nutrition, phenology and growth in strip intercropping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bécu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la gestion agricole sur les propriétés des sols en territoires ruraux sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Jouany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Personeni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Boisdon-Roquefeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Rapport technique projet FNADT Programme Gis TRS 2002-2003, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId168"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419338v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentin Bouquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit K&#233;raval" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Traikia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Alvarez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Perri&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw9065" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628765v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mosnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alvarez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14627" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04344007v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Aubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04678967v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henneron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03590923v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mooshammer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Meng" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14027" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896531v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34951-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Revaillot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pouget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628132v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cros" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frida Keuper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.11.022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627762v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanvir T. Shahzad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Andanson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bahn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew D. Wallenstein" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14281" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622472v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Stahl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Mascarenha Grise" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14028" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818258v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanvir Shahzad" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Imtiaz Rashid" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazia Perveen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.06.010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939968v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Keraval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lallement" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.07.023" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595310v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Lehours" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Amblard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-6353-2016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639020v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Herfurth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vassal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Louault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pottier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2528-z" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914045v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12493" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190438v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Colombet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Comby" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Despinasse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-1155-2013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964427v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Maire" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J. Colombet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Comby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Despinasse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688609v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chaussod" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delpy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085857v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;cu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Besson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04982168v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-197" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duchene" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04754867v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Bellochi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Adam" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217071v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217177v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604317v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-5193" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217061v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790302v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785110v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789779v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786872v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Falcimagne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800554v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605788v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739501v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743377v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Nikitich" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bredoire" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Barsukov" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738579v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lehours" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806090v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colombet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804433v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593992v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan-Cristian Trelea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04804068v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Schwartz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980697v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04804258v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pascon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738794v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Gerard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741520v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Br&#233;doire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805734v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019090v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14901216" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351353v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319034v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829930v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loiseau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Personeni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boisdon-Roquefeuil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05564088v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Besson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duchene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Alvarez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;cu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2026.110362" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419338v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentin Bouquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit K&#233;raval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Traikia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Perri&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw9065" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628765v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mosnier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alvarez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14627" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04344007v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Aubert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04678967v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henneron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03590923v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mooshammer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Meng" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14027" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896531v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34951-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Revaillot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pouget" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628132v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cros" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frida Keuper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.11.022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818258v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanvir Shahzad" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Imtiaz Rashid" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazia Perveen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.06.010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627762v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanvir T. Shahzad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Andanson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bahn" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew D. Wallenstein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14281" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622472v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Stahl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Mascarenha Grise" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14028" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939968v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Keraval" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lallement" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2018.07.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595310v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Lehours" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Amblard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-6353-2016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639020v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Herfurth" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vassal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Louault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pottier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-015-2528-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914045v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12493" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190438v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Colombet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Comby" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Despinasse" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-1155-2013" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964427v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Maire" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J. Colombet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Comby" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Despinasse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688609v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chaussod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delpy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085857v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04982168v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-197" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344982v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04754867v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Bellochi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Adam" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217071v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217177v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604317v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-5193" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217061v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790302v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785110v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786872v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Falcimagne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789779v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793854v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800554v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605788v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739501v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743377v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Nikitich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bredoire" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Barsukov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738579v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Lehours" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806090v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colombet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804433v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593992v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan-Cristian Trelea" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trystram" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04804068v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Schwartz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980697v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04804258v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pascon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741520v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Br&#233;doire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738794v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Gerard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805734v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918016v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019090v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14901216" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351353v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319034v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829930v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loiseau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Personeni" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boisdon-Roquefeuil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>