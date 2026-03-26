--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -406,51 +406,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Chassagnon</w:t>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -636,377 +636,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free Chlorine and Peroxynitrite Alter the Capsid Structure of Human Norovirus GII.4 and Its Capacity to Bind Histo-Blood Group Antigens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specific Norovirus Interaction with Lewis x and Lewis a on Human Intestinal Inflammatory Mucosa during Refractory Inflammatory Bowel Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Tarris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Chassaing</w:t>
+                <w:t xml:space="preserve">Alexis de Rougemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bastin</w:t>
+                <w:t xml:space="preserve">Maeva Charkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Robin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaël Belliot</w:t>
+                <w:t xml:space="preserve">Thomas Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.662764⟩</w:t>
+              <w:t xml:space="preserve">MSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mSphere.01185-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03222634v1</w:t>
+                <w:t xml:space="preserve">hal-03281429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific Norovirus Interaction with Lewis x and Lewis a on Human Intestinal Inflammatory Mucosa during Refractory Inflammatory Bowel Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges Tarris</w:t>
+                <w:t xml:space="preserve">Free Chlorine and Peroxynitrite Alter the Capsid Structure of Human Norovirus GII.4 and Its Capacity to Bind Histo-Blood Group Antigens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bastin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis de Rougemont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Estienney</w:t>
+                <w:t xml:space="preserve">Maëlle Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Charkaoui</w:t>
+                <w:t xml:space="preserve">Didier Majou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Mouillot</w:t>
+                <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mSphere.01185-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.662764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03281429v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of proteolytic enzymes and pH on GII.4 norovirus, during both interactions and non-interaction with Histo-Blood Group Antigens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Loutreul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Majou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (1), pp.17926. </w:t>
@@ -1044,103 +1044,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of natural ageing and heat treatments on GII.4 norovirus binding to Histo-Blood Group Antigens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Loutreul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Chassaing</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.15312. </w:t>
@@ -1191,51 +1191,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathology of Rotavirus-driven Multiple Organ Failure in a 16-month-old Boy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Tarris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Callier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1325,51 +1325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vomiting symptom of acute gastroenteritis estimated from epidemiological data can help predict river contamination by human pathogenic enteric viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1481,51 +1481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rita Correro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negar Moridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pothier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1589,51 +1589,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HS-AFM and SERS Analysis of Murine Norovirus Infection: Involvement of the Lipid Rafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ece Aybeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Lemaire-Ewing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1870,51 +1870,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Ayouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khira Sdiri-Loulizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1991,51 +1991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for Human Norovirus Infection of Dogs in the United Kingdom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah L. Caddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Emmott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2106,247 +2106,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01285005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noroviruses and histo‐blood groups: the impact of common host genetic polymorphisms on virus transmission and evolution</w:t>
+                <w:t xml:space="preserve">Genetic susceptibility to norovirus infection and herd innate protection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ruvoën-Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Pendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Medical Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 23 (6), pp.355-366. </w:t>
+              <w:t xml:space="preserve">Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (4), pp.264-277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rmv.1757⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/vir.2013.0509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04984311v1</w:t>
+                <w:t xml:space="preserve">hal-04985329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic susceptibility to norovirus infection and herd innate protection.</w:t>
+                <w:t xml:space="preserve">Noroviruses and histo‐blood groups: the impact of common host genetic polymorphisms on virus transmission and evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ruvoën-Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Pendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reviews in Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (6), pp.355-366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rmv.1757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/vir.2013.0509⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04985329v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesion of human pathogenic enteric viruses and surrogate viruses to inert and vegetal food surfaces</w:t>
               </w:r>
@@ -2472,399 +2472,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Norovirus infections: an overview]</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Evidence of emergence of new GGII.4 norovirus variants from gastroenteritis outbreak survey in France during the 2007-to-2008 and 2008-to-2009 winter seasons.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pothier</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. H. Kamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ambert-Balay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pothier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 48 (3), pp.994-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.01888-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00474842v1</w:t>
+                <w:t xml:space="preserve">hal-00510672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of the co-circulation of enteric viruses in sewage and in the population of Greater Cairo.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">[Norovirus infections: an overview]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Rougemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Ambert-Balay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Belliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (1), pp.73-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00510669v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00474842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of emergence of new GGII.4 norovirus variants from gastroenteritis outbreak survey in France during the 2007-to-2008 and 2008-to-2009 winter seasons.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Evidence of the co-circulation of enteric viruses in sewage and in the population of Greater Cairo.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. H. Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Estienney</w:t>
+                <w:t xml:space="preserve">H. G. El-Nady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Ambert-Balay</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">S. Aho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pothier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 48 (3), pp.994-8. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108 (5), pp.1620-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.01888-09⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2009.04562.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00510672v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00510669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predominance and circulation of enteric viruses in the region of Greater Cairo, Egypt.</w:t>
               </w:r>
@@ -2889,51 +2889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed A Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala G El-Nady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pothier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2984,51 +2984,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nucleotidylylation of the VPg protein of a human norovirus by its proteinase-polymerase precursor protein.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislav V Sosnovtsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3114,51 +3114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of murine norovirus as a surrogate to evaluate resistance of human norovirus to disinfectants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3413,51 +3413,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05166973v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khira Sdiri-Loulizi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Khachou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lemaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Ayouni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01189-24" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04229196v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Abou-Hamad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chassagnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daval-Frerot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113545" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669610v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Tarris" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rouleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.858245" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222634v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chassaing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Robin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Majou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.662764" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03281429v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Charkaoui" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouillot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.01185-20" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03013654v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Loutreul" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74728-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51750-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0000000000002472" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01992014v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tesson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2018.11.058" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560577v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sykora" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rita Correro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Moridi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pothier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201700126" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405190v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemaire-Ewing" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201600918" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02290986v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Hammami" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Neji Guediche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162255" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02290985v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Ambert-Balay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2111.141901" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01285005v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L. Caddy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Emmott" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila El-Attar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy A. Mitchell" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02778-14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984311v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ruvo&#235;n-Clouet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Pendu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rmv.1757" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2CDBCMKP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985329v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2013.0509" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01891156v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deboosere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pinon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Caudrelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delobel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Merle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2012.04.007" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2D4NTGJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474842v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510669v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Kamel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Ali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. El-Nady" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pothier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04562.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510672v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estienney" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ambert-Balay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01888-09" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465363v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza H Kamel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed A Ali" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala G El-Nady" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01381-08" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510660v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav V Sosnovtsev" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyeong-Ok Chang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mcphie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim y Green" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2007.12.028" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465372v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lavaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donya Souihel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Agnello" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02148-07" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05166973v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khira Sdiri-Loulizi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Khachou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lemaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Ayouni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01189-24" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04229196v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Abou-Hamad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daval-Frerot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113545" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669610v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Tarris" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rouleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.858245" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03281429v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Charkaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouillot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.01185-20" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222634v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chassaing" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Robin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Majou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.662764" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03013654v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Loutreul" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74728-z" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380079v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51750-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0000000000002472" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01992014v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tesson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2018.11.058" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560577v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sykora" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rita Correro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Moridi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pothier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201700126" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405190v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemaire-Ewing" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201600918" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02290986v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Hammami" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Neji Guediche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162255" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02290985v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Ambert-Balay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2111.141901" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01285005v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L. Caddy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Emmott" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila El-Attar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy A. Mitchell" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02778-14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985329v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ruvo&#235;n-Clouet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Pendu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2013.0509" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rmv.1757" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2CDBCMKP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01891156v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deboosere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pinon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Caudrelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delobel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Merle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2012.04.007" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2D4NTGJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510672v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Kamel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estienney" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ambert-Balay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pothier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01888-09" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474842v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510669v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Ali" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. El-Nady" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aho" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04562.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465363v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza H Kamel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed A Ali" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala G El-Nady" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01381-08" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510660v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav V Sosnovtsev" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyeong-Ok Chang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mcphie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim y Green" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2007.12.028" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465372v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lavaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donya Souihel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Agnello" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02148-07" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>