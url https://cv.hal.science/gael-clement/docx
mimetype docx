--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gaël CLEMENT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First record of a living coelacanth from North Maluku, Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Chappuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Gede Hendrawan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Janib Achmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V Erdmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.14074. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-90287-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-05046247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertebrate predation in the Late Devonian evidenced by bite traces and regurgitations: implications within an early tetrapod freshwater ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Noirit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevrinais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Papers in Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (4), pp.e1460. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/spp2.1460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history and ossification patterns in Miguashaia bureaui reveal the early evolution of osteogenesis in coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.13175. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.13175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03635256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lungs of extinct and extant coelacanths: a morphological and histological review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo M. Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (1), pp.21-30. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26028/cybium/2021-451-002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microanatomical and histological study of the scales of the Devonian sarcopterygian Miguashaia bureaui and the evolution of the squamation in coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 239, pp.451-478. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03179703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and growth of the pelvic fin in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tafforeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 304 (3), pp.541-558. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.24452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lungfish (Sarcopterygii, Dipnomorpha) Tooth Plate from the Lower Devonian of Vietnam and the Onset of Modern Dipnoan Dental Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Challands</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nguyên Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (1), pp.e1772274. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02724634.2020.1772274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02976948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristichopterids (Sarcopterygii, Tetrapodomorpha) from the Upper Devonian tetrapod-bearing locality of Strud (Belgium, upper Famennian), with phylogenetic and paleobiogeographic considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Daeschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Downs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ladevèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (1), pp.e1768105. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02724634.2020.1768105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and growth of the pectoral girdle and fin skeleton in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The skeleton and the skeletal tissues of the living coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Kitakyushu Museum of Natural History and Human History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17, pp.37-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurocranial development of the coelacanth and the evolution of the sarcopterygian head</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tafforeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fagan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1117-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long-time adaptation of coelacanths to moderate deep water: reviewing the evidences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshitaka Yabumoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Kitakyushu Museum of Natural History and Human History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New tetrapodomorph vertebrates from the Yam-Tesovo locality (Amata Regional Stage, Middle–Upper Devonian) of Leningrad Region, northwestern Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Environmental Science Transactions of the Royal Society of Edinburgh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109 (1-2), pp.61-73. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1755691018000907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The homology and function of the lung plates in extant and fossil coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.9244. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-09327-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collection de poissons fossiles de Monte Bolca du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.40-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The third dimension: a novel set-up for filming coelacanths in their natural environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Décamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Holon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Rauby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.322-328. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.12671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lung anatomy and histology of the extant coelacanth shed light on the loss of air-breathing during deep-water adaptation in actinistians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (3), pp.161030. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.161030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratigraphy and depositional environments of the Late Famennian (Late Devonian) of Southern Belgium and characterization of the Strud locality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Prestianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 153 (1), pp.112-127. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S001675681500031X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 365-Million-Year-Old Freshwater Community Reveals Morphological and Ecological Stasis in Branchiopod Crustaceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Lagebro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (3), pp.383-390. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2015.12.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placoderm Assemblage from the Tetrapod-Bearing Locality of Strud (Belgium, Upper Famennian) Provides Evidence for a Fish Nursery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward B. Daeschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.e0161540. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New discoveries of tetrapods (ichthyostegid-like and whatcheeriid-like) in the Famennian (Late Devonian) localities of Strud and Becco (Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per E. Ahlberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Steurbaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59 (6), pp.827 - 840. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pala.12261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01472852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora and fauna from a new Famennian (Upper Devonian) locality at Becco, eastern Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Derycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2–4), pp.92-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bite Force in the Extant Coelacanth Latimeria: The Role of the Intracranial Joint and the Basicranial Muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (9), pp.1228-1233. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2015.02.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental constraints drive the partitioning of the soundscape in fishes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Ruppé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Décamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 112 (19), pp.6092-6097. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1424667112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allometric growth in the extant coelacanth lung during ontogenetic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo M. Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.8222. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms9222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01206566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redescription of the Hyoid Apparatus and Associated Musculature in the Extant Coelacanth L atimeria chalumnae : Functional Implications for Feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 298 (3), pp.579-601. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.23103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of plicidentine in the oral teeth of the coelacanth Latimeria chalumnae Smith 1939 (Sarcopterygii; Actinistia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 190 (1), pp.31-37. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsb.2015.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First decapod crustaceans in a Late Devonian continental ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (6), pp.1203-1213. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pala.12111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angustidontid crustaceans from the Late Devonian of Strud (Namur Province, Belgium): insights into the origin of Decapoda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neues Jahrbuch für Geologie und Paläontologie - Abhandlungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 273 (3), pp.327-337. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/0077-7749/2014/0434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace Elemental Imaging of Rare Earth Elements Discriminates Tissues at Microscale in Flat Fossils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Mocuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier B. Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (1), pp.e86946. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0086946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reevaluation of the anatomy of the jaw-closing system in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 100 (11), pp.1007-1022. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00114-013-1104-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The buccohypophyseal canal is an ancestral vertebrate trait maintained by modulation in sonic hedgehog signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman H. Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisa Seppala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (1), 15 p. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1741-7007-11-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garrouste et al. reply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Nel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 494 (7437), pp.E4-E5. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A complete insect from the Late Devonian period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Nel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael S. Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 488 (7409), pp.82 - 85. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The oldest flora of the South China Block, and the stratigraphic bearings of the plant remains from the Ngoc Vung Series, northern Vietnam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gonez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nguyên Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Southeast Asian earth sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 43, pp.51-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of the lungfish Sagenodus (Sarcopterygii, Dipnoi) from the Carboniferous Lagerstätte of Montceau-Les-Mines, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Pouillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.285-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Devonian plant assemblage from Dechra Aït Abdallah (Morocco) revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Prestianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Meyer-Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gerrienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rücklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 179 (1), pp.44-55. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revpalbo.2012.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00757135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Giant Cretaceous Coelacanth (Actinistia, Sarcopterygii) Megalocoelacanthus dobiei Schwimmer, Stewart & Williams, 1994, and Its Bearing on Latimerioidei Interrelationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Maisey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Schwimmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (11), pp.e49911. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0049911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squamation and scale microstructure evolution in the Porolepiformes (Sarcopterygii, Dipnomorpha) based on Heimenia ensis from the Devonian of Spitsbergen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.267-284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The skull of Hagiangella goujeti Janvier 2005, a high-crested acanthothoracid (Vertebrata, Placodermi) from the Lower Devonian of northern Vietnam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tong-Dzuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nguyên Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (3), pp.531-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An introduction to 3D imaging in palaeontology and palaeoanthropology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Geffard-Kuriyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (6-7), pp.259-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tool for determining degrees of mineralization in fossil amphibian skeletons : The example of the Late Palaeozoic branchiosaurid Apateon from the Autun Basin, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël de Ploeg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Ahlberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9 (6-7), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2010.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00629647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The histological structure of the calcified lung of the fossil coelacanth Axelrodichthys araripensis (Actinistia: Mawsoniidae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Geffard-Kuriyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 53 (6), pp.1281-1290. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1475-4983.2010.01015.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddy tetrapod origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 463, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biostratigraphical distribution of earliest tetrapods (Late Devonian): a revised version with comments on biodiversification.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Streel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">geological Society special Paper</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 339, pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence des tétrapodes – une revue des récentes découvertes et hypothèses. Volume thématique &amp;quot;Les Preuves Paléontologiques de l'Evolution&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Letenneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8, pp.221-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence of Sanqiaspis Liu, 1975 (Vertebrata, Galeaspida) in the Lower Devonian of Vietnam, with remarks on the anatomy and systematics of the Sanqiaspididae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tong-Dzuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Phuong Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (1), pp.59-65. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2008.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Tristichopterid (Sarcopterygii, Tetrapodomorpha) from the Upper Famennian Evieux Formation (Upper Devonian) of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Snitting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. E. Ahlberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (4), pp.823-836. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1475-4983.2009.00876.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new phyllocarid crustacean from the Famennian of Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick R. Racheboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neues Jahrbuch für Geologie und Paläontologie - Abhandlungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 251 (2), pp.147-153. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/0077-7749/2009/0251-0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00401829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biostratigraphical and palaeogeographical framework of the earliest diversification of tetrapods (Late Devonian)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lelievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Luksevics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society Special Publication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 278, pp.219-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A primitive megalichthyid fish (Sarcopterygii, &amp;quot;Osteolepiformes&amp;quot;) from the Upper Devonian of Turkey and its biogeographical implications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cloutier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (2), pp.249-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bio stratigraphical and palaeogeographical framework of the earliest diversification of tetrapods (Late Devonian). In Becker R.T. & Kirchgasser W.T. (eds), Devonian Events and Correlations (SDS volume in honour of M. R. House)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Luksevics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geol. Soc., London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Special Publ., 278, Chapter 10 : 219-235, 2 fig., 1 tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lohest's true and false &amp;quot;Devonian amphibians&amp;quot;: evidence for a rhynchodipterid lungfish in the Late Famennian of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A. Boisvert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 26(2), pp.276-283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swenzia, n. nov., a replacement name for the preoccupied coelacanth genus Wenzia Clément.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 26(2), pp.461</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Devonian Dipnoi (Vertebrate, Sarcopterygii) from Spitsbergen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Goujet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (7), pp.893-900. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2006.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new groenlandaspidid arthrodire (Vertebrata: Placodermi) from the Famennian of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8(1-2), pp.51-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Devonian tetrapod from western Europe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Ahlberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Clack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 427, pp.412-413</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00023060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Powichthys spitsbergensis sp. nov., a new member of the Dipnomorpha (Sarcopterygii, lobe-finned fishes) from the Lower Devonian of Spitsbergen, with remarks on basal dipnomorph anatomy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fossils and Strata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 50, pp.92-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00023063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Durfort mammoth at the Muséum National d’Histoire Naturelle, Paris: a specimen that accounts for 150 years of restoration practices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Gimat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Argot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Colin-Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPNHC 37th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Society for the Preservation of Ntaural History Collections, Jun 2022, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exceptionally preserved branchial skeleton of a new coelacanth from the Late Carboniferous of Texas (USA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernàndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Mapes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Early and Lower Vertebrates</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Valencia (Espagne), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Durfort mammoth: history and restoration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Colin-Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Debruyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table-ronde sur « Le mammouth de Saint-Prest et ses contemporains »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03908592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the muscular anatomy of the pelvic fin of the extant coelacanth Latimeria chalumnae (Actinistia: Latimeriidae) provide information on its mobility and role during locomotion?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International congress of Vertebrate Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The muscular anatomy of the pelvic fin of the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Young Natural History scientists Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The endoskeletal development of pectoral and pelvic fins of the coelacanth Latimeria: an extant model for paleontological interpretations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Palaeontological Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging methodologies in natural sciences: The AST-RX Platform (Accès Scientifique à la Tomographie à Rayons X) of the Muséum national d'Histoire naturelle. Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Garcia Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Balzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UVX 2012 - 11e Colloque sur les Sources Cohérentes et Incohérentes UV, VUV et X ; Applications et Développements Récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Biarritz, France. pp.01001, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/uvx/201301001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'environnement de vie des premiers tétrapodes de Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDPSciences, pp.42-43, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paléoécosystèmes continentaux du Crétacé des Kem Kem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-Eddine Jalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.56-57, 2022, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire(s) de la Planète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Denis Vigne; Bruno David. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains - Petites et grandes découvertes de l'Histoire Naturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte; Muséum national d'Histoire naturelle, pp.50-63, 2022, 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coelacanthes actuels permettent de retracer l'histoire évolutive du groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Charbonnier; P. De Wever. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.168-169, 2022, 978-2-7598-2717-6. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of Air Breathing and Lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zerina Johanson, Charlie Underwood, Martha Richter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution and Development of Fishes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.252-262, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African fossil fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Otero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Murray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The inland water fishes of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Éditions, pp.51-82, 2017, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.irdeditions.25169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mythification du fossile-vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Léviathans, regards d'artistes et de chercheurs sur le rapport des sociétés à l'Océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fidèle Edition, pp.136-143, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions La Découverte, 2022, ISBN 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du développement des nageoires pectorales et pelviennes du cœlacanthe actuel et ses inférences possibles pour la terrestrialisation des vertébrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Brussel, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une revue des placodermes et sarcoptérygiens du Dévonien du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rücklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 180, pp.79-102, 2017, Paléontologie des vertébrés du Maroc : Etat des connaissances</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron x-ray fluorescence imaging discriminates fossil tissues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Mocuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier B. Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Synchrotron SOLEIL highlights 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.76-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId266"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gaël CLEMENT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First record of a living coelacanth from North Maluku, Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Chappuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Gede Hendrawan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Janib Achmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V Erdmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.14074. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-90287-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-05046247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history and ossification patterns in Miguashaia bureaui reveal the early evolution of osteogenesis in coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.13175. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.13175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03635256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertebrate predation in the Late Devonian evidenced by bite traces and regurgitations: implications within an early tetrapod freshwater ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Noirit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevrinais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Papers in Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (4), pp.e1460. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/spp2.1460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lungs of extinct and extant coelacanths: a morphological and histological review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo M. Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45 (1), pp.21-30. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26028/cybium/2021-451-002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microanatomical and histological study of the scales of the Devonian sarcopterygian Miguashaia bureaui and the evolution of the squamation in coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 239, pp.451-478. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03179703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and growth of the pelvic fin in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tafforeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 304 (3), pp.541-558. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.24452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lungfish (Sarcopterygii, Dipnomorpha) Tooth Plate from the Lower Devonian of Vietnam and the Onset of Modern Dipnoan Dental Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Challands</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nguyên Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (1), pp.e1772274. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02724634.2020.1772274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-02976948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristichopterids (Sarcopterygii, Tetrapodomorpha) from the Upper Devonian tetrapod-bearing locality of Strud (Belgium, upper Famennian), with phylogenetic and paleobiogeographic considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Daeschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Downs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ladevèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (1), pp.e1768105. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02724634.2020.1768105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and growth of the pectoral girdle and fin skeleton in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The skeleton and the skeletal tissues of the living coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Kitakyushu Museum of Natural History and Human History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17, pp.37-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurocranial development of the coelacanth and the evolution of the sarcopterygian head</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Galland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tafforeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fagan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1117-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long-time adaptation of coelacanths to moderate deep water: reviewing the evidences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshitaka Yabumoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the Kitakyushu Museum of Natural History and Human History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New tetrapodomorph vertebrates from the Yam-Tesovo locality (Amata Regional Stage, Middle–Upper Devonian) of Leningrad Region, northwestern Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Lebedev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Environmental Science Transactions of the Royal Society of Edinburgh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 109 (1-2), pp.61-73. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1755691018000907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lung anatomy and histology of the extant coelacanth shed light on the loss of air-breathing during deep-water adaptation in actinistians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (3), pp.161030. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.161030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The homology and function of the lung plates in extant and fossil coelacanths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.9244. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-09327-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collection de poissons fossiles de Monte Bolca du Muséum national d'Histoire naturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géochronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.40-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The third dimension: a novel set-up for filming coelacanths in their natural environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Décamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Holon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Rauby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.322-328. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.12671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratigraphy and depositional environments of the Late Famennian (Late Devonian) of Southern Belgium and characterization of the Strud locality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Prestianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 153 (1), pp.112-127. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S001675681500031X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 365-Million-Year-Old Freshwater Community Reveals Morphological and Ecological Stasis in Branchiopod Crustaceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Lagebro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (3), pp.383-390. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2015.12.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placoderm Assemblage from the Tetrapod-Bearing Locality of Strud (Belgium, Upper Famennian) Provides Evidence for a Fish Nursery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward B. Daeschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.e0161540. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New discoveries of tetrapods (ichthyostegid-like and whatcheeriid-like) in the Famennian (Late Devonian) localities of Strud and Becco (Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per E. Ahlberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Poty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Steurbaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59 (6), pp.827 - 840. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pala.12261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01472852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bite Force in the Extant Coelacanth Latimeria: The Role of the Intracranial Joint and the Basicranial Muscle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (9), pp.1228-1233. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2015.02.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora and fauna from a new Famennian (Upper Devonian) locality at Becco, eastern Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Derycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2–4), pp.92-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental constraints drive the partitioning of the soundscape in fishes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Ruppé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Décamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 112 (19), pp.6092-6097. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1424667112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allometric growth in the extant coelacanth lung during ontogenetic development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo M. Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François J Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.8222. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms9222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01206566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redescription of the Hyoid Apparatus and Associated Musculature in the Extant Coelacanth L atimeria chalumnae : Functional Implications for Feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 298 (3), pp.579-601. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.23103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of plicidentine in the oral teeth of the coelacanth Latimeria chalumnae Smith 1939 (Sarcopterygii; Actinistia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 190 (1), pp.31-37. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsb.2015.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace Elemental Imaging of Rare Earth Elements Discriminates Tissues at Microscale in Flat Fossils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Mocuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier B. Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (1), pp.e86946. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0086946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First decapod crustaceans in a Late Devonian continental ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (6), pp.1203-1213. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pala.12111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angustidontid crustaceans from the Late Devonian of Strud (Namur Province, Belgium): insights into the origin of Decapoda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neues Jahrbuch für Geologie und Paläontologie - Abhandlungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 273 (3), pp.327-337. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/0077-7749/2014/0434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reevaluation of the anatomy of the jaw-closing system in the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 100 (11), pp.1007-1022. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00114-013-1104-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The buccohypophyseal canal is an ancestral vertebrate trait maintained by modulation in sonic hedgehog signaling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman H. Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisa Seppala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (1), 15 p. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1741-7007-11-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garrouste et al. reply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Nel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 494 (7437), pp.E4-E5. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squamation and scale microstructure evolution in the Porolepiformes (Sarcopterygii, Dipnomorpha) based on Heimenia ensis from the Devonian of Spitsbergen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mondéjar-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.267-284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A complete insect from the Late Devonian period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Nel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael S. Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 488 (7409), pp.82 - 85. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature11281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The oldest flora of the South China Block, and the stratigraphic bearings of the plant remains from the Ngoc Vung Series, northern Vietnam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gonez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nguyên Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Southeast Asian earth sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 43, pp.51-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Devonian plant assemblage from Dechra Aït Abdallah (Morocco) revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Prestianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Meyer-Berthaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gerrienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rücklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 179 (1), pp.44-55. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revpalbo.2012.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00757135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of the lungfish Sagenodus (Sarcopterygii, Dipnoi) from the Carboniferous Lagerstätte of Montceau-Les-Mines, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Pouillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.285-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Giant Cretaceous Coelacanth (Actinistia, Sarcopterygii) Megalocoelacanthus dobiei Schwimmer, Stewart & Williams, 1994, and Its Bearing on Latimerioidei Interrelationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Maisey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Schwimmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (11), pp.e49911. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0049911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The skull of Hagiangella goujeti Janvier 2005, a high-crested acanthothoracid (Vertebrata, Placodermi) from the Lower Devonian of northern Vietnam.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tong-Dzuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nguyên Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (3), pp.531-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An introduction to 3D imaging in palaeontology and palaeoanthropology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Geffard-Kuriyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (6-7), pp.259-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biostratigraphical distribution of earliest tetrapods (Late Devonian): a revised version with comments on biodiversification.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Streel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">geological Society special Paper</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 339, pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tool for determining degrees of mineralization in fossil amphibian skeletons : The example of the Late Palaeozoic branchiosaurid Apateon from the Autun Basin, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël de Ploeg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Ahlberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9 (6-7), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2010.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00629647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The histological structure of the calcified lung of the fossil coelacanth Axelrodichthys araripensis (Actinistia: Mawsoniidae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Geffard-Kuriyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 53 (6), pp.1281-1290. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1475-4983.2010.01015.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddy tetrapod origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 463, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00551537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new phyllocarid crustacean from the Famennian of Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick R. Racheboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neues Jahrbuch für Geologie und Paläontologie - Abhandlungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 251 (2), pp.147-153. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/0077-7749/2009/0251-0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00401829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence des tétrapodes – une revue des récentes découvertes et hypothèses. Volume thématique &amp;quot;Les Preuves Paléontologiques de l'Evolution&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Letenneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8, pp.221-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence of Sanqiaspis Liu, 1975 (Vertebrata, Galeaspida) in the Lower Devonian of Vietnam, with remarks on the anatomy and systematics of the Sanqiaspididae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tong-Dzuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ta Hoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Phuong Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (1), pp.59-65. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2008.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Tristichopterid (Sarcopterygii, Tetrapodomorpha) from the Upper Famennian Evieux Formation (Upper Devonian) of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Snitting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. E. Ahlberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (4), pp.823-836. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1475-4983.2009.00876.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biostratigraphical and palaeogeographical framework of the earliest diversification of tetrapods (Late Devonian)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lelievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Luksevics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Society Special Publication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 278, pp.219-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00180320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A primitive megalichthyid fish (Sarcopterygii, &amp;quot;Osteolepiformes&amp;quot;) from the Upper Devonian of Turkey and its biogeographical implications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cloutier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodiversitas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (2), pp.249-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bio stratigraphical and palaeogeographical framework of the earliest diversification of tetrapods (Late Devonian). In Becker R.T. & Kirchgasser W.T. (eds), Devonian Events and Correlations (SDS volume in honour of M. R. House)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Luksevics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geol. Soc., London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Special Publ., 278, Chapter 10 : 219-235, 2 fig., 1 tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lohest's true and false &amp;quot;Devonian amphibians&amp;quot;: evidence for a rhynchodipterid lungfish in the Late Famennian of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A. Boisvert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 26(2), pp.276-283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swenzia, n. nov., a replacement name for the preoccupied coelacanth genus Wenzia Clément.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 26(2), pp.461</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Devonian Dipnoi (Vertebrate, Sarcopterygii) from Spitsbergen.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Goujet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (7), pp.893-900. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2006.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new groenlandaspidid arthrodire (Vertebrata: Placodermi) from the Famennian of Belgium.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8(1-2), pp.51-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Devonian tetrapod from western Europe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Ahlberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Blieck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Blom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Clack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 427, pp.412-413</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00023060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Powichthys spitsbergensis sp. nov., a new member of the Dipnomorpha (Sarcopterygii, lobe-finned fishes) from the Lower Devonian of Spitsbergen, with remarks on basal dipnomorph anatomy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Janvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fossils and Strata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 50, pp.92-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00023063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chlous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Muséum national d'Histoire naturelle. Editions La Découverte, 2022, ISBN 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04051072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Durfort mammoth at the Muséum National d’Histoire Naturelle, Paris: a specimen that accounts for 150 years of restoration practices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Gimat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Argot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Colin-Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPNHC 37th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Society for the Preservation of Ntaural History Collections, Jun 2022, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exceptionally preserved branchial skeleton of a new coelacanth from the Late Carboniferous of Texas (USA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mondéjar-Fernàndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Mapes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Early and Lower Vertebrates</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Valencia (Espagne), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Durfort mammoth: history and restoration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Colin-Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Debruyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table-ronde sur « Le mammouth de Saint-Prest et ses contemporains »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Chartres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03908592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The muscular anatomy of the pelvic fin of the extant coelacanth Latimeria chalumnae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Young Natural History scientists Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the muscular anatomy of the pelvic fin of the extant coelacanth Latimeria chalumnae (Actinistia: Latimeriidae) provide information on its mobility and role during locomotion?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International congress of Vertebrate Morphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The endoskeletal development of pectoral and pelvic fins of the coelacanth Latimeria: an extant model for paleontological interpretations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Palaeontological Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging methodologies in natural sciences: The AST-RX Platform (Accès Scientifique à la Tomographie à Rayons X) of the Muséum national d'Histoire naturelle. Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Garcia Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Balzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UVX 2012 - 11e Colloque sur les Sources Cohérentes et Incohérentes UV, VUV et X ; Applications et Développements Récents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Biarritz, France. pp.01001, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/uvx/201301001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'environnement de vie des premiers tétrapodes de Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent N. Pernègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDPSciences, pp.42-43, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paléoécosystèmes continentaux du Crétacé des Kem Kem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-Eddine Jalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.56-57, 2022, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire(s) de la Planète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Denis Vigne; Bruno David. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Terre, le Vivant, les Humains - Petites et grandes découvertes de l'Histoire Naturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte; Muséum national d'Histoire naturelle, pp.50-63, 2022, 978-2-348-07565-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coelacanthes actuels permettent de retracer l'histoire évolutive du groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Dutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Charbonnier; P. De Wever. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléontologie d'Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, pp.168-169, 2022, 978-2-7598-2717-6. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of Air Breathing and Lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Cupello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Brito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zerina Johanson, Charlie Underwood, Martha Richter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution and Development of Fishes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.252-262, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04001334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mythification du fossile-vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Léviathans, regards d'artistes et de chercheurs sur le rapport des sociétés à l'Océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fidèle Edition, pp.136-143, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African fossil fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Otero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Murray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The inland water fishes of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Éditions, pp.51-82, 2017, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.irdeditions.25169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du développement des nageoires pectorales et pelviennes du cœlacanthe actuel et ses inférences possibles pour la terrestrialisation des vertébrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rohan Mansuit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Herrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française de Paléontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Brussel, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une revue des placodermes et sarcoptérygiens du Dévonien du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rücklin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 180, pp.79-102, 2017, Paléontologie des vertébrés du Maroc : Etat des connaissances</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron x-ray fluorescence imaging discriminates fossil tissues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gueriau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Mocuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier B. Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge X. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Synchrotron SOLEIL highlights 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.76-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId266"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05046247v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chappuis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gede Hendrawan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janib Achmad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark V Erdmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-90287-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780814v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Robin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Noirit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevrinais" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Olive" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1460" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03635256v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meunier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cloutier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13175" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J. Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Cupello" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo M. Brito" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-451-002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03179703v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13428" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873096v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Mansuit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dutel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tafforeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24452" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02976948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Challands" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguy&#234;n Huu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ta Hoa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2020.1772274" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099746v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Daeschler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Downs" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2020.1768105" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02407738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006044v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105742v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Galland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Long" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fagan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1117-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945757v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshitaka Yabumoto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1755691018000907" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01580401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janvier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09327-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006120v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123487v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;camps" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rauby" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12671" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945381v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Brito" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.161030" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546008v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denayer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Prestianni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S001675681500031X" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331971v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clement" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lagebro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vannier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.12.039" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01368219v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B. Daeschler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161540" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472852v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per E. Ahlberg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N. Pern&#232;gre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Poty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Steurbaut" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12261" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545974v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Olive" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Derycke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145292v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.02.076" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145305v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Rupp&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1424667112" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J Meunier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9222" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145291v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.23103" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991344v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Meunier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mond&#233;jar-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goussard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herbin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2015.02.005" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M5Z4WKF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533566v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12111" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543495v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0077-7749/2014/0434" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01360897v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mocuta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B. Dutheil" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiaudi&#232;re" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086946" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436134v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-013-1104-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSKVHRMH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572918v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman H. Khonsari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisa Seppala" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pradel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1741-7007-11-27" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533550v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garrouste" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Engel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11888" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01552865v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Engel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11281" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-01R8KBK6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721306v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Janvier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721447v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Olive" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Pouillon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00757135v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Meyer-Berthaud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanchard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerrienne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin R&#252;cklin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.03.011" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031997v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Maisey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schwimmer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049911" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721443v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628182v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dupret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tong-Dzuy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguy&#234;n Duc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628161v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clement" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Geffard-Kuriyama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629647v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanchez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l de Ploeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Ahlberg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2010.07.004" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2S4DFR0P-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551262v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Brito" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2010.01015.x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551537v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551257v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blieck" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Streel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548713v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Letenneur" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628548v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Phuong Nguyen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.10.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG90WD38-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548723v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Snitting" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. Ahlberg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2009.00876.x" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00401829v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick R. Racheboeuf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0077-7749/2009/0251-0147" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180320v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blieck" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blom" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lelievre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Luksevics" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200348v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cloutier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326306v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leli&#232;vre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162878v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Boisvert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162876v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162881v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goujet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pern&#232;gre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Roy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2006.05.003" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WS56N82N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023060v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Clack" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023063v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978546v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gimat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Colin-Fromont" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479020v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar-Fern&#224;ndez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royal Mapes" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03908592v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546632v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546638v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546648v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191113v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia Sanz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/201301001" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007777v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812577v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Jalil" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dutheil" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c026" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006162v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007745v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c079" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001334v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Clement" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Brito" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006211v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Otero" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Murray" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pinton" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.25169" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006192v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051072v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546656v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006101v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139648v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05046247v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chappuis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gede Hendrawan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janib Achmad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark V Erdmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-90287-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03635256v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meunier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cloutier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13175" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780814v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Robin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Noirit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevrinais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Olive" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1460" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J. Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Cupello" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo M. Brito" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-451-002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03179703v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13428" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873096v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Mansuit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dutel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tafforeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24452" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02976948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Challands" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguy&#234;n Huu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ta Hoa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2020.1772274" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099746v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Daeschler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Downs" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2020.1768105" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02407738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006044v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105742v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Galland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Long" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fagan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1117-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945757v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshitaka Yabumoto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1755691018000907" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945381v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Brito" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.161030" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01580401v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janvier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09327-6" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006120v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123487v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;camps" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rauby" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12671" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546008v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denayer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Prestianni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S001675681500031X" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331971v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clement" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lagebro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vannier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.12.039" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01368219v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B. Daeschler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161540" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472852v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per E. Ahlberg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N. Pern&#232;gre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Poty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Steurbaut" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12261" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145292v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2015.02.076" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545974v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Olive" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Derycke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145305v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Rupp&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1424667112" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206566v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J Meunier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9222" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145291v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.23103" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991344v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Meunier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mond&#233;jar-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goussard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herbin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2015.02.005" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M5Z4WKF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01360897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Mocuta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B. Dutheil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge X. Cohen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiaudi&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086946" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533566v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12111" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543495v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0077-7749/2014/0434" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436134v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-013-1104-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSKVHRMH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572918v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman H. Khonsari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisa Seppala" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pradel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1741-7007-11-27" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533550v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garrouste" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Engel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11888" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721443v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01552865v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Engel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11281" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-01R8KBK6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721306v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Janvier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00757135v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Meyer-Berthaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Blanchard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerrienne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin R&#252;cklin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.03.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721447v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Olive" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Pouillon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031997v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Maisey" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schwimmer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049911" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628182v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dupret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tong-Dzuy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguy&#234;n Duc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628161v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clement" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Geffard-Kuriyama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551257v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blieck" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Streel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629647v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanchez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l de Ploeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Ahlberg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2010.07.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2S4DFR0P-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551262v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Brito" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2010.01015.x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551537v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00401829v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick R. Racheboeuf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0077-7749/2009/0251-0147" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548713v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Letenneur" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628548v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Phuong Nguyen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.10.008" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG90WD38-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548723v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Snitting" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. Ahlberg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2009.00876.x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180320v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blieck" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blom" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lelievre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Luksevics" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200348v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cloutier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326306v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leli&#232;vre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162878v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Boisvert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162876v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162881v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goujet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pern&#232;gre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Roy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2006.05.003" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WS56N82N-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023060v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Clack" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023063v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051072v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978546v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gimat" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Argot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Colin-Fromont" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479020v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mond&#233;jar-Fern&#224;ndez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royal Mapes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03908592v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546638v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546632v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546648v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191113v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia Sanz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/201301001" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007777v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812577v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Jalil" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dutheil" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c026" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006162v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007745v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c079" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001334v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Clement" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Brito" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006192v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006211v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Otero" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Murray" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pinton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.25169" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546656v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006101v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139648v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>