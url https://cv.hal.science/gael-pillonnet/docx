--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -187,2866 +187,2887 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (100)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (101)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Temperature Dual-Rail Contactless MEMS Logic for Industrial Edge Computing</w:t>
+                <w:t xml:space="preserve">In-sensor computing with contactless MEMS: binary neurons for harsh environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandra Marković</w:t>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Laborde</w:t>
+                <w:t xml:space="preserve">Armine Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE 38th International Conference on Micro Electro Mechanical Systems (MEMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jan 2025, Kaohsiung, Taiwan. pp.542-545, </w:t>
+              <w:t xml:space="preserve">2025 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Vancouver, Canada. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMS61431.2025.10917966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS59705.2025.11330918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227846v1</w:t>
+                <w:t xml:space="preserve">hal-05532759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How significant is SET programming strategy in enhancing RRAM technology?</w:t>
+                <w:t xml:space="preserve">High-Temperature Dual-Rail Contactless MEMS Logic for Industrial Edge Computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bauvent</w:t>
+                <w:t xml:space="preserve">Aleksandra Marković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSERC 2024 - IEEE European Solid-State Electronics Research Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ESSERC62670.2024.10719434⟩</w:t>
+              <w:t xml:space="preserve">2025 IEEE 38th International Conference on Micro Electro Mechanical Systems (MEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jan 2025, Kaohsiung, Taiwan. pp.542-545, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMS61431.2025.10917966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759113v1</w:t>
+                <w:t xml:space="preserve">hal-05227846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated dual-side series/parallel piezoelectric resonator-based 20-to-2.2v DC-DC converter achieving a 310% loss reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen-Chin Brian Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISSCC 2024 - IEEE International Solid-State Circuits Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, San Francisco, France. pp.364-366, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISSCC49657.2024.10454471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04522793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of design assist techniques on performances and reliability of a RRAM macro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How significant is SET programming strategy in enhancing RRAM technology?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ricavy</w:t>
+                <w:t xml:space="preserve">Thomas Bauvent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Moursy</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gabriel Molas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMW 2023 - 2023 IEEE International Memory Workshop</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IMW56887.2023.10145984⟩</w:t>
+              <w:t xml:space="preserve">ESSERC 2024 - IEEE European Solid-State Electronics Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Bruges, Belgium. pp.653-656, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSERC62670.2024.10719434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04442641v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normalized benchmarking of hybrid switched-capacitor DC-DC converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud H.K. Hmada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPEL 2023 - IEEE 24th Workshop on Control and Modeling for Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Ann Arbor, United States. pp.1-8, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/COMPEL52896.2023.10221102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semiconducting qubits with embedded control and readout cryo-CMOS circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Jadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Zurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Jadot</w:t>
+                <w:t xml:space="preserve">Gérard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcos Zurita</w:t>
+                <w:t xml:space="preserve">Yvain Thonnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïck Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS March Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Las Vegas NV, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04415539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cryogenic active router for qubit array biasing from DC to 320MHz at 100nm gate pitch</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benefits of design assist techniques on performances and reliability of a RRAM macro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïck Le Guevel</w:t>
+                <w:t xml:space="preserve">B. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ricavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Moursy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laffond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Sever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSCIRC 2023 - IEEE 49th European Solid State Circuits Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ESSCIRC59616.2023.10268775⟩</w:t>
+              <w:t xml:space="preserve">IMW 2023 - 2023 IEEE International Memory Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Monterey, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMW56887.2023.10145984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04415538v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADIABATIC LOGIC GATES FOR ULTRA-LOW-POWER OPERATION USING CONTACTLESS CAPACITIVE MEMS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+                <w:t xml:space="preserve">A cryogenic active router for qubit array biasing from DC to 320MHz at 100nm gate pitch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Jadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Zurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Billiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Thonnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESSCIRC 2023 - IEEE 49th European Solid State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal. pp.157-160, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSCIRC59616.2023.10268775⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04241697v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04415538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-Low-Power Logic with Contactless Capacitive MEMS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">ADIABATIC LOGIC GATES FOR ULTRA-LOW-POWER OPERATION USING CONTACTLESS CAPACITIVE MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Marković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mazenq</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22nd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Kyoto (Japan), Japan. pp.546-549</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03946985v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04241697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1024 3D-stacked monolithic NEMS array with 375μm 2 0.5mw 0.28ppm frequency deviation pixel-level readout for zeptogram gravimetric sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Billiot</w:t>
+                <w:t xml:space="preserve">Ultra-Low-Power Logic with Contactless Capacitive MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Mattei</w:t>
+                <w:t xml:space="preserve">Herve Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogdan Vysotskyi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Louis Hutin</w:t>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSCC 2022 - IEEE International Solid- State Circuits Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISSCC42614.2022.9731729⟩</w:t>
+              <w:t xml:space="preserve">21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Salt Lake City, United States. pp.233-227, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04523517v1</w:t>
+                <w:t xml:space="preserve">hal-03946985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon capacitors opportunities for switched capacitor converter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1024 3D-stacked monolithic NEMS array with 375μm 2 0.5mw 0.28ppm frequency deviation pixel-level readout for zeptogram gravimetric sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Billiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Vysotskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeric Perez</w:t>
+                <w:t xml:space="preserve">Adrien Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasser Moursy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louis Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL 2022 - 2022 IEEE 23rd Workshop on Control and Modeling for Power Electronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISSCC 2022 - IEEE International Solid- State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, San Francisco (virtuel), United States. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC42614.2022.9731729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04247942v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-Low Frequency DC-DC Converters Using Switched Batteries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Silicon capacitors opportunities for switched capacitor converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Moursy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Oukassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">COMPEL 2022 - 2022 IEEE 23rd Workshop on Control and Modeling for Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Tel Aviv, Israel. pp.10.1109/COMPEL53829.2022.9829949</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300880v1</w:t>
+                <w:t xml:space="preserve">cea-04247942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards near-zero-power logic gates based on capacitive MEMS devices operating in adiabatic regime</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultra-Low Frequency DC-DC Converters Using Switched Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Moursy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Oukassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop nano, meso, micro: Science and innovation for radio and photonics, International Union of Radio Science, URSI France JS22</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2022, Detroit, United States. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECCE50734.2022.9947546⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03649053v1</w:t>
+                <w:t xml:space="preserve">hal-04300880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction de la dynamique d'un convertisseur DC-DC piézoélectrique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards near-zero-power logic gates based on capacitive MEMS devices operating in adiabatic regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th National Days on Energy Harvesting ans Storage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Workshop nano, meso, micro: Science and innovation for radio and photonics, International Union of Radio Science, URSI France JS22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, URSI, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258911v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities for electrically-based frequency tuning of piezoelectric vibration energy harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. pp.236-239, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical model of piezoelectric DC-DC converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas de Araujo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Power-Supply-on-Chip (PwrSoC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Operating Frequency On Piezo-Based DC-DC Converter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Prédiction de la dynamique d'un convertisseur DC-DC piézoélectrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas de Araujo Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lamorelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th National Days on Energy Harvesting ans Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258910v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant frequency tuning of piezoelectric energy harvesters thanks to electrical interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference On Advances In Energy Harvesting Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 0.021mm 2 PVT-aware digital-flow-compatible adaptive back-biasing regulator with scalable drivers achieving 450% frequency boosting and 30% ower reduction in 22nm FDSOI technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Genevey</w:t>
+                <w:t xml:space="preserve">Effect of Operating Frequency On Piezo-Based DC-DC Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Despesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas de Araujo Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSCC 2021 - IEEE International Solid- State Circuits Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISSCC42613.2021.9365782⟩</w:t>
+              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OJPEL.2021.306702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523542v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryogenic current-steering DAC for biasing of quantum dots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcos Zurita</w:t>
+                <w:t xml:space="preserve">A 0.021mm 2 PVT-aware digital-flow-compatible adaptive back-biasing regulator with scalable drivers achieving 450% frequency boosting and 30% ower reduction in 22nm FDSOI technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Moursy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Raupp da Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Jure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Le Guevel</w:t>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Billiot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Jehl</w:t>
+                <w:t xml:space="preserve">Sebastien Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WE-Heraeus-Seminar: Advances in Scalable Hardware Platforms for Quantum Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISSCC 2021 - IEEE International Solid- State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, San Francisco, United States. pp.492-494, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC42613.2021.9365782⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348334v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 220GOPS 96-Core Processor with 6 Chiplets 3D-Stacked on an Active Interposer Offering 0.6ns/mm Latency, 3Tb/s/mm 2 Inter-Chiplet Interconnects and 156mW/mm 2 @ 82%-Peak-Efficiency DC-DC Converters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cryogenic current-steering DAC for biasing of quantum dots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Zurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Vivet</w:t>
+                <w:t xml:space="preserve">L. Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Guthmuller</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+                <w:t xml:space="preserve">Gerard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Moritz</w:t>
+                <w:t xml:space="preserve">Xavier Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WE-Heraeus-Seminar: Advances in Scalable Hardware Platforms for Quantum Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Online, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02985945v1</w:t>
+                <w:t xml:space="preserve">hal-03348334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Mechanical Energy-Harvester IC with No Off-Chip Component and One Switching Period MPPT Achieving up to 95.9% End-to-End Efficiency and 460% Energy-Extraction Gain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+                <w:t xml:space="preserve">A 220GOPS 96-Core Processor with 6 Chiplets 3D-Stacked on an Active Interposer Offering 0.6ns/mm Latency, 3Tb/s/mm 2 Inter-Chiplet Interconnects and 156mW/mm 2 @ 82%-Peak-Efficiency DC-DC Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Eric Guthmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Thonnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Rummens</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.490-492, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9063023⟩</w:t>
+              <w:t xml:space="preserve">, Feb 2020, San Francisco, United States. pp.46-48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9062927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523584v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 6-nW 0.0013-mm² ILO Bandpass Filter for Time-Based Feature Extraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variability evaluation of 28nm FD-SOI technology at cryogenic temperatures down to 100mK for quantum computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cardoso Paz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Guevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Goux</w:t>
+                <w:t xml:space="preserve">M. Casse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Casanova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+                <w:t xml:space="preserve">G. Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Badets</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Solid-State Circuits Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Grenoble, France. pp.306-309, </w:t>
+              <w:t xml:space="preserve">2020 IEEE Symposium on VLSI Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Honolulu, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3016716⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/VLSITechnology18217.2020.9265034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523549v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Variability Measurements of 28 nm FDSOI MOSFETs down to 4.2 K for Cryogenic CMOS Applications</w:t>
               </w:r>
@@ -3071,64 +3092,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loick Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Casse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 33rd International Conference on Microelectronic Test Structures (ICMTS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Edinburgh, United Kingdom. </w:t>
@@ -3160,9115 +3181,9228 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02986756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability evaluation of 28nm FD-SOI technology at cryogenic temperatures down to 100mK for quantum computing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electromagnetic Mechanical Energy-Harvester IC with No Off-Chip Component and One Switching Period MPPT Achieving up to 95.9% End-to-End Efficiency and 460% Energy-Extraction Gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Cardoso Paz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Le Guevel</w:t>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Casse</w:t>
+                <w:t xml:space="preserve">Francois Rummens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Billiot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE Symposium on VLSI Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VLSITechnology18217.2020.9265034⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.490-492, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9063023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03211508v1</w:t>
+                <w:t xml:space="preserve">cea-04523584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 640pW 32kHz switched-capacitor ILO analog-to-time converter for wake-up sensor applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">A 6-nW 0.0013-mm² ILO Bandpass Filter for Time-Based Feature Extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Badets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM/IEEE International Symposium on Low Power Electronics and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3370748.3406582⟩</w:t>
+              <w:t xml:space="preserve">European Solid-State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Grenoble, France. pp.306-309, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3016716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523574v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">19.2 A 110mK 295µW 28nm FDSOI CMOS Quantum Integrated Circuit with a 2.8GHz Excitation and nA Current Sensing of an On-Chip Double Quantum Dot</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 640pW 32kHz switched-capacitor ILO analog-to-time converter for wake-up sensor applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Badets</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM/IEEE International Symposium on Low Power Electronics and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Boston Massachusetts, France. pp.43-48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3370748.3406582⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9063090⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02986737v1</w:t>
+                <w:t xml:space="preserve">cea-04523574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-powered integrated solution for frequency tuning of piezoelectric energy harvesters</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">19.2 A 110mK 295µW 28nm FDSOI CMOS Quantum Integrated Circuit with a 2.8GHz Excitation and nA Current Sensing of an On-Chip Double Quantum Dot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loick Le Guevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Billiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvano de Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Zurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, San Francisco, United States. pp.306-308, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9063090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198007v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards scalable quantum computing based on silicon spin</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traveling wave piezoelectric transformer for multi-level insulated gate-driver power supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Thonnart</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Labrousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dejan Vasic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Costa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Symposium on VLSI Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03537327v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tunable Hybrid SSHI Strategy for Piezoelectric Energy Harvesting with Enhanced Off-resonance Performances</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Representation of a multi-electrodes piezoelectric transformer by experimental extraction of its electric parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dejan Vasic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Badel</w:t>
+                <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS 2018 - The 18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Denver, United States. pp.62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2514448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012060⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02013374v1</w:t>
+                <w:t xml:space="preserve">hal-04461605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation of a multi-electrodes piezoelectric transformer by experimental extraction of its electric parameters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Martinez</w:t>
+                <w:t xml:space="preserve">A Tunable Hybrid SSHI Strategy for Piezoelectric Energy Harvesting with Enhanced Off-resonance Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dejan Vasic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Costa</w:t>
+                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XIII</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2514448⟩</w:t>
+              <w:t xml:space="preserve">PowerMEMS 2018 - The 18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012060, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461605v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling wave piezoelectric transformer for multi-level insulated gate-driver power supply</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Martinez</w:t>
+                <w:t xml:space="preserve">Towards scalable quantum computing based on silicon spin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Labrousse</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Thonnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 Symposium on VLSI Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Kyoto, Japan. pp.T30-T31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/VLSIT.2019.8776562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461807v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cm-scale, low wind velocity and 250°C-compliant airflow- driven harvester for aeronautic applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A self-powered integrated solution for frequency tuning of piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Blois, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02347627v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03198007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated electrical interface for frequency tuning of vibrational energy harvesters</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A cm-scale, low wind velocity and 250°C-compliant airflow- driven harvester for aeronautic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Willemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Goubault de Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupement de Recherche Systems on Chips 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PowerMEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012071, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363419v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LDO-assisted Voltage Selector over 0.5-to-1V VDD range for fine Grained DVS in FDSOI 28nm with 200ns/V Controlled Transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">An integrated electrical interface for frequency tuning of vibrational energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th European Solid-State Circuits Conference ESSCIRC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Groupement de Recherche Systems on Chips 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887166v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation d'un transfomateur piézoélectrique multi-électrodes par l'extraction de ses paramètres électriques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">LDO-assisted Voltage Selector over 0.5-to-1V VDD range for fine Grained DVS in FDSOI 28nm with 200ns/V Controlled Transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Migliato Marega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Miro-Panades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">44th European Solid-State Circuits Conference ESSCIRC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051493v2</w:t>
+                <w:t xml:space="preserve">hal-01887166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study and Modeling of a Traveling Wave Piezoelectric Transformer</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Costa</w:t>
+                <w:t xml:space="preserve">Compact MEMS modeling to design full adder in Capacitive Adiabatic Logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th European Solid-State Device Research Conference (ESSDERC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Dresden, France. pp.174-177, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSDERC.2018.8486908⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1052/1/012107⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01681261v1</w:t>
+                <w:t xml:space="preserve">cea-04523813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact MEMS modeling to design full adder in Capacitive Adiabatic Logic</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+                <w:t xml:space="preserve">A 2.5μW 0.0067mm 2 automatic back-biasing compensation unit achieving 50% leakage reduction in FDSOI 28nm over 0.35-to-1V V&amp;lt;inf&amp;gt;DD&amp;lt;/inf&amp;gt; range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Flatresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Beigné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th European Solid-State Device Research Conference (ESSDERC 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE International Solid-State Circuits Conference (ISSCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC.2018.8310305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ESSDERC.2018.8486908⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04523813v1</w:t>
+                <w:t xml:space="preserve">hal-01887173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 2.5μW 0.0067mm 2 automatic back-biasing compensation unit achieving 50% leakage reduction in FDSOI 28nm over 0.35-to-1V V&amp;lt;inf&amp;gt;DD&amp;lt;/inf&amp;gt; range</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Study and Modeling of a Traveling Wave Piezoelectric Transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edith Beigné</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Vasic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Solid-State Circuits Conference (ISSCC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PowerMEMS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1052/1/012107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSCC.2018.8310305⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01887173v1</w:t>
+                <w:t xml:space="preserve">hal-01681261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of a multi-electrodes traveling-wave piezoelectric transformer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Modélisation d'un transfomateur piézoélectrique multi-électrodes par l'extraction de ses paramètres électriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dejan Vasic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461563v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051493v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short Circuit Synchronized Electric Charge Extraction (SC-SECE): a tunable interface for wideband vibration energy harvesting</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modeling of a multi-electrodes traveling-wave piezoelectric transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dejan Vasic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRSE 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Denver, United States. pp.82, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2297639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819770v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short Circuit Synchronous Electric Charge Extraction (SC-SECE) Strategy for Wideband Vibration Energy Harvesting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Short Circuit Synchronized Electric Charge Extraction (SC-SECE): a tunable interface for wideband vibration energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCAS 2018 - IEEE International Symposium on Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNRSE 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Besançon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013371v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 30nA quiescent 80nW-to-14mW power-range shock-optimized SECE-based piezoelectric harvesting interface with 420% harvested-energy improvement</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Short Circuit Synchronous Electric Charge Extraction (SC-SECE) Strategy for Wideband Vibration Energy Harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Grézaud</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Monfray</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Solid-State Circuits Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, San Francisco, United States. </w:t>
+              <w:t xml:space="preserve">ISCAS 2018 - IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Florence, Italy. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSCC.2018.8310228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2018.8351559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01736875v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximizing Wireless Power Transfer with Single-Turn Coreless Coupled Coils</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 30nA quiescent 80nW-to-14mW power-range shock-optimized SECE-based piezoelectric harvesting interface with 420% harvested-energy improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bergogne</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Monfray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCAS 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2018.8351209⟩</w:t>
+              <w:t xml:space="preserve">International Solid-State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC.2018.8310228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01881673v1</w:t>
+                <w:t xml:space="preserve">hal-01736875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sub-100nW Power Supply Unit Embedding Untrimmed Timing and Voltage References for Duty-Cycled µW-Range Load in FDSOI 28nm</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Maximizing Wireless Power Transfer with Single-Turn Coreless Coupled Coils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47th European Solid-State Device Research Conference ESSCIRC 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISCAS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Florence, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2018.8351209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887185v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regenerative synchronous electrical charge extraction for highly coupled piezoelectric generators</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A sub-100nW Power Supply Unit Embedding Untrimmed Timing and Voltage References for Duty-Cycled µW-Range Load in FDSOI 28nm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Badets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MWSCAS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Boston, United States</w:t>
+              <w:t xml:space="preserve">47th European Solid-State Device Research Conference ESSCIRC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575848v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacitive adiabatic logic based on gap-closing MEMS devices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regenerative synchronous electrical charge extraction for highly coupled piezoelectric generators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 27th International Symposium on Power and Timing Modeling, Optimization and Simulation (PATMOS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MWSCAS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PATMOS.2017.8106957⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01887181v1</w:t>
+                <w:t xml:space="preserve">hal-01575848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges for fully-integrated resonant switched capacitor converters in CMOS technologies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Adiabatic capacitive logic: A paradigm for low-power logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Houri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 24th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICECS.2017.8292101⟩</w:t>
+              <w:t xml:space="preserve">2017 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Baltimore, United States. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2017.8050996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887175v1</w:t>
+                <w:t xml:space="preserve">hal-01887199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inductorless impedance matching strategy using multiple capacitance configurations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Synchronised 4-Phase Resonant Power Clock Supply for Energy Efficient Adiabatic Logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Adrien Badel</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Nouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Azemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICRC: International Conference on Rebooting Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Washington, DC, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRC.2017.8123661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574295v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01768831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 μW converter for energy harvesting from sedimentary microbial fuel cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Armande Capitaine</w:t>
+                <w:t xml:space="preserve">Electromechanical Adiabatic Computing: Towards Attojoule Operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60th IEEE MWSCAS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MWSCAS.2017.8052929⟩</w:t>
+              <w:t xml:space="preserve">2017 IEEE International Conference on Rebooting Computing (ICRC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Washington, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRC.2017.8123660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01646334v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adiabatic capacitive logic: A paradigm for low-power logic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Analyse des pertes du flyback pour la récupération d'énergie à partir de piles microbiennes sédimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Houri</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887199v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronised 4-Phase Resonant Power Clock Supply for Energy Efficient Adiabatic Logic</w:t>
+                <w:t xml:space="preserve">10 μW converter for energy harvesting from sedimentary microbial fuel cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Nouet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
+                <w:t xml:space="preserve">Olivier Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRC: International Conference on Rebooting Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Washington, DC, United States. </w:t>
+              <w:t xml:space="preserve">60th IEEE MWSCAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Boston, MA, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICRC.2017.8123661⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MWSCAS.2017.8052929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01768831v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01646334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromechanical Adiabatic Computing: Towards Attojoule Operation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Inductorless impedance matching strategy using multiple capacitance configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Conference on Rebooting Computing (ICRC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887177v1</w:t>
+                <w:t xml:space="preserve">hal-01574295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des pertes du flyback pour la récupération d'énergie à partir de piles microbiennes sédimentaires</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Capacitive adiabatic logic based on gap-closing MEMS devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Samaali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 27th International Symposium on Power and Timing Modeling, Optimization and Simulation (PATMOS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Thessaloniki, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PATMOS.2017.8106957⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01630684v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of fully integrated resonance switched capacitor converters in FDSOI technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Challenges for fully-integrated resonant switched capacitor converters in CMOS technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Moursy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 15th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 24th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Batumi, Georgia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2017.8292101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2017.8010127⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01887189v1</w:t>
+                <w:t xml:space="preserve">hal-01887175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">100 µW Coreless Flyback Converter for microbial fuel cells energy harvesting</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Design of fully integrated resonance switched capacitor converters in FDSOI technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Moursy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NGCAS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 15th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2017.8010127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01585749v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal compensation capacitors maximizing coreless inductive power transfer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+                <w:t xml:space="preserve">100 µW Coreless Flyback Converter for microbial fuel cells energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">NGCAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01630685v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of switching of the electrical harvesting interface on microbial fuel cell losses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimal compensation capacitors maximizing coreless inductive power transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bergogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PCIM Europe 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Nuremberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234189⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01630686v1</w:t>
+                <w:t xml:space="preserve">hal-01630685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 12 mV start-up converter using piezoelectric transformer for energy harvesting applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Impact of switching of the electrical harvesting interface on microbial fuel cell losses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Costa</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01735597v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active AC/DC control for wideband piezoelectric energy harvesting</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A 12 mV start-up converter using piezoelectric transformer for energy harvesting applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Costa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PowerMEMS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574297v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation électrique d'une pile microbienne sédimentaire et extraction de son énergie par un flyback en mode discontinue</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Active AC/DC control for wideband piezoelectric energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Ondel</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/773/1/012059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348478v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the power-clock network impact on adiabatic logic</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modélisation et intégration de convertisseurs DC-DC à capacité commutée et à résonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPI: Signal and Power Integrity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01348476v1</w:t>
+                <w:t xml:space="preserve">hal-01348479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of CMOS Technology Scaling on Fully-Integrated Power Supply Efficiency</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ITAC: A complete 3D integration test platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lattard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Integrated Power Electronics Systems (CIPS 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE International 3D Systems Integration Conference (3DIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, San Francisco, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3DIC.2016.7970012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01348477v1</w:t>
+                <w:t xml:space="preserve">cea-04523835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation électrique d'une pile microbienne sédimentaire et extraction de son énergie par un flyback en mode discontinue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armande Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361691v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01348478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ITAC: A complete 3D integration test platform</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Bana</w:t>
+                <w:t xml:space="preserve">Modélisation électrique d'une pile microbienne sédimentaire et extraction de son énergie par un flyback en mode discontinue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International 3D Systems Integration Conference (3DIC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523835v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et intégration de convertisseurs DC-DC à capacité commutée et à résonance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effect of CMOS Technology Scaling on Fully-Integrated Power Supply Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">9th International Conference on Integrated Power Electronics Systems (CIPS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348479v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01348477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des pertes d'un flyback en mode de conduction discontinue pour la récupération d'énergie de piles microbiennes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Armande Capitaine</w:t>
+                <w:t xml:space="preserve">Investigation of the power-clock network impact on adiabatic logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Nouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPI: Signal and Power Integrity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Turin, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SaPIW.2016.7496270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409975v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01348476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric generator frequency tuning and output power optimization through the use of an electronic interface</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Analyse des pertes d'un flyback en mode de conduction discontinue pour la récupération d'énergie de piles microbiennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Annual Energy Harvesting Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Arlington, Virginia, United States</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363416v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et intégration de convertisseurs DC-DC à capacité commutée et à résonance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Piezoelectric generator frequency tuning and output power optimization through the use of an electronic interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grezaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">11th Annual Energy Harvesting Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Arlington, Virginia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361701v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss analysis of Flyback in Discontinuous Conduction Mode for sub-mW harvesting systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modélisation et intégration de convertisseurs DC-DC à capacité commutée et à résonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NEWCAS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01317121v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband vibration harvesting</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Loss analysis of Flyback in Discontinuous Conduction Mode for sub-mW harvesting systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Piezonems workshop 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NEWCAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Vancouver, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2016.7604810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363420v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01317121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D ICs: An Opportunity for Fully-Integrated, Dense and Efficient Power Supplies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Broadband vibration harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grezaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Vivet</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International 3D Systems Integration Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">Piezonems workshop 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01217670v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D advanced integration technology for heterogeneous systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">3D ICs: An Opportunity for Fully-Integrated, Dense and Efficient Power Supplies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Vivet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D Systems Integration Conference (3DIC), 2015 International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International 3D Systems Integration Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Sendai, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01247896v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical characterization and modeling of benthic microbial fuel cells for energy harvesting</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">3D advanced integration technology for heterogeneous systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Clermidy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guthmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e Journées Nationales sur la Récupération et le Stockage d'Energie pour l'alimentation de microsystèmes autonomes (JNRSE'2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3D Systems Integration Conference (3DIC), 2015 International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Sendai, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3DIC.2015.7334468⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348480v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01247896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-Threshold Startup Charge Pump using Depletion MOSFET for a low-Voltage Harvesting Application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Electrical characterization and modeling of benthic microbial fuel cells for energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Chailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Martinez</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Energy Conversion Congress and Exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">5e Journées Nationales sur la Récupération et le Stockage d'Energie pour l'alimentation de microsystèmes autonomes (JNRSE'2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01217787v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01348480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferrite bead effect on Class-D amplifier audio quality</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sub-Threshold Startup Charge Pump using Depletion MOSFET for a low-Voltage Harvesting Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IEEE MELECON</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Energy Conversion Congress and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Montréal, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103584v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrite bead effect on Class-D amplifier audio quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MELECON 2014 - 2014 17th IEEE Mediterranean Electrotechnical Conference</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
+              <w:t xml:space="preserve">17th IEEE MELECON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Beyrouth, Lebanon. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MELCON.2014.6820510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523857v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Optimization of EMI Filter Using a Genetic Algorithm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Ferrite bead effect on Class-D amplifier audio quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MELECON 2014 - 2014 17th IEEE Mediterranean Electrotechnical Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Beirut, France. pp.74-78, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MELCON.2014.6820510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020075v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Discrete Optimization of EMI Filter Using a Genetic Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Ph. D. Research in Microelectronics and Electronics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Tokyo, Japan. pp.13A2-H4c</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103590v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distortion improvement in the current coil of loudspeakers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Sturtzer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guy Lemarquand</w:t>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Audio Engineering Society Convention</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Ph. D. Research in Microelectronics and Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2013, Villach, Austria. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME.2013.6603127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103598v1</w:t>
+                <w:t xml:space="preserve">hal-01103590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Angelo Nagari</w:t>
+                <w:t xml:space="preserve">Distortion improvement in the current coil of loudspeakers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sturtzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothé Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 9th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Audio Engineering Society Convention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Roma, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523863v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of MEMS technologies for manufacturing of high-fidelity microspeakers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrated Class-D audio amplifier virtual test for output EMI filter performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 9th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Villach, France. pp.73-76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRIME.2013.6603127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00811084v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synchronized self oscillating Class-D amplifier for mobile application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential of MEMS technologies for manufacturing of high-fidelity microspeakers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iman Shahosseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Cellier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Angelo Nagari</w:t>
+                <w:t xml:space="preserve">Marion Woytasik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hacine Souha</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emile Martincic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Solid-State Circuits Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103629v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche de modélisation des chemins de propagation des perturbations conduites pour des systèmes à deux conducteurs actifs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A synchronized self oscillating Class-D amplifier for mobile application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacine Souha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lombard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Solid-State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Sep 2012, Bordeaux, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSCIRC.2012.6341345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703559v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency Optimization of Class G Amplifiers: Impact of the Input Signals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Approche de modélisation des chemins de propagation des perturbations conduites pour des systèmes à deux conducteurs actifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Taupin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">133th AES convention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Audio Engineering Society, Sep 2012, San Francisco, United States. pp.315-322</w:t>
+              <w:t xml:space="preserve">CEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Rouen, France. Actes sur CD (pas de pagination)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409961v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducted EMI prediction for integrated class D audio amplifier</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Efficiency Optimization of Class G Amplifiers: Impact of the Input Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Angelo Nagari</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Goutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IEEE ICECS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">133th AES convention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Audio Engineering Society, Sep 2012, San Francisco, United States. pp.315-322</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103646v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and design of an analog control loop for digital input class D amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IEEE ICECS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Dec 2011, Beyrouth, Lebanon. pp.105-108, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2011.6122225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-mirror based PID controller</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Conducted EMI prediction for integrated class D audio amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International New Circuits and Systems Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2011.5981312⟩</w:t>
+              <w:t xml:space="preserve">18th IEEE ICECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Beyrouth, Lebanon. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2011.6122295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103654v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducted EMI of Integrated Switching Audio Amplifier for Mobile Phone Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current-mirror based PID controller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vratislav Michal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salah-Eddine Adami</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Christophe Premont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC Compo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International New Circuits and Systems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, 2011, Bordeaux, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2011.5981312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00641582v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Passive Circuit Modelling with Pentapole Impedance Matrices Application to an Integrated Audio Switching Amplifier for Portable Devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Conducted EMI of Integrated Switching Audio Amplifier for Mobile Phone Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Adami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, York, United Kingdom</w:t>
+              <w:t xml:space="preserve">EMC Compo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Dubrovnik, Croatia. pp.142-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103635v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparison of Phase-Shift Self- Oscillating and Carrier-based PWM Modulation for Embedded Audio Amplifiers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Differential Passive Circuit Modelling with Pentapole Impedance Matrices Application to an Integrated Audio Switching Amplifier for Portable Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Goutti</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Labrousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Audio Engineering Society Convention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AES, 2010, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">EMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103665v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Class-K amplifier for headset applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Sturtzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Huffenus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Goutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International NEWCAS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Montreal, Canada. pp.5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS.2010.5603759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A phase-shift self-oscillating stereo class-D amplifier for battery-powered applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+                <w:t xml:space="preserve">A Comparison of Phase-Shift Self- Oscillating and Carrier-based PWM Modulation for Embedded Audio Amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Huffenus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Goutti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Audio Engineering Society Convention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AES, 2010, London, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103679v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high PSRR Class-D audio amplifier IC based on a self-adjusting voltage reference</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+                <w:t xml:space="preserve">A phase-shift self-oscillating stereo class-D amplifier for battery-powered applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Huffenus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Goutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Solid State Circuits Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ESSCIRC.2010.5619820⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, 2010, Paris, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2010.5537458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103661v1</w:t>
+                <w:t xml:space="preserve">hal-01103679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A FULLY DIFFERENTIAL DIGITAL INPUT CLASS D WITH EMI SPREADING METHOD FOR MOBILE APPLICATION</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A high PSRR Class-D audio amplifier IC based on a self-adjusting voltage reference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Huffenus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Goutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AES International Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Solid State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, 2010, Sevilla, Spain. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSCIRC.2010.5619820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103685v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An review of fully digital audio class D amplifiers topologies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A FULLY DIFFERENTIAL DIGITAL INPUT CLASS D WITH EMI SPREADING METHOD FOR MOBILE APPLICATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Crippa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossella Bassoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE North-East Workshop on Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AES International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AES, Aug 2009, Hillerod, Denmark</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103684v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 0.01%THD, 70dB PSRR Single Ended Class D using variable hysteresis control for headphone amplifiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">An review of fully digital audio class D amplifiers topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A Nagari</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2009.5117972⟩</w:t>
+              <w:t xml:space="preserve">IEEE North-East Workshop on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, 2009, Toulouse, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS.2009.5290459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103722v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A topological comparison of PWM and hysteresis controls in switching audio amplifiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A 0.01%THD, 70dB PSRR Single Ended Class D using variable hysteresis control for headphone amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Angelo Nagari</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Asia-Pacific Conference on Circuits and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/APCCAS.2008.4746112⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2009, Taipei, Taiwan. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2009.5117972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103729v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated class D audio amplifier based on sliding mode control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A topological comparison of PWM and hysteresis controls in switching audio amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Monique Chiollaz</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Integrated Circuit Design and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Grenoble, France. pp.4, </w:t>
+              <w:t xml:space="preserve">IEEE Asia-Pacific Conference on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Dec 2008, Macao, China. pp.4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICICDT.2008.4567259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/APCCAS.2008.4746112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103736v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">An integrated class D audio amplifier based on sliding mode control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Chiollaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Integrated Circuit Design and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Grenoble, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICICDT.2008.4567259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A high performance switching audio amplifier using sliding mode control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Chiollaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE North-East Workshop on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Montreal, Canada. pp.4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS.2008.4606382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12278,7265 +12412,7265 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Switched battery DC–DC converters for low-power applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emeric Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Oukassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12, pp.754-764. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JESTPE.2023.3336476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04522808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Integrated Dual-Side Series/Parallel Piezoelectric Resonator-Based DC–DC Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen-Chin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSSC.2024.3434980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04727982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Benchmarking of Direct Hybrid Switched-Capacitor DC-DC Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Open Journal of Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5, pp.664-682. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ojpel.2024.3394529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04769890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavior analysis of comb-drive actuators operating in near-zero-overlap configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Marković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 376, pp.115652. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2024.115652⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04669764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impedancemetry of multiplexed quantum devices using an on-chip cryogenic CMOS active inductor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chip</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2 (4), pp.100068. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chip.2023.100068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CMOS Integrated Circuits for the Quantum Information Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Anders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoud Babaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imran Bashir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Quantum Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 4, pp.5100230. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TQE.2023.3290593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RRAM Device Performances under Capacitive-Enhanced Current Programming Scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bauvent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Trotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Billoint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Nodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Moursy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LED.2023.3274219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04115343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart write algorithm to enhance performances and reliability of a RRAM macro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Ricavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Laffond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilan Sever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Gherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 59 (9), pp.3045 - 3057. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSSC.2024.3386429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04771574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial fuel cell as battery range extender for frugal IoT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Pietrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (18), pp.6501. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en16186501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study of electrical interfaces for tunable piezoelectric vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-665X/ac54e8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03575992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Optimal Couple Tracking: a control scheme for electrical-tuning of strong coupling piezoelectric energy harvesters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Electrical Efficiency of SECE-based Interfaces for Piezoelectric Vibration Energy Harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389X221104179⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (1), pp.01LT01. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac3ebe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680541v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Efficiency of SECE-based Interfaces for Piezoelectric Vibration Energy Harvesting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Discrete Optimal Couple Tracking: a control scheme for electrical-tuning of strong coupling piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexis Brenes</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac3ebe⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (7), pp.785-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X221104179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460385v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In memory energy application for resistive random access memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Trotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Oukassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Molas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Aussenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (12), pp.2100297. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202100297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact-Free MEMS Devices for Reliable and Low-Power Logic Operations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Fanet</w:t>
+                <w:t xml:space="preserve">IntAct: A 96-Core Processor With Six Chiplets 3D-Stacked on an Active Interposer With Distributed Interconnects and Integrated Power Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guthmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Thonnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Fuguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (1), pp.79-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSSC.2020.3036341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TED.2021.3070844⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03527218v1</w:t>
+                <w:t xml:space="preserve">hal-03072959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IntAct: A 96-Core Processor With Six Chiplets 3D-Stacked on an Active Interposer With Distributed Interconnects and Integrated Power Management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cesar Fuguet</w:t>
+                <w:t xml:space="preserve">Contact-Free MEMS Devices for Reliable and Low-Power Logic Operations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (6), pp.2938-2943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2021.3070844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSSC.2020.3036341⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03072959v1</w:t>
+                <w:t xml:space="preserve">hal-03527218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operating Frequency Prediction of Piezoelectric DC-DC converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas de Araujo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37 (3), pp.2508-2512. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPEL.2021.3115182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03354706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast-Convergence Self-Adjusting SECE Circuit With Tunable Short-Circuit Duration Exhibiting 368% Bandwidth Improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Berlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3, pp.222-225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3012340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of 2D intersubband scattering in thin film fully depleted silicon-on-insulator transistors operating at 4.2 K</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Cryogenic instrumentation based on Silicon technology: from Astrophysics Cryo-Detectors to Quantum computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Sauvageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X de La Broïse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Jehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Guevel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Silvano de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0007100⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (04), pp.C04044-C04044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/15/04/C04044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03541768v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-power transimpedance amplifier for cryogenic integration with quantum devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Cardoso Paz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tagliaferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7 (4), pp.041407. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0007119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strongly coupled piezoelectric cantilevers for broadband vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Formosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 277, pp.115518. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apenergy.2020.115518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryogenic instrumentation based on Silicon technology: from Astrophysics Cryo-Detectors to Quantum computing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Evidence of 2D intersubband scattering in thin film fully depleted silicon-on-insulator transistors operating at 4.2 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Guevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Billiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Cardoso Paz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tagliaferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvano de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/15/04/C04044⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 116 (24), pp.243502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0007100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211458v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryogenic Current Steering DAC With Mitigated Variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Zurita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loick Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3, pp.254-257. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3013443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02986763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistive and reactive loads’ influences on highly coupled piezoelectric generators for wideband vibrations energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Grézaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 30 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1045389x18810802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies of Maximum Power Point Tracking for Sub-mW Benthic Microbial Fuel Cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A transverse traveling wave piezoelectric transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Allard</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Loyau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dejan Vasic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1166/jolpe.2019.1620⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (7), pp.075012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab1945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02526202v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryogenic Subthreshold Swing Saturation in FD-SOI MOSFETs Described With Band Broadening</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frequency tuning of piezoelectric energy harvesters thanks to a short-circuit synchronous electric charge extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 40 (5), pp.784-787. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (2), pp.025009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LED.2019.2903111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aaf0ea⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02121161v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS Four-Terminal Variable Capacitor for low power Capacitive Adiabatic Logic with High Logic State Differentiation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Strategies of Maximum Power Point Tracking for Sub-mW Benthic Microbial Fuel Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armande Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55, pp.277-287. </w:t>
+              <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (4), pp.351-360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2018.10.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1166/jolpe.2019.1620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01910144v1</w:t>
+                <w:t xml:space="preserve">hal-02526202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency tuning of piezoelectric energy harvesters thanks to a short-circuit synchronous electric charge extraction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">MEMS Four-Terminal Variable Capacitor for low power Capacitive Adiabatic Logic with High Logic State Differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Samaali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (2), pp.025009. </w:t>
+              <w:t xml:space="preserve">Nano Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55, pp.277-287. </w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aaf0ea⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2018.10.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01943613v1</w:t>
+                <w:t xml:space="preserve">hal-01910144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transverse traveling wave piezoelectric transformer</w:t>
+                <w:t xml:space="preserve">Cryogenic Subthreshold Swing Saturation in FD-SOI MOSFETs Described With Band Broadening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Martinez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+                <w:t xml:space="preserve">H. Bohuslavskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Loyau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. G. M. Jansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab1945⟩</w:t>
+              <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (5), pp.784-787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LED.2019.2903111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978675v1</w:t>
+                <w:t xml:space="preserve">hal-02121161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A longitudinal traveling wave piezoelectric transformer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dejan Vasic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 293, pp.37-47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2019.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Charging of Nonlinear Capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (6), pp.5023-5026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPEL.2018.2881557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02186446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Shock-Optimized SECE Integrated Circuit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Monfray</w:t>
+                <w:t xml:space="preserve">Contactless four-terminal MEMS Variable Capacitor for Capacitive Adiabatic Logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Samaali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSSC.2018.2868299⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (8), pp.084001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aacac4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01879288v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 15 mV Inductorless Start-up Converter Using a Piezoelectric Transformer for Energy Harvesting Applications</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Shock-Optimized SECE Integrated Circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Monfray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2017.2690804⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 53 (12), pp.3420-3433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSSC.2018.2868299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01735605v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contactless four-terminal MEMS Variable Capacitor for Capacitive Adiabatic Logic</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 15 mV Inductorless Start-up Converter Using a Piezoelectric Transformer for Energy Harvesting Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Costa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aacac4⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (3), pp.2241-2253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2017.2690804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887157v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 50 μW Microbial Fuel Cell Isolated Energy Harvesting Interface Based on Air Coupled Inductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armande Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14 (1), pp.170 - 178. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1166/jolpe.2018.1538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01742176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric Losses Considerations for Piezoelectric Energy Harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14, pp.244 - 254. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1166/jolpe.2018.1562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01865139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryogenic Characterization of 28-nm FD-SOI Ring Oscillators With Energy Efficiency Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bohuslavskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Guevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 65 (9), pp.3682 - 3688. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TED.2018.2859636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unified N-SECE strategy for highly coupled piezoelectric energy scavengers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 27 (8), pp.4002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-665X/aac3b6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Efficiency and EMI Attenuation Optimization in Filter Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moises Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 60 (6), pp.1811 - 1818. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TEMC.2017.2765921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contactless Capacitive Adiabatic Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Samaali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nanoengineering: Fabrication, Properties, Optics, and Devices XIV, 10354, pp.103540A. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2275211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and Efficiency Analysis of Multi-Phase Resonant Switched Capacitive Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01219419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous Sensor Node Powered by CM-Scale Benthic Microbial Fuel Cell and Low-Cost and Off-the-Shelf Components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Chailloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Erable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Harvesting and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/ehs-2015-0030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digitally Assisted Analog: An Anti-Clipping Function for Class-D Audio Amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Huffenus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Low Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11 (1), pp.74-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1166/jolpe.2015.1360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the Impact of Magnetic Components Used for EMI Suppression on the Base-Band of a Power Amplifier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPEL.2014.2351421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01259800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual-Input Switched Capacitor Converter Suitable for Wide Voltage gain Range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elad Alon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JETCAS.2015.2462014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency Comparison of Inductor-, Capacitor- and Resonant-based Converters Fully Integrated in CMOS Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Yoann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal on Emerging and Selected Topics in Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JETCAS.2015.2462016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fidelity microelectromechanical system electrodynamic micro-speaker characterization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">E. Lefeuvre</w:t>
+                <w:t xml:space="preserve">Dynamic voltage scaling for series hybrid amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Lemarquand</w:t>
+                <w:t xml:space="preserve">Firas Yengui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04523874v1</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Conductor Passive Circuit Modeling for Power Converter Current Prediction and EMI aspect</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lombard</w:t>
+                <w:t xml:space="preserve">Planar Microcoil OptimPlanar Microcoil Optimization of MEMS Electrodynamic Microspeakers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Shahosseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Martinicic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Woytasik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEMC.2013.2265048⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2246180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103586v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar Microcoil OptimPlanar Microcoil Optimization of MEMS Electrodynamic Microspeakers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Woytasik</w:t>
+                <w:t xml:space="preserve">N-Conductor Passive Circuit Modeling for Power Converter Current Prediction and EMI aspect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2246180⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (6), pp.1169-1177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TEMC.2013.2265048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103602v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic voltage scaling for series hybrid amplifiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Russo</w:t>
+                <w:t xml:space="preserve">High fidelity microelectromechanical system electrodynamic micro-speaker characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sturtzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firas Yengui</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nacer Abouchi</w:t>
+                <w:t xml:space="preserve">I. Shahosseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 113 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4808334⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103600v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04523874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Fidelity MEMS Electrodynamic Micro-Speaker Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Sturtzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Shahosseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic MEMS microspeaker for portable electronic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Shahosseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Woytasik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Martincic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsystem Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 19 (6), pp.879-886. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00542-013-1754-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sliding Mode Audio Class-D Amplifier for Portable Devices Powered by Editorial Manager® and Preprint Manager® from Aries Systems Corporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Nagari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic MEMS Microspeaker for Portable Electronic Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Shahosseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Woytasik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Martincic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsystem Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01103612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic voltage scaling for series hybrid amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Yengui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 44 (9), pp.753-763. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mejo.2013.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-Conductor Passive Circuit Modeling for Power Converter Current Prediction and EMI Aspect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 55 (6), pp.1169-1177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TEMC.2013.2265048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between voltage and current driving methods of a micro-speaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Sturtzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Acoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 73, pp.1087 - 1098. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apacoust.2012.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01114019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Switching Optimization for Class-G Audio Amplifiers with Two Power Supplies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firas Yengui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacer Abouchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Circuits, Systems, and Computers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrodynamic MEMS: Application to Mobile Phone Loudspeakers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Shahosseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ravaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 48 (11), pp.3684-3687. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2012.2203798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19546,925 +19680,925 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic device and method for controlling an electric energy converter comprising a piezoelectric element, related electronic system for electric energy conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 12034362. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Manokhin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 20230200252. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04145080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum device with multiplexed electrometer output signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Billiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 17643236. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03720297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device for recovering or damping the vibratory energy of a resonant mechanical element</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Badets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : 17304393. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03720301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuit and method for frequency tuning of a vibrational energy harvester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US Patent App. 16/822,662. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuit and method for energy recuperation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US Patent App. 16/230,568. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pooling of an antenna and of a converter for supplying power to an electronic circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armande Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US Patent App. 16/226,503. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Grezaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US Patent App. 16/038,157. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromechanical variable-capacitance capacitor with four electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Samaali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US20180366272A1. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20474,465 +20608,465 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of fully integrated power stage for piezoelectric DC-DC converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gonon-Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas de Araujo Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PwrSoC 2023 - The Eighth International Workshop on Power Supply on Chip</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Hannovre, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultimate Power Dissipation for Computing based on Energy-Reversible and Capacitive Electromechanical Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Colloque National Du GDR SoC²</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montpellier, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02132536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4-Phase Resonant Power-Clock Supply for Adiabatic Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Colloque National du GDR SoC/SiP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Bordeaux, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01800297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Power-Clock Network on Adiabatic Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jeanniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aida Todri-Sanial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Nouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du GDR SoC-SiP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nantes, France. , 10ème Colloque National du GDR SoC-SiP, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01456996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20942,146 +21076,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacitive-Based Adiabatic Logic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayrat Galisultanov</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yann Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reversible Computation 9th International Conference, RC 2017, Kolkata, India, July 6-7, 2017, Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-59936-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21091,105 +21225,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures et contrôle d'amplificateurs de puissance et de convertisseurs statiques d'énergie électrique en vue de leur enfouissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. INSA Lyon, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01273150v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId519"/>
+      <w:footerReference w:type="default" r:id="rId522"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21257,51 +21391,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BB98BDFF"/>
+    <w:nsid w:val="6F8B6764"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21488,51 +21622,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gael-pillonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0539-7185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174996233" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05227846v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovi&#263;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fanet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS61431.2025.10917966" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759113v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauvent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Molas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSERC62670.2024.10719434" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522793v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Chin Brian Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mercier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC49657.2024.10454471" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442641v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giraud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricavy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Moursy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sever" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW56887.2023.10145984" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523493v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud H.K. Hmada" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P Mercier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPEL52896.2023.10221102" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04415539v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jadot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Zurita" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Billiot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Thonnart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Le Guevel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04415538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC59616.2023.10268775" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04241697v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946985v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Fanet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007572" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523517v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mattei" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vysotskyi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Reynaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hutin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC42614.2022.9731729" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04247942v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Perez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Moursy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Oukassi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300880v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE50734.2022.9947546" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03649053v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258911v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Araujo Pereira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Touhami" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lamorelle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658360" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372599v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258910v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJPEL.2021.306702" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258908v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523542v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Raupp da Rosa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Genevey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC42613.2021.9365782" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348334v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Guevel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Billiot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jehl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985945v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vivet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guthmuller" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moritz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062927" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523584v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rummens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063023" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523549v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Casanova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Badets" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3016716" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986756v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Cardoso Paz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Guevel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Casse" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS48187.2020.9107906" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211508v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cardoso Paz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Casse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billiot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnology18217.2020.9265034" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523574v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3370748.3406582" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986737v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano de Franceschi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063090" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198007v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537327v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Meunier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hutin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bertrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Thonnart" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/VLSIT.2019.8776562" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013374v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012060" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461605v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Vasic" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2514448" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347627v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goubault de Brugi&#232;re" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012071" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363419v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887166v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Migliato Marega" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouquet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051493v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681261v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vasic" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costa" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1052/1/012107" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523813v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrat Galisultanov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Perrin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2018.8486908" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887173v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Flatresse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Beign&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310305" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461563v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2297639" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013371v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wanderoild" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351559" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736875v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gr&#233;zaud" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310228" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881673v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Wanderoild" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bergogne" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351209" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887185v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575848v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887181v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Basset" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Samaali" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PATMOS.2017.8106957" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887175v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2017.8292101" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574295v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Capitaine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646334v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Chailloux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ondel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2017.8052929" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887199v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fanet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2017.8050996" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01768831v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeanniot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nouet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Azemard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Todri-Sanial" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRC.2017.8123661" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887177v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRC.2017.8123660" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630684v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887189v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010127" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585749v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630685v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630686v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234189" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735597v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574297v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/773/1/012059" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348478v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chailloux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Khaled" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348476v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2016.7496270" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348477v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361691v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523835v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garnier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bresson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bana" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2016.7970012" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348479v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409975v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363416v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grezaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361701v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317121v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2016.7604810" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363420v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217670v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247896v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Clermidy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dutoit" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2015.7334468" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348480v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217787v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103584v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2014.6820510" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523857v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020075v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103590v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Nagari" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2013.6603127" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103598v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sturtzer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Rossignol" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tournier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemarquand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523863v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811084v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Shahosseini" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Moulin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Woytasik" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Martincic" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103629v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cellier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacine Souha" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Abouchi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2012.6341345" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703559v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409961v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Russo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Taupin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goutti" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103646v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122295" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103727v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122225" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103654v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vratislav Michal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Premont" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2011.5981312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641582v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Adami" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103635v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103665v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Huffenus" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103672v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sturtzer" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Huffenus" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Abouchi" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Goutti" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2010.5603759" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103679v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabary" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537458" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103661v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2010.5619820" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103685v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Cellier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Crippa" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Bassoli" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103684v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290459" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103722v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cellier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nagari" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5117972" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103729v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APCCAS.2008.4746112" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103736v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chiollaz" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT.2008.4567259" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103732v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2008.4606382" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522808v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2023.3336476" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04727982v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Chin Liu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2024.3434980" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769890v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojpel.2024.3394529" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04669764v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Markovi&#263;" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2024.115652" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231790v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Franceschi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jehl" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chip.2023.100068" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523484v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Anders" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Babaie" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bardin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imran Bashir" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TQE.2023.3290593" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115343v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Trotti" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Billoint" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nodin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2023.3274219" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771574v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giraud" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ricavy" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Laffond" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Sever" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gherman" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2024.3386429" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523476v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrelli" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186501" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680541v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221104179" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460385v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac3ebe" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523527v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bernard" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aussenac" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202100297" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527218v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrin" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galisultanov" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3070844" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072959v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2020.3036341" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354706v2" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Lamorelle" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2021.3115182" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541768v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tagliaferri" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007100" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047484v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007119" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211458v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Sauvageot" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X de La Bro&#239;se" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/04/C04044" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986763v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3013443" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943612v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x18810802" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526202v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2019.1620" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121161v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bohuslavskyi" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. M. Jansen" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barraud" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barral" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cass&#233;" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2019.2903111" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910144v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2018.10.059" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943613v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aaf0ea" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978675v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martinez" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loyau" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab1945" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978667v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinez" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.04.014" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186446v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2018.2881557" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879288v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2018.2868299" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735605v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2690804" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887157v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aacac4" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742176v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2018.1538" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865139v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2018.1562" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887151v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2018.2859636" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837926v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Wanderoild" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aac3b6" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887159v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2017.2765921" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887196v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275211" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219419v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317426v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Capitaine" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ehs-2015-0030" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523849v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huffenus" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2015.1360" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259800v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351421" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217668v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Andrieux" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Alon" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2015.2462014" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217666v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Yoann" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2015.2462016" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523874v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sturtzer" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Shahosseini" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefeuvre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemarquand" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4808334" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103586v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2013.2265048" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103602v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Shahosseini" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lefeuvre" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moulin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Martinicic" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Woytasik" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2246180" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103600v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Yengui" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103610v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lemarquand" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523879v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-013-1754-7" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CXPC293P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103622v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103612v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523860v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2013.03.016" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5FK69B1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523868v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114019v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2012.05.008" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112572v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134873v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lemarquand" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ravaud" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2203798" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826516v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145080v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Manokhin" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720297v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720301v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348333v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348332v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348330v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348328v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518255v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421039v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gonon-Mathieu" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02132536v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01800297v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01456996v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887191v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59936-6" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01273150v2" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gael-pillonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0539-7185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174996233" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532759v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armine Karami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Basset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fanet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS59705.2025.11330918" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05227846v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovi&#263;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS61431.2025.10917966" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522793v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Chin Brian Liu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mercier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC49657.2024.10454471" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759113v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauvent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Molas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSERC62670.2024.10719434" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523493v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud H.K. Hmada" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P Mercier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPEL52896.2023.10221102" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04415539v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jadot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Zurita" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Billiot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Thonnart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Le Guevel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442641v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricavy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Moursy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laffond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sever" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMW56887.2023.10145984" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04415538v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC59616.2023.10268775" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04241697v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946985v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Fanet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007572" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523517v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mattei" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vysotskyi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Reynaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hutin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC42614.2022.9731729" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04247942v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Perez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Moursy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Oukassi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300880v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE50734.2022.9947546" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03649053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505561v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658360" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Araujo Pereira" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Touhami" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lamorelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258911v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258908v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258910v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJPEL.2021.306702" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523542v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Raupp da Rosa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jure" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Genevey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC42613.2021.9365782" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Guevel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Billiot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jehl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985945v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vivet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guthmuller" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moritz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062927" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211508v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cardoso Paz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Casse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billiot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnology18217.2020.9265034" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986756v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Cardoso Paz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Guevel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Casse" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS48187.2020.9107906" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523584v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rummens" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063023" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523549v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Casanova" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Badets" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3016716" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523574v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3370748.3406582" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986737v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano de Franceschi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063090" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Vasic" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461605v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2514448" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537327v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Meunier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hutin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bertrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Thonnart" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/VLSIT.2019.8776562" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198007v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347627v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goubault de Brugi&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012071" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363419v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887166v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Migliato Marega" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bouquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523813v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrat Galisultanov" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Perrin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2018.8486908" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887173v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Flatresse" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Beign&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310305" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681261v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vasic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1052/1/012107" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051493v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2297639" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013371v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wanderoild" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351559" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736875v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gr&#233;zaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310228" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881673v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Wanderoild" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bergogne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351209" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887185v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575848v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887199v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fanet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houri" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2017.8050996" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01768831v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeanniot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nouet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Azemard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Todri-Sanial" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRC.2017.8123661" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887177v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRC.2017.8123660" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630684v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armande Capitaine" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ondel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646334v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Chailloux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2017.8052929" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574295v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887181v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Samaali" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PATMOS.2017.8106957" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887175v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2017.8292101" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887189v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010127" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585749v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630685v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bergogne" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630686v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234189" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735597v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574297v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/773/1/012059" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348479v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523835v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garnier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bresson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bana" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2016.7970012" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348478v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chailloux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Khaled" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361691v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348477v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348476v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2016.7496270" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409975v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363416v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grezaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361701v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317121v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2016.7604810" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363420v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217670v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247896v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Clermidy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dutoit" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2015.7334468" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348480v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217787v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103584v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELCON.2014.6820510" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523857v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020075v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103590v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Nagari" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2013.6603127" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103598v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sturtzer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Rossignol" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tournier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemarquand" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523863v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811084v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Shahosseini" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Moulin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Woytasik" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Martincic" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103629v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cellier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacine Souha" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Abouchi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2012.6341345" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703559v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409961v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Russo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Taupin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goutti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103727v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122225" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103646v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122295" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103654v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vratislav Michal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Premont" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2011.5981312" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641582v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Adami" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103635v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103672v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sturtzer" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Huffenus" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Abouchi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Goutti" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2010.5603759" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103665v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Huffenus" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103679v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabary" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2010.5537458" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103661v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIRC.2010.5619820" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103685v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Cellier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Crippa" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Bassoli" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103684v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2009.5290459" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103722v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cellier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nagari" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5117972" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103729v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APCCAS.2008.4746112" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103736v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chiollaz" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT.2008.4567259" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103732v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2008.4606382" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522808v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2023.3336476" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04727982v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Chin Liu" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2024.3434980" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769890v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ojpel.2024.3394529" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04669764v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Markovi&#263;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2024.115652" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231790v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Franceschi" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jehl" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chip.2023.100068" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523484v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Anders" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Babaie" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bardin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imran Bashir" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TQE.2023.3290593" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115343v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Trotti" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Billoint" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nodin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2023.3274219" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771574v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giraud" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ricavy" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Laffond" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilan Sever" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gherman" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2024.3386429" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523476v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrelli" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186501" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460385v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac3ebe" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680541v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221104179" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523527v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bernard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aussenac" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202100297" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072959v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Fuguet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2020.3036341" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527218v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galisultanov" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3070844" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354706v2" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Lamorelle" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2021.3115182" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211458v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Sauvageot" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X de La Bro&#239;se" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/04/C04044" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047484v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tagliaferri" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007119" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541768v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0007100" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986763v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3013443" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943612v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x18810802" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978675v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martinez" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loyau" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab1945" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943613v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aaf0ea" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526202v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2019.1620" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910144v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2018.10.059" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121161v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bohuslavskyi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. M. Jansen" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barraud" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barral" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cass&#233;" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2019.2903111" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978667v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinez" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.04.014" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186446v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2018.2881557" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887157v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aacac4" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879288v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2018.2868299" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735605v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2017.2690804" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742176v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2018.1538" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865139v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2018.1562" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887151v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2018.2859636" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837926v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Wanderoild" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aac3b6" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887159v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2017.2765921" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887196v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275211" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219419v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317426v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Capitaine" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ehs-2015-0030" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523849v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huffenus" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jolpe.2015.1360" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259800v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2351421" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217668v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Andrieux" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elad Alon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2015.2462014" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217666v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Yoann" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JETCAS.2015.2462016" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103600v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Yengui" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103602v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Shahosseini" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lefeuvre" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moulin" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Martinicic" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Woytasik" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2246180" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103586v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2013.2265048" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523874v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sturtzer" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Shahosseini" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefeuvre" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemarquand" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4808334" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103610v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lemarquand" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523879v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-013-1754-7" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CXPC293P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103622v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103612v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523860v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2013.03.016" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5FK69B1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523868v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114019v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2012.05.008" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112572v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134873v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lemarquand" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ravaud" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2012.2203798" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826516v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145080v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Manokhin" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720297v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720301v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348333v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348332v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348330v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348328v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518255v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421039v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gonon-Mathieu" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02132536v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01800297v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01456996v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887191v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59936-6" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01273150v2" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>