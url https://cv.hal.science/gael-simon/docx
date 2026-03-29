--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -668,51 +668,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02999645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -771,556 +771,422 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEC and Fixed Access Networks Synergies</w:t>
+                <w:t xml:space="preserve">Les habitants et l’eau dans la ville de Vendôme entre le Xe et le XVIe s. : entre usages et structuration de l’espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L’eau dans les villes d’Europe au Moyen Âge (IVe-XVe s.) : un vecteur de transformation de l’espace urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04204639v1</w:t>
+                <w:t xml:space="preserve">hal-03943307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les habitants et l’eau dans la ville de Vendôme entre le Xe et le XVIe s. : entre usages et structuration de l’espace</w:t>
+                <w:t xml:space="preserve">Appréhender l’espace concret des villes médiévales : sources, méthodologies et modélisations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’eau dans les villes d’Europe au Moyen Âge (IVe-XVe s.) : un vecteur de transformation de l’espace urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Tours, France</w:t>
+              <w:t xml:space="preserve">II international congress for young researchers in middle ages - theme: space(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Evora (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943307v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender l’espace concret des villes médiévales : sources, méthodologies et modélisations.</w:t>
+                <w:t xml:space="preserve">L’artisanat en contexte monastique, l’exemple de Marmoutier.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">II international congress for young researchers in middle ages - theme: space(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Evora (Portugal), Portugal</w:t>
+              <w:t xml:space="preserve">L’Antiquité tardive dans le centre et le centre-ouest de la Gaule (IIIe– VIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943325v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le poids de l’armée dans la fabrique d’une ville intermédiaire : l’exemple de Vendôme du XVIIe s. au XIXe s.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’armée dans la ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’artisanat en contexte monastique, l’exemple de Marmoutier.</w:t>
-[...67 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Study of the urban dynamics by a new computer application, OH-FET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Cultural Heritage and New Technologies (CHNT): Urban archaeology and processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Museums of the City of Vienna, Nov 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01237783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1330,126 +1196,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’eau dans les villes d’Europe au Moyen Âge (IVe-XVe siècle) : un vecteur de transformation de l’espace urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lorans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FERACF. , supplément à la RACF n°84, pp.290, 2023, 978-2-913272-68-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/1377f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04508781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1459,559 +1325,559 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 1 : Les premiers bâtiments d’accueil ?</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un pont inédit du haut Moyen Âge sur la Loire à Blois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Aubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Miejac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Henigfeld; Édith Peytremann. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (10e-19e siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 80, FERAC, http://marmoutier.univ-tours.fr/hotellerie.php#div1, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
+              <w:t xml:space="preserve">Un monde en mouvement : la circulation des personnes, des biens et des idées à l’époque mérovingienne (V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFAM, pp.173-183, 2022, Mémoires de l’Association française d’Archéologie mérovingienne ; Tome XXXVII, 979-10-90282-02-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03939381v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04128985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'armée dans une petite ville de province des environs de 1680 à 1870 : polarisation et empreinte militaire à Vendôme (Loir-et-Cher)</w:t>
+                <w:t xml:space="preserve">Chapitre 2 : Période 2, phase 3 : l’hôtellerie de la fin du XIIe siècle (bâtiment 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">FERAC. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’armée dans la ville, Forces en présence, architectures et espaces urbains partagés (XVIe-XXIe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 10, 2022, Architectures, 978-2-8107-0780-5</w:t>
+              <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (Xe-XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 80, http://marmoutier.univ-tours.fr/hotellerie.php#div2, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03939400v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 2 : Période 2, phase 3 : l’hôtellerie de la fin du XIIe siècle (bâtiment 2)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapitre 9 : un cimetière de laïcs (XIe siècle –fin du XIIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emeline Marot</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Miclon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FERAC. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (Xe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 80, http://marmoutier.univ-tours.fr/hotellerie.php#div2, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
+              <w:t xml:space="preserve">, 80, FERAC, http://marmoutier.univ-tours.fr/hotellerie.php#div9, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03939393v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 9 : un cimetière de laïcs (XIe siècle –fin du XIIIe siècle)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'armée dans une petite ville de province des environs de 1680 à 1870 : polarisation et empreinte militaire à Vendôme (Loir-et-Cher)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (Xe-XIXe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 80, FERAC, http://marmoutier.univ-tours.fr/hotellerie.php#div9, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
+              <w:t xml:space="preserve">L’armée dans la ville, Forces en présence, architectures et espaces urbains partagés (XVIe-XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, 2022, Architectures, 978-2-8107-0780-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03939865v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un pont inédit du haut Moyen Âge sur la Loire à Blois</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chapitre 1 : Les premiers bâtiments d’accueil ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un monde en mouvement : la circulation des personnes, des biens et des idées à l’époque mérovingienne (V</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, AFAM, pp.173-183, 2022, Mémoires de l’Association française d’Archéologie mérovingienne ; Tome XXXVII, 979-10-90282-02-5</w:t>
+              <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (10e-19e siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 80, FERAC, http://marmoutier.univ-tours.fr/hotellerie.php#div1, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04128985v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 5 : Période 3, phase 6 : l'utilisation artisanale du rez-de-chaussée (XVe-XVIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2031,73 +1897,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FERAC. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (Xe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 80, FERAC, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 6 : Période 3, phase 7 : les réaménagements du bâtiment (XVIIe-début XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2117,151 +1983,151 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FERAC. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monastère de Marmoutier : de l'hôtellerie à la maison du Grand Prieur (Xe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 80, FERAC, 2022, Supplément à la Revue archéologique du Centre de la France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une proposition pour appréhender l’espace concret des villes préindustrielles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juvenes - The Middle Ages seen by Young Researchers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publicações do Cidehus, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cidehus.19452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Autour de Marmoutier : les premiers siècles du monachisme en Touraine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lorans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2277,249 +2143,249 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">dans S. Bully, A. Dubreucq et A. Bully (dir.), Construire l'Europe. Colomban et son héritage, actes du colloque de Luxeuil (16-20 septembre 2015), Presses Universitaires de Rennes, p. 87-104.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OH_FET: a computer application for analysing urban dynamics over long time spans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAA2014. 21st Century Archaeology. Concepts, methods and tools. Proceedings of the 42nd Annual Conference on Computer Applications and Quantitative Methods in Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress, pp.381-392, 2015, 9781784911003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01146871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisations trans-scalaires des dynamiques urbaines dans la longue durée : l’exemple du quartier abbatial de Vendôme (41)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presse Universitaire François-Rabelais. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de l'espace urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2529,143 +2395,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le logiciel OH_FET pour l’analyse des dynamiques urbaines dans la longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01237786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2675,152 +2541,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual encoding of a 3D virtual reconstruction's scientific justification: feedback from a proof-of-concept research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iwona Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04333025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blois : ville et territoire ligérien depuis les premières installations humaines jusqu’à nos jours (PCR SRA Orléans)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2829,94 +2695,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Carron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03241331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2926,318 +2792,318 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'habitat civil médiéval des 11e-15e siècles de la vallée du Loir autour de Lavardin (Loir-et-Cher), Campagne 2020, Prospections thématiques sur le bâti médiéval (2e année)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Letor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CITERES-LAT UMR 7324. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'habitat civil médiéval des 11 e -14 e siècles de la vallée du Loir autour de Lavardin (Loir-et-Cher) Campagne 2019 Prospections thématiques sur le bâti médiéval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Letor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CITERES-LAT UMR 7324. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02963744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'habitat civil médiéval des 11e-14e siècles de la vallée du Loir autour de Lavardin (Loir-et-Cher). Campagne 2018, L'étude du &amp;quot;Prieuré Saint-Genest&amp;quot; de Lavardin : une maison du 12e siècle et début de prospections inventaires dans les communes voisines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Letor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Morleghem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CITERES-LAT UMR 7324. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3247,114 +3113,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espace et société à Vendôme du 11e au début du 19e s. : fonctionnement et fabrique d'une ville intermédiaire sur le temps long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Tours, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03939626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId68"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3501,51 +3367,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939407v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Aubourg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943066v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343144v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943181v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943489v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.25110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999645v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Simon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943316v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanclou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minqi Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Anet Neto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas El Ankouri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OFC.2021.Tu1A.3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943307v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943325v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943364v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943358v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237783v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saligny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Granjon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508781v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1377f" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939381v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939393v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04128985v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brousse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939861v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939404v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cidehus.19452" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012988v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146871v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939868v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237786v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lefebvre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Blaise" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Dudek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241331v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614565v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Letor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963744v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470619v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03939626v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939407v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Aubourg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Simon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943066v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343144v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Marot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943181v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943489v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.25110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999645v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Simon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943316v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943307v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943325v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943358v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943364v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237783v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saligny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Granjon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508781v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1377f" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04128985v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brousse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939393v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939865v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939381v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939861v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939404v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cidehus.19452" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012988v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939868v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237786v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lefebvre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Blaise" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Dudek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241331v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Letor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963744v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470619v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03939626v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>