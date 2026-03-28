--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1821,351 +1821,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01016419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Generation of Diazonium based on Heterocyclic Amines : Electrochemical Investigations</w:t>
+                <w:t xml:space="preserve">Réalisations de dispositifs plasmoniques actifs [Realization of active plasmonic devices]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verena Stockhausen</w:t>
+                <w:t xml:space="preserve">Yann Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jalal Ghilane</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Fave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 345, pp.25--29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062894v1</w:t>
+                <w:t xml:space="preserve">hal-01151358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisations de dispositifs plasmoniques actifs [Realization of active plasmonic devices]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Generation of Diazonium based on Heterocyclic Amines : Electrochemical Investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verena Stockhausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Ghilane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Leroux</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hyacinthe Randriamahazaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25 (28), pp.81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1938-5862/25/28/81⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01151358v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grafting Oligothiophenes on Surfaces by Diazonium Electroreduction: A Step toward Ultrathin Junction with Well-Defined Metal/Oligomer Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verena Stockhausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyacinthe Randriamahazaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 131 (41), pp.14920-14927. </w:t>
@@ -2229,51 +2229,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lagrost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2696,51 +2696,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Levy-Falk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3067,51 +3067,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lepeltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guiblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3285,277 +3285,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of an important exciton dissociation in confined multi-layered Ruddlesden-Popper Perovskites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exciton Recombination and Annihilation in Pure-Phase Phenylethylammonium Based 2D-Layered Hybrid Perovskite Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ferdinand Ledee</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cosmes Milesi Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society - Spring Meeting 2019 (E-MRS 2019 Spring Meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">Materials Research Society Fall Meeting 2019 (MRS 2019 Fall Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02168370v1</w:t>
+                <w:t xml:space="preserve">hal-02398495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exciton Recombination and Annihilation in Pure-Phase Phenylethylammonium Based 2D-Layered Hybrid Perovskite Crystals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Observation of an important exciton dissociation in confined multi-layered Ruddlesden-Popper Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Ledee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmes Milesi Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Society Fall Meeting 2019 (MRS 2019 Fall Meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Boston, United States</w:t>
+              <w:t xml:space="preserve">European Materials Research Society - Spring Meeting 2019 (E-MRS 2019 Spring Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02398495v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02168370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of strong coupling regime with hybrid perovskite in photonic crystal</w:t>
               </w:r>
@@ -3660,2402 +3660,2402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved microphotoluminescence study of 2D layered hybrid perovskites crystals. Correlation between the structural and optical properties.</w:t>
+                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered hybrid perovskite monocrystalline thin films. Correlation between the structural and optoelectronics properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosme Milesi Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Pérovskites Halogénées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Autrans, France</w:t>
+              <w:t xml:space="preserve">The 3rd International Conference on Physics of 2D Crystals (ICP2C3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, La Valletta, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882390v1</w:t>
+                <w:t xml:space="preserve">hal-01881446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered perovskites crystals and thin films. Correlation between the structural and optoelectronics properties.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of reabsorption on the emission spectra and recombination dynamics of hybrid perovskite single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Delport</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perovskite Photonics and Optoelectronics PEROPTO 2018</w:t>
+              <w:t xml:space="preserve">PEROPTO (Perovskite Photonics and Optoelectronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01881449v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast growth of monocrystalline thin films of 2D layered hybrid perovskites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exciton dynamics in 2D layered Hybrid Perovskites Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Delport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Garrot</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmes Milesi Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ABXPV Perovskite Thin Film Photovoltaics 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">Telluride Workshop: Electronic and Structural Dynamics in Hybrid Perovskites: Theory meets experiment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Telluride, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01881447v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered hybrid perovskite monocrystalline thin films. Correlation between the structural and optoelectronics properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les pérovskites hybrides halogénées: un nouveau semiconducteur pour le photovoltaïque et l'émission de lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Allard-Trippé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Delport</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 3rd International Conference on Physics of 2D Crystals (ICP2C3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, La Valletta, Malta</w:t>
+              <w:t xml:space="preserve">Optique Toulouse 2018 - Horizons de l'Optique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01881446v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exciton dynamics in 2D layered Hybrid Perovskites Crystals</w:t>
+                <w:t xml:space="preserve">Time-resolved microphotoluminescence study of 2D layered hybrid perovskites crystals. Correlation between the structural and optical properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Delport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosmes Milesi Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telluride Workshop: Electronic and Structural Dynamics in Hybrid Perovskites: Theory meets experiment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Telluride, United States</w:t>
+              <w:t xml:space="preserve">Journées des Pérovskites Halogénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882387v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of reabsorption on the emission spectra and recombination dynamics of hybrid perovskite single crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micro-photoluminescence study of 2D-layered perovskites crystals and thin films. Correlation between the structural and optoelectronics properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Delport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Geraud Delport</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosme Milesi Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PEROPTO (Perovskite Photonics and Optoelectronics)</w:t>
+              <w:t xml:space="preserve">Perovskite Photonics and Optoelectronics PEROPTO 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962094v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pérovskites hybrides halogénées: un nouveau semiconducteur pour le photovoltaïque et l'émission de lumière</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
+                <w:t xml:space="preserve">Fast growth of monocrystalline thin films of 2D layered hybrid perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Géraud Delport</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Toulouse 2018 - Horizons de l'Optique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">ABXPV Perovskite Thin Film Photovoltaics 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01868017v1</w:t>
+                <w:t xml:space="preserve">hal-01881447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFSI-16, 16th International Conference on the Formation of Semiconductr Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Hanovre, Germany</w:t>
+              <w:t xml:space="preserve">SSI-21, 21st International Conference on Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Padoue, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01556305v1</w:t>
+                <w:t xml:space="preserve">hal-01556301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+                <w:t xml:space="preserve">Experimental valence band dispersion of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Barragan</w:t>
+                <w:t xml:space="preserve">A N Barragán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya N Nair</w:t>
+                <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jacques</w:t>
+                <w:t xml:space="preserve">V. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Le Bolloc 'H</w:t>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées des Pérovskites Hybrides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Angers, France</w:t>
+              <w:t xml:space="preserve">33rd European Conference On Surface Science (ECOSS 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Szeged, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572181v1</w:t>
+                <w:t xml:space="preserve">hal-01572155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental valence band dispersion of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+                <w:t xml:space="preserve">Photophysics of self-assembled luminophore-perovskite systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Delport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐sébastien Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European Conference On Surface Science (ECOSS 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Szeged, Hungary</w:t>
+              <w:t xml:space="preserve">SPIC: 2eme Congrès National Science et Technologie des Systèmes pi-Conjugués</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572155v1</w:t>
+                <w:t xml:space="preserve">hal-01669786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast growth of monocrystalline thin films of 2D layered hybrid perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSI-21, 21st International Conference on Solid State Ionics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Padoue, Italy</w:t>
+              <w:t xml:space="preserve">1st International Momentom Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01556301v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photophysics of self-assembled luminophore-perovskite systems</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Garrot</w:t>
+                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min-I Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya N Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Le Bolloc 'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIC: 2eme Congrès National Science et Technologie des Systèmes pi-Conjugués</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Limoges, France</w:t>
+              <w:t xml:space="preserve">3èmes Journées des Pérovskites Hybrides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01669786v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast growth of monocrystalline thin films of 2D layered hybrid perovskite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Garrot</w:t>
+                <w:t xml:space="preserve">Effet de la transition de phase structurelle sur la structure de bande résolue en k de la pérovskite hybride organique-inorganique CH3NH3PbI3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min-I Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Momentom Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
+              <w:t xml:space="preserve">Journée Surfaces et Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668288v1</w:t>
+                <w:t xml:space="preserve">hal-01451013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la transition de phase structurelle sur la structure de bande résolue en k de la pérovskite hybride organique-inorganique CH3NH3PbI3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Surfaces et Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">1st International MOMENTOM Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451013v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">Electronic structure and dynamics of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min-I Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhesheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zailan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International MOMENTOM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668284v1</w:t>
+                <w:t xml:space="preserve">hal-01670064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure and dynamics of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Lédée</w:t>
+                <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International MOMENTOM Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
+              <w:t xml:space="preserve">ICFSI-16, 16th International Conference on the Formation of Semiconductr Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Hanovre, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670064v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magic Angle Spinning 207 Pb and low temperature deuterium NMR as a tool for studying local order and dynamics in CH 3 NH 3 PbX 3 (X=Cl, Br, I) hybrid perovskites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
+                <w:t xml:space="preserve">Optical properties of 3D hybrid organic perovskites monocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Allard-Trippé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2è Journées Pérovskites Hybrides (JPH 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Rennes, France</w:t>
+              <w:t xml:space="preserve">33rd International Conference on the Physics of Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01416160v1</w:t>
+                <w:t xml:space="preserve">hal-01420944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of 3D hybrid organic perovskites monocrystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">Magic Angle Spinning 207 Pb and low temperature deuterium NMR as a tool for studying local order and dynamics in CH 3 NH 3 PbX 3 (X=Cl, Br, I) hybrid perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Roiland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Conference on the Physics of Semiconductors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t>
+              <w:t xml:space="preserve">2è Journées Pérovskites Hybrides (JPH 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01420944v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First determination of the valence band dispersion of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+                <w:t xml:space="preserve">Experimental determination of the electronic structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Barragán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Small Science 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, San Sebastián, Spain</w:t>
+              <w:t xml:space="preserve">Energy, Materials, Nanotechnology Meetings on Quantum Technology (ENM meetings on Quantum Technology)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Vienna, Austria. pp.391 - 10161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572180v1</w:t>
+                <w:t xml:space="preserve">hal-01572157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First experimental determination of the band dispersion of CH3 NH3 PbI3 hybrid organic-inorganic perovskite</w:t>
               </w:r>
@@ -6067,77 +6067,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Barragán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Comité Spectroscopie d’Electrons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Paris, France. pp.391 - 135105</w:t>
@@ -6160,152 +6160,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01571286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental determination of the electronic structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+                <w:t xml:space="preserve">First determination of the valence band dispersion of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Barragán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy, Materials, Nanotechnology Meetings on Quantum Technology (ENM meetings on Quantum Technology)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Vienna, Austria. pp.391 - 10161</w:t>
+              <w:t xml:space="preserve">International Conference on Small Science 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, San Sebastián, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572157v1</w:t>
+                <w:t xml:space="preserve">hal-01572180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6396,73 +6396,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Duroure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optogen Workshop 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">FENS Forum 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451566v1</w:t>
+                <w:t xml:space="preserve">hal-04451527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-vivo fast non-linear microscopy reveals intraneuronal transport impairment induced by slight molecular motor imbalances in the brain of zebrafish larvae</w:t>
               </w:r>
@@ -6521,323 +6521,323 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Duroure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FENS Forum 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Optogen Workshop 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451527v1</w:t>
+                <w:t xml:space="preserve">hal-04451566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Colloque Générale de la Société Française de Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Orsay, France. </w:t>
+              <w:t xml:space="preserve">International Conference on Perovskite Thin Film Photovoltaics (ABXPV17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Valence, Spain. pp.4593, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01572183v1</w:t>
+                <w:t xml:space="preserve">hal-01556199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min-I Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Barragán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Perovskite Thin Film Photovoltaics (ABXPV17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Valence, Spain. pp.4593, 2017</w:t>
+              <w:t xml:space="preserve">24ème Colloque Générale de la Société Française de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Orsay, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01556199v1</w:t>
+                <w:t xml:space="preserve">hal-01572183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into electronic and structural properties of CH3NH3PbX3 (X=Cl, Br, I) hybrid perovskites from tight binding modeling and NMR spectroscopy</w:t>
               </w:r>
@@ -6896,73 +6896,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6è Journées Nationales du PhotoVoltaïque (JNPV 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Dourdan, France. </w:t>
+              <w:t xml:space="preserve">2nd International Conference on Perovskite Solar Cells and Optoelectronics (PSCO-2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Genova, Italy. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447403v1</w:t>
+                <w:t xml:space="preserve">hal-01416246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into electronic and structural properties of CH3NH3PbX3 (X=Cl, Br, I) hybrid perovskites from tight binding modeling and NMR spectroscopy</w:t>
               </w:r>
@@ -7021,73 +7021,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Perovskite Solar Cells and Optoelectronics (PSCO-2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Genova, Italy. 2016</w:t>
+              <w:t xml:space="preserve">6è Journées Nationales du PhotoVoltaïque (JNPV 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Dourdan, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01416246v1</w:t>
+                <w:t xml:space="preserve">hal-01447403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7118,51 +7118,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrografting of Conductive Oligomers and Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7794,51 +7794,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379707v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel R Allouche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian P Sonny Tsotezem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Mukherjee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena M Staicu Casagrande" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchah Momeni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c04748" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360506v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Sun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinlei Yao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08522" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293553v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Le" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quyen Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bl&#233;teau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bastide" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201901416" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111017v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electrochem1010003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chehade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi-Brault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b01595" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400143v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouteyre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Son Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00625" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarque" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thi&#234;t V&#361;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quynh Nguyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.12.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01770262v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Orcin-Chaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Voisin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Derycke" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC05565J" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Audebert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CE00240H" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01634478v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jemli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules21070885" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405439v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Vilar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02261" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354947v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Roiland" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoula Jemli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Alonso" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ameline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP02947G" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016419v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sall&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Canevet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Balandier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2010.543099" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062894v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stockhausen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Ghilane" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Randriamahazaka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1938-5862/25/28/81" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01151358v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fave" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293613v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja9047009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.04.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKMH50H1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343422v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Derf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2008.07.005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01056940v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maitena Ocafrain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2006.02.054" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JK2WJF86-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04216605v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy Do" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mayer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Levy-Falk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ratier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442807v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grimaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Terras" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Duroure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bercier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621637" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254173v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Ledee" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Allard-Tripp&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lepeltier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;mond" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500064v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168370v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Delport" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmes Milesi Brault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398495v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405522v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Dang Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seassal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Drouard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882390v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881449v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi Brault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881447v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881446v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882387v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962094v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868017v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556305v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572181v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-I Lee" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Barragan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya N Nair" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc 'H" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572155v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N Barrag&#225;n" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Nair" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556301v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669786v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668288v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451013v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barragan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668284v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670064v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhesheng Chen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416160v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jemli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alonso" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420944v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572180v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barrag&#225;n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571286v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572157v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451566v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;riel Terras" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;nassy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451527v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572183v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556199v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447403v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traor&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Boyer-Richard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416246v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293599v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Lacroix" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Santos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527650446.ch8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383590v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Sarkar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Trung Huynh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Medina-Lopez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Hurley" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383579v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Miled" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Tam Nguyen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Penuelas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Benamrouche" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231718v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M Urban" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Spencer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Frenzel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cherasse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379707v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel R Allouche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian P Sonny Tsotezem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Mukherjee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena M Staicu Casagrande" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchah Momeni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c04748" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360506v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaonan Sun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinlei Yao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lacroix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08522" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293553v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Le" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quyen Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bl&#233;teau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bastide" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201901416" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111017v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electrochem1010003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chehade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi-Brault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b01595" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400143v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouteyre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Son Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00625" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarque" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thi&#234;t V&#361;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quynh Nguyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.12.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01770262v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Orcin-Chaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Voisin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Derycke" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC05565J" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Audebert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CE00240H" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01634478v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jemli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules21070885" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405439v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Vilar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02261" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354947v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Roiland" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoula Jemli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Alonso" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ameline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP02947G" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016419v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sall&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Canevet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Balandier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2010.543099" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01151358v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fave" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062894v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stockhausen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Ghilane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Randriamahazaka" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1938-5862/25/28/81" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293613v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja9047009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246901v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.04.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKMH50H1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343422v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Derf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2008.07.005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01056940v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maitena Ocafrain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2006.02.054" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JK2WJF86-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04216605v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy Do" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mayer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Levy-Falk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ratier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442807v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grimaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Terras" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Duroure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bercier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621637" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254173v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Ledee" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Allard-Tripp&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galmiche" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lepeltier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;mond" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500064v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398495v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Delport" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168370v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmes Milesi Brault" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405522v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Dang Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seassal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Drouard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881446v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Milesi Brault" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962094v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882387v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868017v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882390v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881449v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881447v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556301v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572155v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-I Lee" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N Barrag&#225;n" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Nair" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669786v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668288v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572181v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Barragan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya N Nair" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc 'H" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451013v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barragan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668284v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhesheng Chen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556305v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420944v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416160v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jemli" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alonso" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572157v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barrag&#225;n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571286v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572180v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451527v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;riel Terras" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;nassy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451566v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556199v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572183v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416246v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traor&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Boyer-Richard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447403v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293599v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Lacroix" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Santos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527650446.ch8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383590v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Sarkar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Trung Huynh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Medina-Lopez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Hurley" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383579v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Miled" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Tam Nguyen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Penuelas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Benamrouche" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231718v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M Urban" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Spencer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Frenzel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cherasse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>