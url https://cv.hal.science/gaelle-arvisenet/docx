--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -932,555 +932,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European consumers’ beliefs about the main pillars of the sustainability: a comparison between wild and farmed fish</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consumer Attitudes toward Pulses: Measuring the Implicit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura López-Mas</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Dubot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10499-023-01070-2⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (11), pp.2608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu15112608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03999364v1</w:t>
+                <w:t xml:space="preserve">hal-04117034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer Attitudes toward Pulses: Measuring the Implicit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+                <w:t xml:space="preserve">Traffic-light front-of-pack environmental labelling across food categories triggers more environmentally friendly food choices: a randomised controlled trial in virtual reality supermarket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Arrazat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goisbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu15112608⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Behavioral Nutrition and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (1), pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12966-023-01410-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04117034v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traffic-light front-of-pack environmental labelling across food categories triggers more environmentally friendly food choices: a randomised controlled trial in virtual reality supermarket</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attitudes and beliefs of French consumers towards innovative food products that mix dairy and plant-based components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Drigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Arrazat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+                <w:t xml:space="preserve">Lena Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Behavioral Nutrition and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12966-023-01410-8⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Gastronomy and Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.100725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijgfs.2023.100725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982253v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes and beliefs of French consumers towards innovative food products that mix dairy and plant-based components</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">European consumers’ beliefs about the main pillars of the sustainability: a comparison between wild and farmed fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura López-Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Claret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Drigon</w:t>
+                <w:t xml:space="preserve">Roser Romero del Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lena Nicolle</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zein Kallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Gastronomy and Food Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32, pp.100725. </w:t>
+              <w:t xml:space="preserve">Aquaculture International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijgfs.2023.100725⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10499-023-01070-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083224v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“You look at it, but will you choose it”: Is there a link between the foods consumers look at and what they ultimately choose in a virtual supermarket?</w:t>
               </w:r>
@@ -1492,64 +1492,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dujourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1992,429 +1992,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An exploratory study combining eye-tracking and virtual reality: Are pulses good “eye-catchers” in virtual supermarket shelves?</w:t>
+                <w:t xml:space="preserve">Enhancing assessment of social representations by comparing groups with different cultural and demographic characteristics: A case study on pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Claret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frvir.2021.655273⟩</w:t>
+              <w:t xml:space="preserve">Food Quality and Preference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92, pp.104188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2021.104188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03299093v1</w:t>
+                <w:t xml:space="preserve">hal-03144340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing assessment of social representations by comparing groups with different cultural and demographic characteristics: A case study on pulses</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+                <w:t xml:space="preserve">Mixing milk, egg and plant resources to obtain safe and tasty foods with environmental and health benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Quality and Preference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2021.104188⟩</w:t>
+              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 108, pp.119-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03144340v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing milk, egg and plant resources to obtain safe and tasty foods with environmental and health benefits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">An exploratory study combining eye-tracking and virtual reality: Are pulses good “eye-catchers” in virtual supermarket shelves?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goisbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Pagnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 108, pp.119-132. </w:t>
+              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frvir.2021.655273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03099687v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do French Consumers Have the Same Social Representations of Pulses as Food Industry Professionals?</w:t>
               </w:r>
@@ -2524,334 +2524,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A central place for meat, but what about pulses? Studying French consumers' representations of main dish structure, using an indirect approach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Peer-Reviewed Literature on Grain Legume Species in the WoS (1980–2018): A Comparative Analysis of Soybean and Pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Buatois</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Lascialfari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josèphe Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.06.004⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (23), pp.6833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su11236833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153108v1</w:t>
+                <w:t xml:space="preserve">hal-02416411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peer-Reviewed Literature on Grain Legume Species in the WoS (1980–2018): A Comparative Analysis of Soybean and Pulses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+                <w:t xml:space="preserve">Effect of sugar and acid composition, aroma release, and assessment conditions on aroma enhancement by taste in model wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Josèphe Amiot</w:t>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charfedinne Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Sémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Andriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su11236833⟩</w:t>
+              <w:t xml:space="preserve">Food Quality and Preference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 71 (January 2019), pp.172-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2018.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416411v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French consumers know the benefits of pulses, but do not choose them: An exploratory study combining indirect and direct approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Buatois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2869,210 +2873,206 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appetite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 141 (1), pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.appet.2019.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02164325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sugar and acid composition, aroma release, and assessment conditions on aroma enhancement by taste in model wines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A central place for meat, but what about pulses? Studying French consumers' representations of main dish structure, using an indirect approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Monnery-Patris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Quality and Preference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 71 (January 2019), pp.172-180. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123, pp.790-800. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2018.07.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194783v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modified proton transfer reaction mass spectrometry (PTR-MS) operating conditions for in vitro and in vivo analysis of wine aroma</w:t>
               </w:r>
@@ -3201,51 +3201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Quality and Preference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 52, pp.211 - 221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3285,398 +3285,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of languages in consumers' food description: contrasting malagasy and french descriptors of [i]Moringa oleifera[/i] leaf powder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emballage bois et contact alimentaire. Nature du bois et humidité, deux facteurs influençant la migration de composés du bois vers l’aliment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Valentin</w:t>
+                <w:t xml:space="preserve">Florence Aviat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.25-27</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01212571v1</w:t>
+                <w:t xml:space="preserve">hal-02633940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cider-making process parameters on the odourant volatile composition of hard ciders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angélique Villière</w:t>
+                <w:t xml:space="preserve">Role of languages in consumers' food description: contrasting malagasy and french descriptors of [i]Moringa oleifera[/i] leaf powder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Serot</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Institute of Brewing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jib.197⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (3), pp.181-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joss.12147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01938604v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01212571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emballage bois et contact alimentaire. Nature du bois et humidité, deux facteurs influençant la migration de composés du bois vers l’aliment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of cider-making process parameters on the odourant volatile composition of hard ciders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Villière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Aviat</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Bauduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Institute of Brewing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 121 (1), pp.95 - 105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jib.197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633940v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to use local resources to fight malnutrition in Madagascar? A study combining a survey and a consumer test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson Rakotosamimanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3735,77 +3735,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the nutritional beliefs and food practices of Malagasy school children parents. A contribution to the understanding of malnutrition in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appetite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 81, pp.67-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4277,51 +4277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection of a representative extraction method for the analysis of odourant volatile composition of French cider by GC–MS–O and GC × GC–TOF-MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Villière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4705,638 +4705,638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01179558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of an artificial mouth to study bread aroma</w:t>
+                <w:t xml:space="preserve">Advances in the Understanding of the Chemical Reactions Responsible for Bread Flavour Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Grua-Priol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fillonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mezaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2009.02.020⟩</w:t>
+              <w:t xml:space="preserve">Czech Journal of Food Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 27 (Special Issue 1), pp.S54-S57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17221/1074-CJFS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038396v1</w:t>
+                <w:t xml:space="preserve">hal-05038394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in the Understanding of the Chemical Reactions Responsible for Bread Flavour Quality</w:t>
+                <w:t xml:space="preserve">Use of an artificial mouth to study bread aroma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fillonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Prost</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Czech Journal of Food Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 42 (5-6), pp.717-726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2009.02.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17221/1074-CJFS⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05038394v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between texture and pectin composition of two apple cultivars during storage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of formulation and process on the aromatic profile and physical characteristics of bread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Billy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+                <w:t xml:space="preserve">Dorothée Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fillonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2007.07.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 48 (3), pp.686-697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2008.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194860v1</w:t>
+                <w:t xml:space="preserve">hal-02194806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of formulation and process on the aromatic profile and physical characteristics of bread</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Poinot</w:t>
+                <w:t xml:space="preserve">Relationship between texture and pectin composition of two apple cultivars during storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emira Mehinagic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Fillonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 48 (3), pp.686-697. </w:t>
+              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (3), pp.315-324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcs.2008.03.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2007.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194806v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Apple Particle State on the Release of Volatile Compounds in a New Artificial Mouth Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5703,251 +5703,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retention of Aroma Compounds in Starch Matrices: Competitions between Aroma Compounds toward Amylose and Amylopectin</w:t>
+                <w:t xml:space="preserve">Influence of physicochemical interactions between amylose and aroma compounds on the retention of aroma in food-like matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cayot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 50 (25), pp.7345-7349. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2002, 50, pp.7088-7093</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194996v1</w:t>
+                <w:t xml:space="preserve">hal-02676215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of physicochemical interactions between amylose and aroma compounds on the retention of aroma in food-like matrices</w:t>
+                <w:t xml:space="preserve">Retention of Aroma Compounds in Starch Matrices: Competitions between Aroma Compounds toward Amylose and Amylopectin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cayot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 50, pp.7088-7093</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 50 (25), pp.7345-7349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf020532u⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02676215v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of aroma compounds on large deformation properties of starch-based systems during aging</w:t>
               </w:r>
@@ -7337,103 +7337,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing the environmental impact of consumers' food choices: what is the effectiveness of a cross-category environmental label?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Arrazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46. annual meeting of the British feeding and drinking group (BFDG), Leeds (UK)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Feeding and Drinking Group, Apr 2022, virtual meeting, United Kingdom</w:t>
@@ -7462,103 +7462,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new front-of-pack environmental label triggers more environmentally friendly choices: a randomized controlled trial in a virtual reality supermarket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Arrazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISBNPA 2022: 21. meeting of the International Society of Behavioral Nutrition and Physical Activity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISBNPA, May 2022, Phoenix, Arizona, United States</w:t>
@@ -7600,64 +7600,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une étude exploratoire en supermarché virtuel pour encourager les consommateurs à choisir des produits alimentaires à base de légumes secs : quel impact de scenarios et de nudges ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7706,247 +7706,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“You look at it, but will you choose it”: Is there a link between the foods consumers look at and what they ultimately choose in a virtual supermarket?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les protéines végétales vues par le consommateur : quelles représentations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Pangborn sensory science symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Virtual meeting, France</w:t>
+              <w:t xml:space="preserve">Séminaire GO PROTEINS Bourgogne Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chambre d'agriculture de Bourgogne Franche-Comté, Dec 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788363v1</w:t>
+                <w:t xml:space="preserve">hal-03544510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les protéines végétales vues par le consommateur : quelles représentations ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">“You look at it, but will you choose it”: Is there a link between the foods consumers look at and what they ultimately choose in a virtual supermarket?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Nicklaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goisbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire GO PROTEINS Bourgogne Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chambre d'agriculture de Bourgogne Franche-Comté, Dec 2021, Dijon, France</w:t>
+              <w:t xml:space="preserve">14. Pangborn sensory science symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544510v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les consommateurs français et les professionnels ont-ils les mêmes représentations sociales des légumes secs ?</w:t>
               </w:r>
@@ -8047,204 +8047,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03248623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What I say is not necessary what I do: pulses consumption in French adults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Représentations sur les légumineuses chez les consommateurs français et les professionnels de la filière. Evaluation des freins à la consommation et perspectives de réappropriation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Buatois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Monnery-Patris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. european conference on sensory and consumer research (eurosense)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Verona, Italy</w:t>
+              <w:t xml:space="preserve">Place des produits animaux et végétaux dans l'alimentation : approches interdisciplinaires pour mieux innover</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, n.p., France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789101v1</w:t>
+                <w:t xml:space="preserve">hal-03666604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que je dis n'est pas nécessairement ce que je fais&amp;quot; : consommation des légumes secs par les adultes français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Buatois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Monnery Patris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8259,402 +8263,398 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Terres Univia. FRA.; Terres Inovia. FRA.; Institut National de la Recherche Agronomique (INRA). FRA., Oct 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations sur les légumineuses chez les consommateurs français et les professionnels de la filière. Evaluation des freins à la consommation et perspectives de réappropriation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What I say is not necessary what I do: pulses consumption in French adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Monnery Patris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Place des produits animaux et végétaux dans l'alimentation : approches interdisciplinaires pour mieux innover</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, n.p., France</w:t>
+              <w:t xml:space="preserve">8. european conference on sensory and consumer research (eurosense)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Verona, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03666604v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using sensory evaluation to fight malnutrition in Madagascar: formulation of a snack rich in essential nutrients</w:t>
+                <w:t xml:space="preserve">Physico-chemical and perceptual origins of taste-aroma interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charfedinne Ayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Semon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Andriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPISE 2016 - the 5. international symposium in Sensory evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Hô Chi Minh City, Vietnam</w:t>
+              <w:t xml:space="preserve">7. european conference on sensory and consumer research (eurosense)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795061v1</w:t>
+                <w:t xml:space="preserve">hal-03658301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physico-chemical and perceptual origins of taste-aroma interaction</w:t>
+                <w:t xml:space="preserve">Using sensory evaluation to fight malnutrition in Madagascar: formulation of a snack rich in essential nutrients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vonimihaingo Ramaroson Rakotosamimanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. european conference on sensory and consumer research (eurosense)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">SPISE 2016 - Summer Program In Sensory Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Hô Chi Minh City, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03658301v1</w:t>
+                <w:t xml:space="preserve">hal-02176519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using sensory evaluation to fight malnutrition in Madagascar: formulation of a snack rich in essential nutrients</w:t>
               </w:r>
@@ -8666,293 +8666,293 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson Rakotosamimanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPISE 2016 - Summer Program In Sensory Evaluation</w:t>
+              <w:t xml:space="preserve">SPISE 2016 - the 5. international symposium in Sensory evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Hô Chi Minh City, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176519v1</w:t>
+                <w:t xml:space="preserve">hal-02795061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradox between malnutrition and nutritional richness of foods in Madagascar: the example of Moringa oleifera</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Bilingual panels: a tool to evaluate the role of language in descriptive tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International congress Taste, Nutrition, Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Dijon, France. 1 p</w:t>
+              <w:t xml:space="preserve">10. Pangborn sensory science symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00865877v1</w:t>
+                <w:t xml:space="preserve">hal-01123264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilingual panels: a tool to evaluate the role of language in descriptive tasks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Paradox between malnutrition and nutritional richness of foods in Madagascar: the example of Moringa oleifera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisette Razanamparany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Pangborn sensory science symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 1 p</w:t>
+              <w:t xml:space="preserve">8th International congress Taste, Nutrition, Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Dijon, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01123264v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in the understanding of the chemical reactions responsible for bread flavour quality</w:t>
               </w:r>
@@ -9057,290 +9057,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01938464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of ciders typicality characterisation through odorant volatile compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angélique Villière</w:t>
+                <w:t xml:space="preserve">Effect of flour, fiber, and phytase on volatile extract composition ans sensory perception of bread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Poinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fillonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Weurman Flavour Research Symposium - Expression of Multidisciplinary Flavour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Interlaken, Switzerland</w:t>
+              <w:t xml:space="preserve">Proceedings of the 12th Weurman Symposium Interlaken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Interlaken, Switzerland. pp.169-172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01943395v1</w:t>
+                <w:t xml:space="preserve">hal-02274324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of flour, fiber, and phytase on volatile extract composition ans sensory perception of bread</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Grua-Priol</w:t>
+                <w:t xml:space="preserve">Assessment of ciders typicality characterisation through odorant volatile compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Villière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Serot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 12th Weurman Symposium Interlaken</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Interlaken, Switzerland. pp.169-172</w:t>
+              <w:t xml:space="preserve">12th International Weurman Flavour Research Symposium - Expression of Multidisciplinary Flavour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Interlaken, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02274324v1</w:t>
+                <w:t xml:space="preserve">hal-01943395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image texture analysis of apples broken down in a mastication simulator prototype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9950,103 +9950,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet d'un affichage environnemental sur les choix alimentaires des consommateurs : essai contrôlé randomisé dans un supermarché en réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Arrazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2021), Lille (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Visioconférence, France. </w:t>
@@ -10069,83 +10069,83 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03476813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating nudging strategies towards pulses: how a virtual setting combining eye-tracking and explicit measures can help to understand consumer behavior?</w:t>
+                <w:t xml:space="preserve">Understanding consumer behavior and evaluating nudge strategies to increase food choice of pulses: how virtual reality combined with eye-tracking and explicit measures can help?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10170,107 +10170,107 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. european conference on sensory and consumer research (eurosense)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rotterdam, Netherlands. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03251650v1</w:t>
+                <w:t xml:space="preserve">hal-03251633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding consumer behavior and evaluating nudge strategies to increase food choice of pulses: how virtual reality combined with eye-tracking and explicit measures can help?</w:t>
+                <w:t xml:space="preserve">Evaluating nudging strategies towards pulses: how a virtual setting combining eye-tracking and explicit measures can help to understand consumer behavior?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Pagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10295,81 +10295,81 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. european conference on sensory and consumer research (eurosense)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rotterdam, Netherlands. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03251633v1</w:t>
+                <w:t xml:space="preserve">hal-03251650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilización de la prueba CATA para estudiar las representaciones, actitudes y creencias de los consumidores franceses hacia las legumbres, según su nivel de transformación</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10427,441 +10427,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les attitudes et représentations des professionnels de l'alimentation envers les légumes secs et leurs perceptions des mangeurs français</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dynamiques des connaissances et des innovations dans les sciences alimentaires sur les légumineuses : une analyse mondiale des publications scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Lascialfari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Larre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Nguyen-The</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Micard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 1 p., 2018</w:t>
+              <w:t xml:space="preserve">2e Rencontres francophones sur les légumineuses (RFL 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Toulouse, France. pp.0, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787673v1</w:t>
+                <w:t xml:space="preserve">hal-02191782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pois, fèverole, lupin, soja pour l’alimentation humaine : quelle place dans la littérature scientifique mondiale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëmie Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Lascialfari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bouley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses - RFL#2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Toulouse, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques des connaissances et des innovations dans les sciences alimentaires sur les légumineuses : une analyse mondiale des publications scientifiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les attitudes et représentations des professionnels de l'alimentation envers les légumes secs et leurs perceptions des mangeurs français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Monnery Patris</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Rencontres francophones sur les légumineuses (RFL 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Toulouse, France. pp.0, 2018</w:t>
+              <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 1 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02191782v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory acceptability of cassava snacks nutritionally enriched on Moringa oleifera leaf powder among children from low-income households in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vonimihaingo Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10893,176 +10893,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the volatile odorant fraction of aromatic caramel using heart cutting two-dimensional gas chromatography.</w:t>
+                <w:t xml:space="preserve">Impact of volatile odorants and high molecular weight compounds on the caramel aroma perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Paravisini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karine Gourrat</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Septier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moretton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Nigay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. european GCxGC symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Nice, France. , 1 p., 2013</w:t>
+              <w:t xml:space="preserve">10. Pangborn sensory science symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810801v1</w:t>
+                <w:t xml:space="preserve">hal-02809459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of volatile odorants and high molecular weight compounds on the caramel aroma perception</w:t>
+                <w:t xml:space="preserve">Evaluation of the impact of different odour notes on typicality of caramel aroma by recombination studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Paravisini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Septier</w:t>
@@ -11097,228 +11097,228 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Pangborn sensory science symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 1 p., 2013</w:t>
+              <w:t xml:space="preserve">10.wartburg symposium, Flavor chemistry and biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Eisenach, Germany. , 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809459v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02807661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the impact of different odour notes on typicality of caramel aroma by recombination studies</w:t>
+                <w:t xml:space="preserve">Characterisation of the volatile odorant fraction of aromatic caramel using heart cutting two-dimensional gas chromatography.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Paravisini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chantal Septier</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Prot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moretton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Nigay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10.wartburg symposium, Flavor chemistry and biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Eisenach, Germany. , 1 p., 2013</w:t>
+              <w:t xml:space="preserve">3. european GCxGC symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Nice, France. , 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807661v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02810801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of ciders typicality characterisation through odorant volatile compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Villière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12368,64 +12368,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of mastication on the release of apple volatile compounds in a model mouth system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Prost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12810,77 +12810,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocol and statistical analysis plan - impact of environmental labelling on food choices: a randomized controlled trial in a virtual reality supermarket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Arrazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12947,77 +12947,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les légumes secs. Bien les connaître pour les mettre dans son assiette. Rapport de synthèse sur la thèse de Juliana Melendrez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Melendrez Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dubot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13142,51 +13142,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="91DDDBC2"/>
+    <w:nsid w:val="4EAD1E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13373,51 +13373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gaelle-arvisenet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7994-5610" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060739533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chambaron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Hernandez&#8208;casiano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gerard&#8208;simonin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nbu.70041" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05217562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez-Ruiz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2025.105654" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05307385v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Chene" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.nutrition.100003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099587v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Youssef" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2025.105609" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593107v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2024.105224" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721113v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Harel-Oger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999364v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L&#243;pez-Mas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Claret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Romero del Castillo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zein Kallas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10499-023-01070-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15112608" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982253v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Arrazat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goisbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-023-01410-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083224v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Drigon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Nicolle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijgfs.2023.100725" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525978v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pagnat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104510" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349648v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chollet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Woelki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cortesi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Fifi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104381" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426927v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Varela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Gonera" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Myhrer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105793" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03513882v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Salda&#241;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery-Patris" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105887" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03299093v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2021.655273" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144340v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guerrero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104188" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099687v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.12.010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laugel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9020147" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02153108v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Buatois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.06.004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416411v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lascialfari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11236833" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02164325v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.06.003" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Ballester" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charfedinne Ayed" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne S&#233;mon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2018.07.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01708361v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Semon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4036" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384642v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.05.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QG0VJBV7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212571v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonimihaingo Ramaroson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12147" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1174A6021F8F65BA3CE9134CE8BEFE1544299CCF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938604v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Villi&#232;re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bauduin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.197" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633940v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aviat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonimihaingo Ramaroson Rakotosamimanana" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.08.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB5S2KMB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211997v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2014.05.032" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCD3D2N5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216257v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Paravisini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moretton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Nigay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.01.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GLZFPV40-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184516v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charles" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Texier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2012.10.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W10NWKV3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184832v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ledauphin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gaillard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Prost" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2012.10.007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184519v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lethuaut" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry S&#233;rot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.10.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q90C3G0Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183011v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emira Mehinagic" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2011.03.013" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CKSQTZTH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179558v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua-Priol" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fillonneau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bail" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.09.029" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4384T62-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038396v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2009.02.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0JN095V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038394v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arvisenet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grua-Priol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fillonneau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezaize" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17221/1074-CJFS" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194860v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Billy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Royer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2007.07.011" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NRDXNDH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194806v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Colas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2008.03.002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NB65P6N-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038400v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf073145z" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-15HSWHNT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938237v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rannou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2007.06.011" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48T4XPSW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194966v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Reparet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Bail" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cayot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2006.00063.x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L791ZRFK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194996v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf020532u" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9V1HJD0T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676215v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195014v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2001.tb01043.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B1G6M9G3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195034v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lafarge" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Taisant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2000.tb00292.x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FS9F38PX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195060v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie J.-M. Meunier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.20.561-574" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC9F1A5F95A46008A4A4A7B0478277C5A667F7A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411616v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Deniau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411647v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668701v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979189v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978288v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04350271v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668765v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04472392v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729486v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738656v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03179762v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788363v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez Ruiz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544510v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03248623v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789101v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery Patris" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787733v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03666604v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795061v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658301v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02176519v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865877v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Razanamparany" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123264v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938464v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#233;zaize" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943395v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274324v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274405v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevallier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762730v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274546v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436127v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa196" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668255v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338404v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476813v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251650v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251633v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785898v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787673v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154416v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Simon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roudier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouley" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191782v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen-The" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800320v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810801v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Prot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809459v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807661v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943302v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826786v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dacremont" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417950v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1957/9782759240692/etudier-les-changements-de-comportements-alimentaires" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788380v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/breadmaking/cauvain/978-0-08-102519-2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102519-2.00016-5" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695299v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leli&#232;vre-Desmas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xocestudio.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182868v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gouttefangeas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182850v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054008v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195519v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/book/informatics-oral-medicine/544" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274543v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819986v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710304v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787642v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03270668v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marty" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684290v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gaelle-arvisenet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7994-5610" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060739533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454974v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chambaron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Hernandez&#8208;casiano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gerard&#8208;simonin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nbu.70041" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05217562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez-Ruiz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2025.105654" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05307385v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Chene" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.nutrition.100003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099587v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Youssef" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2025.105609" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593107v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2024.105224" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721113v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Harel-Oger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117034v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15112608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982253v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Arrazat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goisbault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-023-01410-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083224v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Drigon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Nicolle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijgfs.2023.100725" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999364v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L&#243;pez-Mas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Claret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Romero del Castillo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zein Kallas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10499-023-01070-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525978v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Pagnat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104510" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349648v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chollet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Woelki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cortesi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Fifi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104381" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426927v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Varela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Gonera" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Myhrer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105793" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03513882v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Salda&#241;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery-Patris" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105887" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144340v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guerrero" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2021.104188" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099687v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.12.010" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03299093v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2021.655273" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laugel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9020147" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416411v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lascialfari" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11236833" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194783v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Ballester" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charfedinne Ayed" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne S&#233;mon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2018.07.001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02164325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Buatois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.06.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02153108v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.06.004" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01708361v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Semon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4036" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384642v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.05.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QG0VJBV7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633940v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aviat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212571v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonimihaingo Ramaroson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12147" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1174A6021F8F65BA3CE9134CE8BEFE1544299CCF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938604v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Villi&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bauduin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jib.197" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonimihaingo Ramaroson Rakotosamimanana" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.08.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB5S2KMB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211997v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2014.05.032" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCD3D2N5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216257v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Paravisini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moretton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Nigay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2014.01.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GLZFPV40-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184516v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Charles" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Texier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2012.10.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W10NWKV3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184832v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ledauphin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gaillard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Prost" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2012.10.007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184519v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lethuaut" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry S&#233;rot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.10.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q90C3G0Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183011v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emira Mehinagic" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2011.03.013" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CKSQTZTH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179558v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Grua-Priol" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fillonneau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bail" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.09.029" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4384T62-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038394v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arvisenet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grua-Priol" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fillonneau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mezaize" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17221/1074-CJFS" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038396v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2009.02.020" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D0JN095V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194806v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Colas" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2008.03.002" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NB65P6N-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194860v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Billy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Royer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2007.07.011" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NRDXNDH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05038400v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf073145z" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-15HSWHNT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938237v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rannou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2007.06.011" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48T4XPSW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194966v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Reparet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Bail" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cayot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2006.00063.x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L791ZRFK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676215v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02194996v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf020532u" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9V1HJD0T-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195014v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2001.tb01043.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B1G6M9G3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195034v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lafarge" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Taisant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4603.2000.tb00292.x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FS9F38PX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195060v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie J.-M. Meunier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.20.561-574" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC9F1A5F95A46008A4A4A7B0478277C5A667F7A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411616v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Deniau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411647v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668701v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979189v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978288v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04350271v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668765v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04472392v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729486v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738656v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03179762v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544510v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788363v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez Ruiz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03248623v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03666604v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787733v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Monnery Patris" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789101v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658301v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02176519v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795061v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123264v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865877v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Razanamparany" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938464v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#233;zaize" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274324v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943395v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274405v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevallier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762730v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274546v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436127v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa196" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668255v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338404v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476813v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251633v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251650v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785898v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191782v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen-The" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154416v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Simon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roudier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouley" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787673v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800320v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809459v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807661v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810801v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Prot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943302v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826786v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dacremont" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05417950v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1957/9782759240692/etudier-les-changements-de-comportements-alimentaires" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788380v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/breadmaking/cauvain/978-0-08-102519-2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102519-2.00016-5" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695299v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leli&#232;vre-Desmas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xocestudio.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182868v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gouttefangeas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182850v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054008v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02195519v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/book/informatics-oral-medicine/544" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02274543v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819986v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710304v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787642v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03270668v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marty" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684290v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>