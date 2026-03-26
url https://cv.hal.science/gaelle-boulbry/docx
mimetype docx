--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -528,239 +528,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04074173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retail salespeople's mimicry of customers: Effects on consumer behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Celine Jacob</w:t>
+                <w:t xml:space="preserve">L'effet du mimétisme d'un vendeur sur le comportement d'achat d'un client et son jugement du personnel et du lieu de vente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guéguen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angélique Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of retailing and consumer services</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (1), pp.5-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/076737011102600101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000187v1</w:t>
+                <w:t xml:space="preserve">hal-02055285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'effet du mimétisme d'un vendeur sur le comportement d'achat d'un client et son jugement du personnel et du lieu de vente</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Jacob</w:t>
+                <w:t xml:space="preserve">Retail salespeople's mimicry of customers: Effects on consumer behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of retailing and consumer services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (5), pp.381-388</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02055285v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marketing mémoriel : attraits et dangers du phénomène nostalgique</w:t>
               </w:r>
@@ -1182,329 +1182,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00077414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse lexicale en marketing : proposition d'une démarche et d'un indice de spécificité au thème</w:t>
+                <w:t xml:space="preserve">Vieillissement cognitif : perspectives dans le domaine publicitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. de Kercadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 1er Colloque Marketing Spécialisé et Thématiques pour le Marketing (MSTM) «Marketing, enrichissement et diversification»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Bayonne, pp.53-66</w:t>
+              <w:t xml:space="preserve">Actes des XVIes Journées des IAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Paris, 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00077124v1</w:t>
+                <w:t xml:space="preserve">halshs-00077123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le senior marketing : pour une prise en compte du vieillissement cognitif dans les stratégies publicitaires</w:t>
+                <w:t xml:space="preserve">Analyse lexicale en marketing : proposition d'une démarche et d'un indice de spécificité au thème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. de Kercadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Colloque Marketing Spécialisé et Thématiques pour le Marketing (MSTM) «Marketing, enrichissement et diversification»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Bayonne, pp.1-14</w:t>
+              <w:t xml:space="preserve">Actes du 1er Colloque Marketing Spécialisé et Thématiques pour le Marketing (MSTM) «Marketing, enrichissement et diversification»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Bayonne, pp.53-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00077122v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00077124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lexicométrie en marketing : proposition d'un indice de spécificité au thème tenant compte de l'ambiguïté du mot</w:t>
+                <w:t xml:space="preserve">Le senior marketing : pour une prise en compte du vieillissement cognitif dans les stratégies publicitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. de Kercadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du XVIIIe Congrès International de l'Association Française de Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Lille, pp.655-670</w:t>
+              <w:t xml:space="preserve">1er Colloque Marketing Spécialisé et Thématiques pour le Marketing (MSTM) «Marketing, enrichissement et diversification»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Bayonne, pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00077125v1</w:t>
+                <w:t xml:space="preserve">halshs-00077122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement cognitif : perspectives dans le domaine publicitaire</w:t>
+                <w:t xml:space="preserve">La lexicométrie en marketing : proposition d'un indice de spécificité au thème tenant compte de l'ambiguïté du mot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. de Kercadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des XVIes Journées des IAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Paris, 15 p</w:t>
+              <w:t xml:space="preserve">Actes du XVIIIe Congrès International de l'Association Française de Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Lille, pp.655-670</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00077123v1</w:t>
+                <w:t xml:space="preserve">halshs-00077125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1914,51 +1914,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'analyse lexicale à la construction d'échelles psychométriques : application à la mesure du tempérament nostalgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boulbry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. de Kercadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Robert-Demontrond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'analyse de discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apogée, pp.157-179, 2004</w:t>
@@ -2632,51 +2632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gu&#233;guen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boulbry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12208-017-0187-x" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074218v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19368623.2016.1194796" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074238v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10454446.2015.1121423" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074173v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2014.05.008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-85F61KR8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02000187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055285v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011102600101" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069575v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00170471v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rieunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;dotal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091180v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adlison Borg&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077419v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077414v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077124v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. de Kercadio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077122v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077125v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077123v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066137v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Petr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483413v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Duprey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gabriel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882176.ch10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127735v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chauzal Larguier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02299174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chauzal-Larguier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076724v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101206v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dupr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Ferreira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Coco" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jahnich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346124v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dupr&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Ramirez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535706v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gu&#233;guen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boulbry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12208-017-0187-x" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074218v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19368623.2016.1194796" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074238v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10454446.2015.1121423" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074173v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2014.05.008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-85F61KR8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055285v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011102600101" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02000187v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069575v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00170471v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rieunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;dotal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00091180v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adlison Borg&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077419v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077414v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077123v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077124v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. de Kercadio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077122v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00077125v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066137v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Petr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483413v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Duprey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gabriel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882176.ch10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127735v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chauzal Larguier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02299174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chauzal-Larguier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076724v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00101206v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dupr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Ferreira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosme Coco" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jahnich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346124v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dupr&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Ramirez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535706v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>