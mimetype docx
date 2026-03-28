--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -345,51 +345,51 @@
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 155 (1), pp.45 - 81. </w:t>
+              <w:t xml:space="preserve">, 2022, 155 (1), pp.45-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/07591063221088322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1709,463 +1709,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questionnements réflexifs autour du programme Transicovid : de la mise en œuvre au partage des données</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Changement climatique et Science-Fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emma Lujan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude de la MSHST : Données quantitatives en SHS - Journée sur les impacts de la crise sanitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Infrastructure de recherche Progedo (PUD-Toulouse), Réseau national des Maisons des Sciences de l’Homme (RnMSH), Coordination nationale Crises sanitaires et environnementales HS3PE-Crises (Inserm, CNRS), Apr 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Changement Climatique les Jeunes s'Engagent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecocène, Région Nouvelle-Aquitaine, May 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03689849v1</w:t>
+                <w:t xml:space="preserve">hal-03689814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus global d'édition en mode texte et panel d'outils associés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Rabaud</w:t>
+                <w:t xml:space="preserve">On the Investigation of NGO Strategies relative to Informative Campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la documentation des pratiques au web semantique, Journées annuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SO-MATE, groupe local MATE-SHS, May 2022, Pau, France</w:t>
+              <w:t xml:space="preserve">Séminaire d'Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 6031 TREE CNRS/UPPA, Jun 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689868v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence spéculative : Géostorm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Processus global d'édition en mode texte et panel d'outils associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Il faut sauver le vaisseau Terre, Les Mondes Anticipés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le Comptoir Propectiviste, FuturHebdo, Feb 2022, Pau, France</w:t>
+              <w:t xml:space="preserve">De la documentation des pratiques au web semantique, Journées annuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SO-MATE, groupe local MATE-SHS, May 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689835v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement climatique et Science-Fiction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Questionnements réflexifs autour du programme Transicovid : de la mise en œuvre au partage des données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Barthou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bruna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Lujan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Changement Climatique les Jeunes s'Engagent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecocène, Région Nouvelle-Aquitaine, May 2022, Pau, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude de la MSHST : Données quantitatives en SHS - Journée sur les impacts de la crise sanitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Infrastructure de recherche Progedo (PUD-Toulouse), Réseau national des Maisons des Sciences de l’Homme (RnMSH), Coordination nationale Crises sanitaires et environnementales HS3PE-Crises (Inserm, CNRS), Apr 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03689814v1</w:t>
+                <w:t xml:space="preserve">hal-03689849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Investigation of NGO Strategies relative to Informative Campaigns</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conférence spéculative : Géostorm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d'Economie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR 6031 TREE CNRS/UPPA, Jun 2022, Pau, France</w:t>
+              <w:t xml:space="preserve">Il faut sauver le vaisseau Terre, Les Mondes Anticipés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Comptoir Propectiviste, FuturHebdo, Feb 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699557v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sous-sols dans la science-fiction : un terrain de jeu révélateur ? Usage de la science-fiction pour dépasser les limites de la prospective traditionnelle</w:t>
               </w:r>
@@ -2879,735 +2879,735 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01970293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'échelle du bassin versant comme outil d’échantillonnage et d'analyse dans le cadre d'un observatoire du changement climatique dans les Pyrénées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quels mots pour quels vignobles ? Analyses comparées des discours sur le vin via différents médias, Le vin et la gastronomie – Regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Schirmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alberto de Diego</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Le Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence francophone ESRI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international UNESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01680505v1</w:t>
+                <w:t xml:space="preserve">hal-01680501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels mots pour quels vignobles ? Analyses comparées des discours sur le vin via différents médias, Le vin et la gastronomie – Regards croisés</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Changement climatique : que nous apprend la science-fiction sur notre avenir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Le Campion</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Simonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international UNESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Conférence Semaine du Développement Durable – Transition énergétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01680501v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement climatique : que nous apprend la science-fiction sur notre avenir ?</w:t>
+                <w:t xml:space="preserve">L'échelle du bassin versant comme outil d’échantillonnage et d'analyse dans le cadre d'un observatoire du changement climatique dans les Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Simonet</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto de Diego</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Semaine du Développement Durable – Transition énergétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Pau, France</w:t>
+              <w:t xml:space="preserve">Conférence francophone ESRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612173v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01680505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux sociaux et territoriaux des projets d’environnements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation des durées de transit des eaux usées dans le bassin de collecte d’un réseau d’assainissement unitaire. Une contribution aux diagnostics à l’amont des déversoirs d’orage et des stations d’épuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xavier Arnauld de Sartre</w:t>
+                <w:t xml:space="preserve">Thomas Bersinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres de la Fédération de Recherche MIRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Structure Fédérative de Recherche MIRA, Milieux et Ressources Aquatiques, Dec 2016, Anglet, France</w:t>
+              <w:t xml:space="preserve">Conférence Francophone SIG 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESRI, Oct 2016, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01502907v1</w:t>
+                <w:t xml:space="preserve">hal-01408744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The difficult construction of a trust relationship between professional, scientific fishermen and managers in relation to an unknown phenomenon. The example of liga on the Basque coast.</w:t>
+                <w:t xml:space="preserve">Annotation et extraction de corpus sous Sphinx Quali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Littoral 2016 "The changing littoral. Anticipation and adaptation to climate change", 13th Conference of the Coastal &amp; Marine Union (EUCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EUCC-France / Centre de la Mer de Biarritz, Oct 2016, Biarritz, France</w:t>
+              <w:t xml:space="preserve">ANF Collecter et produire des données pour la recherche, MATE-SHS (CNRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01408784v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation et extraction de corpus sous Sphinx Quali</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les enjeux sociaux et territoriaux des projets d’environnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Arnauld de Sartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANF Collecter et produire des données pour la recherche, MATE-SHS (CNRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Fréjus, France</w:t>
+              <w:t xml:space="preserve">Rencontres de la Fédération de Recherche MIRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Structure Fédérative de Recherche MIRA, Milieux et Ressources Aquatiques, Dec 2016, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612186v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01502907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des durées de transit des eaux usées dans le bassin de collecte d’un réseau d’assainissement unitaire. Une contribution aux diagnostics à l’amont des déversoirs d’orage et des stations d’épuration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retour d’expérience sur une analyse qualitative « traditionnelle » enrichie par un traitement semi-automatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kildine Leichnig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bersinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Francophone SIG 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESRI, Oct 2016, Versailles, France</w:t>
+              <w:t xml:space="preserve">Journées d’études - De la constitution d’un corpus aux analyses statistiques, comment produire des analyses quantitatives à partir de matériaux ethnographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01408744v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour d’expérience sur une analyse qualitative « traditionnelle » enrichie par un traitement semi-automatique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The difficult construction of a trust relationship between professional, scientific fishermen and managers in relation to an unknown phenomenon. The example of liga on the Basque coast.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kildine Leichnig</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+                <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études - De la constitution d’un corpus aux analyses statistiques, comment produire des analyses quantitatives à partir de matériaux ethnographiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Littoral 2016 "The changing littoral. Anticipation and adaptation to climate change", 13th Conference of the Coastal &amp; Marine Union (EUCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUCC-France / Centre de la Mer de Biarritz, Oct 2016, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612193v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01408784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts des mesures de préservation des sites naturels exceptionnels</w:t>
               </w:r>
@@ -3712,411 +3712,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02556137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prepare geographic data integration. A proposal</w:t>
+                <w:t xml:space="preserve">PASSAGES et la dimension spatiale des programmes pluridisciplinaires sur la pollution à l’UPPA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REPLIM Kick-off meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Zaragoza, Spain</w:t>
+              <w:t xml:space="preserve">Séminaire UPPA – CDAPP, Plan action climat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612199v1</w:t>
+                <w:t xml:space="preserve">hal-01612189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PASSAGES et la dimension spatiale des programmes pluridisciplinaires sur la pollution à l’UPPA</w:t>
+                <w:t xml:space="preserve">Interactions entre usagers, institutionnels et scientifiques. Le cas de la problématique environnementale &amp;quot;Liga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire UPPA – CDAPP, Plan action climat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Pau, France</w:t>
+              <w:t xml:space="preserve">Rencontres de la Fédération de Recherche MIRA, Milieux et Ressources Aquatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612189v1</w:t>
+                <w:t xml:space="preserve">hal-01612180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions entre usagers, institutionnels et scientifiques. Le cas de la problématique environnementale &amp;quot;Liga</w:t>
+                <w:t xml:space="preserve">Prepare geographic data integration. A proposal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude Pottier</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres de la Fédération de Recherche MIRA, Milieux et Ressources Aquatiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Bayonne, France</w:t>
+              <w:t xml:space="preserve">REPLIM Kick-off meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612180v1</w:t>
+                <w:t xml:space="preserve">hal-01612199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour critique sur les pratiques et l'analyse de l'adaptation à partir de terrains aquitains</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioindication de la pollution métallique et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien P. G. Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Conférence francophone ESRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00839592v1</w:t>
+                <w:t xml:space="preserve">hal-01680511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the isotopic composition of mercury and lead in epiphytic lichens from South-western France (Pyrénées-Atlantiques) to better constrain the spatial variability of their atmospheric transport and deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien P. G. Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bérail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4125,227 +4138,214 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pinaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Heavy Metals in the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Rome, Italy. pp.29002, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/e3sconf/20130129002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01590283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioindication de la pollution métallique et modélisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retour critique sur les pratiques et l'analyse de l'adaptation à partir de terrains aquitains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rebotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Salvestroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence francophone ESRI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Versailles, France</w:t>
+              <w:t xml:space="preserve">Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01680511v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00839592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche des paramètres spatiaux les plus explicatifs des niveaux de polluants mesurés par bioindication en vue de leur modélisation. Cas du Mercure (Hg) et des métaux (Pb, Cu, Cd) mesurés dans les lichens (Pyrénées-Atlantiques, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseau inter-MSH Information Spatiale et Archéologie (Réseau ISA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MSH Aquitaine, Feb 2013, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4370,90 +4370,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contaminations et pollutions atmosphériques par le plomb et le mercure mesurés dans les lichens (Pyrénées-Atlantiques, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Cassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geotunis 5ème édition "L'utilisation des SIG et de télédétection pour le développement durable"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4523,51 +4523,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décideurs et Citoyens dans un contexte urbain de Signaux Faibles (Décisif). Rapport final. Ademe, APR TEES : Transition écologique économique et sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bouisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Arnauld de Sartre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baggioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4626,241 +4626,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquête (dé)confinement et COVID-19 - Synthèse des premiers résultats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Bruna</w:t>
+                <w:t xml:space="preserve">La transcription automatique : un rêve enfin accessible ? Analyse et comparaison d’outils pour les SHS. Nouvelle méthodologie et résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Tancoigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Corbellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour (UPPA). 2020</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gayraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] MATE-SHS. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02613500v1</w:t>
+                <w:t xml:space="preserve">halshs-02917916v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transcription automatique : un rêve enfin accessible ? Analyse et comparaison d’outils pour les SHS. Nouvelle méthodologie et résultats</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enquête (dé)confinement et COVID-19 - Synthèse des premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Barthou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bruna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour (UPPA). 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Corbellini</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">halshs-02917916v2</w:t>
+                <w:t xml:space="preserve">hal-02613500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques et représentations de la frontière et de l'espace frontalier</w:t>
               </w:r>
@@ -5195,64 +5195,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volet socio-économique du programme Liga - Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6272,64 +6272,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Deletraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien P. G. Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thao Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARET. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modèles biologiques, modèles mathématiques : avancées et perspectives en Toxicologie et Ecotoxicologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Paris, France. 2013</w:t>
@@ -6551,51 +6551,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6F77A4F"/>
+    <w:nsid w:val="CA186C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6699,51 +6699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D73C83C6"/>
+    <w:nsid w:val="D2F248D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6933,51 +6933,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gaelle-deletraz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8098-143X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07100095X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrs.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-pau.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03730474v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tancoigne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Corbellini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gayraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ollinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221088322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03018945v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P. G. Barre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Queipo-Abad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Sola-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain B&#233;rail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvc.2020.582001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879615v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Miguel Santamaria" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.09.003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612122v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bessy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612127v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517246v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rebotier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18110" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415387v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Frayret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pinaly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois Xavier Donard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3990-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01558581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05374964v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Joncheray" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-88888-5_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881107v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schirmer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Campion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700828v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Nikolli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689849v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Barthou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bruna" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lujan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689835v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689814v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03699557v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Volle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pasquier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258789v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02444836v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pissoat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Simonet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Onfroy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175564v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Sierra Jim&#233;nez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sampere" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Lachance" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933139v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933165v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970293v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krassimira Lacoustete" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680505v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Duval" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amouroux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto de Diego" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680501v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612173v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502907v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408784v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pottier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Tran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612186v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408744v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bersinger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612193v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kildine Leichnig" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612199v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612189v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612180v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839592v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salvestroni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590283v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20130129002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680511v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612210v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171049v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cassagne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouisset" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bousquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cousteau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613500v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02917916v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corbellini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512951v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen El Boj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885867v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Susperregui" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885271v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bargerie," TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612214v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680518v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theiller" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Robin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680515v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Farran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Berthier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501200v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Roux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Debruyne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125855v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristofoli Pascal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04854137v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perriard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lachet-Touya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Arnaudguilhem" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courreges" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636559v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175567v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100826v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Heurtier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lompr&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680523v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003245v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gaelle-deletraz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8098-143X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07100095X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tree.univ-pau.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrs.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-pau.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03730474v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tancoigne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Corbellini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Deletraz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gayraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ollinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063221088322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03018945v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P. G. Barre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Queipo-Abad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Sola-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain B&#233;rail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvc.2020.582001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879615v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Miguel Santamaria" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.09.003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612122v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bessy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612127v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517246v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rebotier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18110" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415387v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Frayret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pinaly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois Xavier Donard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3990-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01558581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05374964v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Joncheray" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Montagne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-88888-5_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881107v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schirmer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Campion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700828v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Nikolli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689814v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03699557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Volle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pasquier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689868v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689849v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Barthou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bruna" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lujan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03689835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258789v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02444836v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pissoat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Simonet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Onfroy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175564v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Sierra Jim&#233;nez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sampere" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Lachance" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933139v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933165v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970293v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krassimira Lacoustete" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680501v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612173v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680505v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Duval" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amouroux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto de Diego" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408744v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bersinger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612186v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502907v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612193v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kildine Leichnig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408784v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pottier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Tran" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612189v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612180v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612199v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680511v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590283v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20130129002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839592v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salvestroni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612210v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171049v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cassagne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bouisset" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bousquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cousteau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02917916v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corbellini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613500v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02512951v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen El Boj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885867v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Susperregui" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885271v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bargerie," TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612214v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680518v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theiller" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Robin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680515v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Farran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Berthier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501200v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Roux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Debruyne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125855v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristofoli Pascal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Le Hay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04854137v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perriard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lachet-Touya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Arnaudguilhem" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courreges" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636559v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175567v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100826v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Heurtier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lompr&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680523v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003245v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>