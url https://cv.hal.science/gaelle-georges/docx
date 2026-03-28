--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -869,51 +869,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00561199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human graft cornea and laser incions imaging with micrometer scale resolution full-field optical coherence tomography</w:t>
+                <w:t xml:space="preserve">Light scattering from human corneal grafts: Bulk and surface contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
@@ -948,97 +948,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Conrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 15 (5), pp.056006</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108, pp.053104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00524437v1</w:t>
+                <w:t xml:space="preserve">hal-00524436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light scattering from human corneal grafts: Bulk and surface contribution</w:t>
+                <w:t xml:space="preserve">Human graft cornea and laser incions imaging with micrometer scale resolution full-field optical coherence tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
@@ -1073,73 +1073,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Conrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 108, pp.053104</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15 (5), pp.056006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00524436v1</w:t>
+                <w:t xml:space="preserve">hal-00524437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enhanced contrast to detect bulk objects under arbitrary rough surfaces</w:t>
               </w:r>
@@ -1244,152 +1244,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00385371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From angle resolved ellipsometry of light scattering to imaging in random media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficiency of polarimetric z-probing within optical multilayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norah Leneindre</w:t>
+                <w:t xml:space="preserve">Catherine Grezes-Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Chazalet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 47, pp.C257-C265</w:t>
+              <w:t xml:space="preserve">, 2008, 47, pp.C279-C283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00361018v1</w:t>
+                <w:t xml:space="preserve">hal-00361019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane characterization by microscopic methods: multiscale structure,”</w:t>
               </w:r>
@@ -1598,390 +1594,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00361016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial polarization of light induced by random defects at surfaces or bulks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+                <w:t xml:space="preserve">From angle resolved ellipsometry of light scattering to imaging in random media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norah Leneindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Chazalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 16 (14), pp.10372-10383</w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47, pp.C257-C265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00385374v1</w:t>
+                <w:t xml:space="preserve">hal-00361018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane characterization by optical methods: ellipsometry of the scattered fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Wyart</w:t>
+                <w:t xml:space="preserve">Partial polarization of light induced by random defects at surfaces or bulks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, pp.145-153</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16 (14), pp.10372-10383</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00361015v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00385374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of polarimetric z-probing within optical multilayer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Membrane characterization by optical methods: ellipsometry of the scattered fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frederic Chazalet</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 47, pp.C279-C283</w:t>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.145-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00361019v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective probing and imaging in random media based on the elimination of polarized scattering</w:t>
               </w:r>
@@ -2056,407 +2056,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00447455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical characterization of an unknown single layer: Institut Fresnel contribution to the Optical Interference Coatings 2004 Topical Meeting Measurement Problem</w:t>
+                <w:t xml:space="preserve">Optical Characterisation of an unknown single layer: Institut Fresnel contribution to OIC 2004 Measurement Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Deumié</w:t>
+                <w:t xml:space="preserve">F. Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abel-Tiberini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bertussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 45, pp.1312-1318. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 45, pp.1312-1318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00398244v1</w:t>
+                <w:t xml:space="preserve">hal-00081179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellipsometry of reflected and scattered fields for the analysis of substrates optical quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optical characterization of an unknown single layer: Institut Fresnel contribution to the Optical Interference Coatings 2004 Topical Meeting Measurement Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Abel-Tiberini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bertussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 45, pp.1640</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 45, pp.1312-1318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AO.45.001312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00081400v1</w:t>
+                <w:t xml:space="preserve">hal-00398244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Characterisation of an unknown single layer: Institut Fresnel contribution to OIC 2004 Measurement Problem</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+                <w:t xml:space="preserve">Ellipsometry of reflected and scattered fields for the analysis of substrates optical quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Abel-Tiberini</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 45, pp.1312-1318</w:t>
+              <w:t xml:space="preserve">, 2006, 45, pp.1640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00081179v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00081400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (49)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2848,277 +2848,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de la transparence des greffons cornéens</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Siozade</w:t>
+                <w:t xml:space="preserve">Device pattern impact on optical endpoint detection by interferometry for STI CMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Bourzgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Roussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakey Blue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Silvia Soare</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque francophone CMOI-FLUVISU 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Le Mans, France</w:t>
+              <w:t xml:space="preserve">International Conference on Planarization/CMP Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622579v1</w:t>
+                <w:t xml:space="preserve">hal-01622593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Device pattern impact on optical endpoint detection by interferometry for STI CMP</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jakey Blue</w:t>
+                <w:t xml:space="preserve">Quantification de la transparence des greffons cornéens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilie Faivre</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Soare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Planarization/CMP Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Colloque francophone CMOI-FLUVISU 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622593v1</w:t>
+                <w:t xml:space="preserve">hal-01622579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embedded spectroscopic reflectometry metrology on FEOL silicon dioxide trench polishing equipment: ER: Equipement reliability and productivity enhancements</w:t>
               </w:r>
@@ -3716,303 +3716,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01280106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of Quantum Dots to study membrane fouling by nanoparticles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CARACTRISATION DE LA TRANSPARENCE CORNEENNE PAR RETRODIFFUSION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Casadessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Hoffart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICOM2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Suzhou, China</w:t>
+              <w:t xml:space="preserve">OptDiag 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280117v1</w:t>
+                <w:t xml:space="preserve">hal-01280156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CARACTRISATION DE LA TRANSPARENCE CORNEENNE PAR RETRODIFFUSION</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'une méthodologie pour la caractérisation du colmatage des membranes d'ultrafiltration par des nanoparticules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Boy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OptDiag 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">GRUTTEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01280156v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une méthodologie pour la caractérisation du colmatage des membranes d'ultrafiltration par des nanoparticules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">The use of Quantum Dots to study membrane fouling by nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4041,73 +4041,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRUTTEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Limoges, France</w:t>
+              <w:t xml:space="preserve">ICOM2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Suzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280112v1</w:t>
+                <w:t xml:space="preserve">hal-01280117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de membranes organiques par ellipsométrie sur flux diffus : Etude du colmatage</w:t>
               </w:r>
@@ -5615,773 +5615,773 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00640870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micrometer scale resolution images of human corneal graft using full-field optical coherence tomography (FF-OCT)-link to polarimetric study of scattered field</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scattering properties and transparency characterization of human corneal grafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Casadessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Hoffart</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Conrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Systems Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Marseille, France. pp.817203</w:t>
+              <w:t xml:space="preserve">ECBO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Munich, Germany. pp.80911G</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00640883v1</w:t>
+                <w:t xml:space="preserve">hal-00640868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering properties and transparency characterization of human corneal grafts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micrometer scale resolution images of human corneal graft using full-field optical coherence tomography (FF-OCT)-link to polarimetric study of scattered field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Casadessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Conrath</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hoffart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECBO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Munich, Germany. pp.80911G</w:t>
+              <w:t xml:space="preserve">Optical Systems Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Marseille, France. pp.817203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00640868v1</w:t>
+                <w:t xml:space="preserve">hal-00640883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie de la cornée et de découpes laser par tomographie optique cohérente (OCT) et microscopie multiphoton</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gael Latour</w:t>
+                <w:t xml:space="preserve">Roughness influence on periodic gratings and application to optical metrology of roughness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Vauselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laure Siozade</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique interdisciplinaire MIFOBIO (MIcroscopie FOnctionnelle en BIOlogie)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Seignosse, France</w:t>
+              <w:t xml:space="preserve">Reflection, Scattering, and Diffraction from Surfaces II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, United States. pp.77920W-77920W-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00524439v1</w:t>
+                <w:t xml:space="preserve">hal-00524438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roughness influence on periodic gratings and application to optical metrology of roughness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Arnaud</w:t>
+                <w:t xml:space="preserve">Scattering Properties Of Edematous Human Corneas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hoffart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Amra</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Casadessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflection, Scattering, and Diffraction from Surfaces II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, United States. pp.77920W-77920W-8</w:t>
+              <w:t xml:space="preserve">ARVO Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Fort Lauderdale, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00524438v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00496602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering Properties Of Edematous Human Corneas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation optique de cornées : propriétés de diffusion et imagerie par tomographie de cohérence optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Casadessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Hoffart</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARVO Annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Fort Lauderdale, United States</w:t>
+              <w:t xml:space="preserve">Journée thématique « ondes et vibrations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00496602v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00496603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation optique de cornées : propriétés de diffusion et imagerie par tomographie de cohérence optique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imagerie de la cornée et de découpes laser par tomographie optique cohérente (OCT) et microscopie multiphoton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Schanne-Klein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique « ondes et vibrations »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, marseille, France</w:t>
+              <w:t xml:space="preserve">Ecole thématique interdisciplinaire MIFOBIO (MIcroscopie FOnctionnelle en BIOlogie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00496603v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00524439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés de diffusion de greffons de cornées humaines plus ou moins œdémateuses</w:t>
               </w:r>
@@ -6482,825 +6482,825 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00496604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rugosité multiéchelle et effets colorés</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesures de diffusion lumineuse appliquée à la caractérisation de surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole de Printemps - Conservatoire des ocres et de la Couleur, couleurs : questions d'échelle</w:t>
+              <w:t xml:space="preserve">Journée "optique pour la mesure physique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447495v1</w:t>
+                <w:t xml:space="preserve">hal-00453331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light Scattering in Multilayer Optics: Review and Progress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Amra</w:t>
+                <w:t xml:space="preserve">Study of varnish layers with optical coherence tomography in both visible and infrared domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Siozade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lequime</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Philippe Echard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOCASIA, Frontiers of Optical Coatings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, xian, China</w:t>
+              <w:t xml:space="preserve">O3A: Optics for Arts, Architecture, and Archaeology II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Germany. pp.73910J</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00459732v1</w:t>
+                <w:t xml:space="preserve">hal-00447462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angle-Resolved Ellipsometric Data for Selective Imaging in Scattering Media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imagerie sélective en milieu diffusant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Tchamitchian</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabela da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conferences On Biomedical Optics (ECBO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.736910</w:t>
+              <w:t xml:space="preserve">Workshop Cerimed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00413241v1</w:t>
+                <w:t xml:space="preserve">hal-00496601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures statistiques de milieux diffusants : corrélation aux données ellipsométriques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacques Sorrentini</w:t>
+                <w:t xml:space="preserve">Rugosité multiéchelle et effets colorés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées OPTDIAG Diagnostic et imagerie optique en médecine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France. pp./</w:t>
+              <w:t xml:space="preserve">Ecole de Printemps - Conservatoire des ocres et de la Couleur, couleurs : questions d'échelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00385404v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of varnish layers with optical coherence tomography in both visible and infrared domains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gael Latour</w:t>
+                <w:t xml:space="preserve">Light Scattering in Multilayer Optics: Review and Progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deumié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lequime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">O3A: Optics for Arts, Architecture, and Archaeology II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Germany. pp.73910J</w:t>
+              <w:t xml:space="preserve">FOCASIA, Frontiers of Optical Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, xian, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447462v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00459732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de diffusion lumineuse appliquée à la caractérisation de surfaces</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Angle-Resolved Ellipsometric Data for Selective Imaging in Scattering Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Sorrentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Tchamitchian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée "optique pour la mesure physique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France</w:t>
+              <w:t xml:space="preserve">European Conferences On Biomedical Optics (ECBO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.736910</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00453331v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00413241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie sélective en milieu diffusant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures statistiques de milieux diffusants : corrélation aux données ellipsométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Sorrentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gael Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Cerimed</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, marseille, France</w:t>
+              <w:t xml:space="preserve">7èmes Journées OPTDIAG Diagnostic et imagerie optique en médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France. pp./</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00496601v1</w:t>
+                <w:t xml:space="preserve">hal-00385404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépolarisation induite par la présence de centres diffusants : analyse multi-échelle</w:t>
               </w:r>
@@ -8089,51 +8089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8197,51 +8197,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8917,51 +8917,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'un microscope confocal pour étudier le colmatage des membranes d'ultrafiltration par des nanoparticules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9574,51 +9574,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Soare" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Georges" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Siozade Lamoine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gonzalvez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2018.11.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114445v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Le Hir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Wyart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sauvade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2018.05.077" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789032v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Georges" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Siozade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22079/JMSR.2017.69079.1150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270818v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Wu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2014.07.001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PW9L6NM8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Casadessus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumi&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hoffart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.3.001793" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524437v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Latour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Conrath" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524436v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385371v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sorrentini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361018v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Leneindre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chazalet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361014v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wyart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361016v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385374v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361015v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361019v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grezes-Besset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447455v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398244v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lemarchand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bertussi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.45.001312" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081400v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gilbert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081179v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemarchand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abel-Tiberini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415540v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Bourzgui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roussy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakey Blue" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faivre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415445v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gu&#233;rin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415466v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320966" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622579v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622593v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622569v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASMC.2017.7969267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622496v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622482v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651920v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280106v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280117v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Boy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280156v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280112v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280177v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280169v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280196v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanner" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Varkentina" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bijaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Uteza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sentis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839508v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela da Silva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839512v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912455v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839502v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640871v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauselle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maillot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640878v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Varkentina" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640885v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hoffart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640880v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640874v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640870v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640883v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640868v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524439v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Schanne-Klein" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524438v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496602v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496603v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496604v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447495v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459732v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413241v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tchamitchian" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385404v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447462v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Echard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453331v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385406v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385385v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385389v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361022v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081416v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385407v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chanfreau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ghidossi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081414v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415457v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Marion" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dubald" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622441v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622450v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622523v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pinaton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280110v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341203v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Latour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Grieve" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#226;ques" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912397v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00385427v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Soare" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Georges" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Siozade Lamoine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gonzalvez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2018.11.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114445v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Le Hir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Wyart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sauvade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2018.05.077" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789032v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Georges" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Siozade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22079/JMSR.2017.69079.1150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270818v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Wu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2014.07.001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PW9L6NM8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Casadessus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumi&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hoffart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.3.001793" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524436v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Latour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Conrath" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524437v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385371v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sorrentini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361019v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grezes-Besset" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chazalet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361014v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wyart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361016v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361018v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Leneindre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385374v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361015v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447455v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemarchand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abel-Tiberini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bertussi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398244v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lemarchand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.45.001312" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gilbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415540v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Bourzgui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roussy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakey Blue" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faivre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415445v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gu&#233;rin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415466v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320966" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622593v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622579v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622569v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASMC.2017.7969267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622496v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622482v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651920v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280106v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280156v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280112v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Boy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280117v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280177v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280169v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280196v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanner" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Varkentina" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bijaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Uteza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sentis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839508v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela da Silva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839512v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912455v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839502v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640871v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauselle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maillot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640878v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Varkentina" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640885v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hoffart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640880v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640874v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640870v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640868v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524438v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496602v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496603v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524439v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Schanne-Klein" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496604v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447462v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Echard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496601v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447495v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459732v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413241v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tchamitchian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385404v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385406v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385385v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385389v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361022v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081416v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385407v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chanfreau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ghidossi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081414v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415457v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Marion" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dubald" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622441v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622450v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622523v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pinaton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280110v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341203v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Latour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Grieve" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#226;ques" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912397v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00385427v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>