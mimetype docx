--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -581,51 +581,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 04, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2023-NO-art04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
@@ -4169,277 +4169,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03198080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the in vivo organic matter digestibility of cereal-legume intercrops silages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
+                <w:t xml:space="preserve">Rénovation des systèmes d’unités d’alimentation pour les ruminants : Systali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Arrigo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aline Le Morvan</w:t>
+                <w:t xml:space="preserve">Jacques Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. General meeting of the European Grassland Federation (EGF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Apr 2016, Tours, France. 115 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743641v1</w:t>
+                <w:t xml:space="preserve">hal-01356577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rénovation des systèmes d’unités d’alimentation pour les ruminants : Systali</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Peyraud</w:t>
+                <w:t xml:space="preserve">Prediction of the in vivo organic matter digestibility of cereal-legume intercrops silages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Arrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Agabriel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">René Baumont</w:t>
+                <w:t xml:space="preserve">Dominique Dozias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Le Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Apr 2016, Tours, France. 115 p</w:t>
+              <w:t xml:space="preserve">26. General meeting of the European Grassland Federation (EGF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01356577v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les différents intérêts des légumineuses pour l’alimentation animale</w:t>
               </w:r>
@@ -4540,273 +4540,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les apports en Acides Aminés Digestibles dans l’Intestin (AADI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atouts des ressources prairiales pour les ruminants, au-delà de leur valeur alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Graulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'automne - Systali - Les systèmes d'unités d'alimentation des ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Zootechnie (AFZ). FRA., Dec 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire réseau Prairies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792691v1</w:t>
+                <w:t xml:space="preserve">hal-02792856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atouts des ressources prairiales pour les ruminants, au-delà de leur valeur alimentaire</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoit Graulet</w:t>
+                <w:t xml:space="preserve">Les apports en Acides Aminés Digestibles dans l’Intestin (AADI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+                <w:t xml:space="preserve">Laurence Buonocore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne A. Farruggia</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Chapoutot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire réseau Prairies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Caen, France</w:t>
+              <w:t xml:space="preserve">Journée d'automne - Systali - Les systèmes d'unités d'alimentation des ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Zootechnie (AFZ). FRA., Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02792856v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévision de la teneur en matières grasses et de la composition en acides gras des fourrages</w:t>
               </w:r>
@@ -6135,484 +6135,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineral forage value in the INRAE feeding system for ruminants</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diversity of practices and advisors in mineral and vitamin supplementation of dairy farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Manoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sibra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.966, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.719, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236653v1</w:t>
+                <w:t xml:space="preserve">hal-04286514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of urine samples for nitrogen analysis by the Dumas methode</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mineral forage value in the INRAE feeding system for ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Maxin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la mesure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Sètes, France</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.966, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249538v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated tool to apply the INRA2018 feeding system in ruminant rationing: INRAtion®V5</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luc Delaby</w:t>
+                <w:t xml:space="preserve">Adaptation of urine samples for nitrogen analysis by the Dumas methode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Salis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Torrent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Le Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, 29, pp.333, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">Journées de la mesure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sètes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04175967v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of practices and advisors in mineral and vitamin supplementation of dairy farms</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chantal Chassaing</w:t>
+                <w:t xml:space="preserve">An integrated tool to apply the INRA2018 feeding system in ruminant rationing: INRAtion®V5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Sibra</w:t>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.719, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, 29, pp.333, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286514v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of grazing dairy system and breed on monthly variation of milk minerals and heat stability</w:t>
               </w:r>
@@ -6624,77 +6624,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Horan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Tobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Porto, Portugal. Book of abstracts, 28, pp.339, Book of abstracts of the 73rd annual meeting of the european federation of animal science</w:t>
@@ -7418,51 +7418,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dry matter intake and in vivo digestibility of different cereal-legume intercrops mixtures in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8443,51 +8443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8685,51 +8685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8836,51 +8836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8944,51 +8944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9216,51 +9216,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9341,51 +9341,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11527,51 +11527,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153613v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Renna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Lussiana" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Morvan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gasco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-025-01199-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Galindo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Ouellet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maxin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pellerin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24922" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520217v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decruyenaere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouill&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7478" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249771v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Salis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Torrent" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2023-NO-art04" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839945v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100589" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927543v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-022-00792-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900610v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laverroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c01144" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569981v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Portelli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/an19091" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569204v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Barotin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Menanteau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gervais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245390" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Copani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12454" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herremans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis F&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Wyss" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.2.2328" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621694v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Decruyenaere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12277" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639675v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632245v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210581v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Rulquin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Glasser" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.03.006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644658v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Ouellet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lapierre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6392" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2013.06.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646697v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ouellet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lapierre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6976" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210316v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Khelil" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111200047X" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645064v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3844" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644090v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111000206" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662464v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029910000233" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EDE36239C9FDBB563B4ACEF34B404B1527560F4D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668760v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dubois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bertrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003777" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290605v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Telly Diallo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04931006v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lalonde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829834v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Macheboeuf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829762v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192782v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lussiana" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gasco" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897983v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heuze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198080v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Bail" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh-Chi Nguyen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743641v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arrigo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dozias" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743517v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792691v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buonocore" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792856v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750013v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748488v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749947v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Khelil Khelil-Arfa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754251v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750821v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752153v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751451v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753590v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chardon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brunschwig" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650817v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Manzini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tr&#233;guier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauvion" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650806v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Mesbahi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Signoret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650349v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peudpi&#232;ce" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Meurlay" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651215v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Arias-Benavides" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236653v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249538v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Torrent" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Morvan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175967v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286514v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manoli" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Springer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Barbier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777031v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Horan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Tobin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04175746v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Rira" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Genestoux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497716v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Durand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fontagn&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738028v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Baizan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Pourrat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734336v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736442v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606343v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739508v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744367v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602326v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Quereuil" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746289v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744668v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745615v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754252v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318574v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Guyader" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2020.0077.13" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789910v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Celerier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coquard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Daveau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785692v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928108v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791193v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928103v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928197v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786871v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928123v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786443v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785452v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/484" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794273v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/286" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004588v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuze" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/247" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014948v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/504" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04968061v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bigot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vollet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965527v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04971078v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163110v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163094v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474542v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607332v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andueza" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474720v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Besson" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonhiver" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086053v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04753653v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606328v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807057v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153613v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Renna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Lussiana" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Morvan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gasco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-025-01199-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Galindo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Ouellet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maxin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pellerin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24922" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520217v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decruyenaere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouill&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.1.7478" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249771v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Salis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Torrent" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2023-NO-art04" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839945v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100589" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927543v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-022-00792-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900610v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laverroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c01144" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569981v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Portelli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/an19091" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569204v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Barotin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Menanteau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gervais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245390" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Copani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12454" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herremans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis F&#233;rard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Wyss" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.2.2328" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621694v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Decruyenaere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12277" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639675v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bastien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632245v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210581v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Rulquin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Glasser" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2014.03.006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644658v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Ouellet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lapierre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6392" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Glasser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2013.06.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646697v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ouellet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lapierre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6976" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210316v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Khelil" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111200047X" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645064v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Peyraud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3844" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644090v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111000206" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662464v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029910000233" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EDE36239C9FDBB563B4ACEF34B404B1527560F4D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668760v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dubois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap J. van Milgen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bertrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003777" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290605v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Telly Diallo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04931006v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lalonde" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829834v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Macheboeuf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829762v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192782v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lussiana" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gasco" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897983v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heuze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198080v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Bail" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh-Chi Nguyen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743641v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arrigo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dozias" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743517v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792856v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792691v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buonocore" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750013v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748488v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749947v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Khelil Khelil-Arfa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754251v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750821v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752153v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751451v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753590v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chardon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brunschwig" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650817v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Manzini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tr&#233;guier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauvion" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650806v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Mesbahi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Signoret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650349v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Peudpi&#232;ce" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Meurlay" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651215v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Arias-Benavides" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286514v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manoli" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Springer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Barbier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236653v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249538v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Torrent" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Morvan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175967v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777031v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Horan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Tobin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04175746v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Rira" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Genestoux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497716v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Durand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fontagn&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738028v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Baizan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Pourrat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734336v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736442v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606343v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739508v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744367v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602326v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Quereuil" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746289v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744668v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745615v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754252v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318574v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Guyader" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2020.0077.13" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789910v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Celerier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coquard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Daveau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785692v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928108v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791193v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928103v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928197v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786871v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928123v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786443v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785452v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/484" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794273v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/286" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004588v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuze" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/247" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014948v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feedipedia.org/node/504" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04968061v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bigot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vollet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965527v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04971078v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163110v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163094v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474542v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607332v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andueza" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474720v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Besson" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonhiver" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086053v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04753653v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606328v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807057v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>