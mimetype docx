--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -3453,243 +3453,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité d’interventions en milieu scolaire visant à promouvoir la santé psychologique des adolescents : essai contrôlé randomisé</w:t>
+                <w:t xml:space="preserve">Développement et évaluation d’interventions prophylactiques auprès des collégiens : Parcours Adoptimisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Vaillant-Coindard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Briet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lespiau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52e Congrès Annuel de l'Association Française de Thérapie Comportementale et Cognitive</w:t>
+              <w:t xml:space="preserve">52e Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Thérapie Comportementale et Cognitive, Dec 2024, Paris Maison de la chimie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839521v1</w:t>
+                <w:t xml:space="preserve">hal-04839532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et évaluation d’interventions prophylactiques auprès des collégiens : Parcours Adoptimisme</w:t>
+                <w:t xml:space="preserve">Efficacité d’interventions en milieu scolaire visant à promouvoir la santé psychologique des adolescents : essai contrôlé randomisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Vaillant-Coindard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lespiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52e Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
+              <w:t xml:space="preserve">52e Congrès Annuel de l'Association Française de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Thérapie Comportementale et Cognitive, Dec 2024, Paris Maison de la chimie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839532v1</w:t>
+                <w:t xml:space="preserve">hal-04839521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of three Prophylactic Interventions on Middle-Schoolers' Mental Health : A Pilot Study in a French Context</w:t>
               </w:r>
@@ -7152,51 +7152,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071418v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2025.03.004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137616v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;d Le Maner-Idrissi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Seveno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Sourn-Bissaoui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06920-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068134v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584731v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Tsamitrou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramos Pereira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565580v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Vaillant-Coindard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-024-01723-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816099v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0117" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525228v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Royer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2024.01.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322752v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/53072" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516287v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04256637v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Marec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23969415231204837" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816062v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2022.05.008" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684349v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.214.0265" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510063v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Lemarec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1034912X.2021.1921123" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973982v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Peri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973933v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blanco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01697179v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;guy Marie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955951v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955947v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Grebot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dardard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2014.03.013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149194v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Souchon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Renoir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barbier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033717v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335131v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gauthier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835013v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839521v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839532v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608498v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289217v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Tsamitrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974095v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148826v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974127v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148842v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanco Ciara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01713098v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dardier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01713290v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249420v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069702v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848106v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605607v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cilia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Claudel-Valentin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luxembourger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116437v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115075v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204831v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115063v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Thebault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728982v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728927v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728939v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728970v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01729031v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brocard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bor&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01729017v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Guellec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Magerotte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baurain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Lebeer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148597v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148464v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02290590v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019REN20020" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071418v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2025.03.004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137616v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;d Le Maner-Idrissi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Seveno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Sourn-Bissaoui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06920-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068134v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584731v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Tsamitrou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramos Pereira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Plumet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565580v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Vaillant-Coindard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-024-01723-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816099v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0117" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525228v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Royer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2024.01.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322752v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/53072" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516287v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04256637v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Marec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23969415231204837" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816062v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2022.05.008" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684349v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.214.0265" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510063v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Lemarec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1034912X.2021.1921123" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973982v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Peri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973933v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blanco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01697179v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;guy Marie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955951v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955947v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Grebot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dardard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2014.03.013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149194v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Souchon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Renoir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barbier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033717v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335131v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gauthier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835013v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839532v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839521v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608498v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289217v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Tsamitrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974095v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148826v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974127v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148842v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanco Ciara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01713098v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dardier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Adrien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01713290v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249420v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069702v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848106v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605607v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Cilia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Claudel-Valentin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luxembourger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116437v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115075v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204831v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115063v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Thebault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728982v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728927v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728939v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728970v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01728996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01729031v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brocard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bor&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01729017v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Guellec" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632205v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Magerotte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baurain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Lebeer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148597v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148464v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02290590v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019REN20020" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>