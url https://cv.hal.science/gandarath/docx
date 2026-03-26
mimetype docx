--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -181,1138 +181,1138 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Division of the large and multifunctional glycoside hydrolase family 2: high functional specificity and biochemical assays in the uncharacterized subfamilies</w:t>
+                <w:t xml:space="preserve">Snow- and ice-ecosystem cleaning capability of the pucciniomycotinous yeast Phenoliferia psychrophenolica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Lebreton</w:t>
+                <w:t xml:space="preserve">Jade Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Line Garron</w:t>
+                <w:t xml:space="preserve">Pierre Guenzi-Tiberi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlene Vuillemin</w:t>
+                <w:t xml:space="preserve">Gaëlle Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Pilgaard</w:t>
+                <w:t xml:space="preserve">Riccardo Aiese Cigliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastian Hornung</w:t>
+                <w:t xml:space="preserve">Yacine Diagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels and Bioproducts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (1), pp.68. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.1084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13068-025-02669-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-025-08506-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05285721v1</w:t>
+                <w:t xml:space="preserve">hal-05285714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Functional Dissection of GH161 β-Glucan Phosphorylases: Molecular Specificities and Dynamics of Catalysis of Dimeric GH-Q Enzymes</w:t>
+                <w:t xml:space="preserve">Publisher Correction: A metagenomic ‘dark matter’ enzyme catalyses oxidative cellulose conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Cooper</w:t>
+                <w:t xml:space="preserve">Clelton Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Ladevèze</w:t>
+                <w:t xml:space="preserve">Mariana Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ao Li</w:t>
+                <w:t xml:space="preserve">Fernanda Mandelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramteen Shayan</w:t>
+                <w:t xml:space="preserve">Evandro Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Fauré</w:t>
+                <w:t xml:space="preserve">Renan Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (22), pp.19312-19327. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 640 (8058), pp.E7-E7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.5c05191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-08872-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377303v1</w:t>
+                <w:t xml:space="preserve">hal-05507999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial polysaccharide lyase family 33: Specificity from an evolutionarily conserved binding tunnel</w:t>
+                <w:t xml:space="preserve">Division of the large and multifunctional glycoside hydrolase family 2: high functional specificity and biochemical assays in the uncharacterized subfamilies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Loiodice</w:t>
+                <w:t xml:space="preserve">Annie Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Marie-Line Garron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zak Mciver</w:t>
+                <w:t xml:space="preserve">Marlene Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Antonyuk</w:t>
+                <w:t xml:space="preserve">Bo Pilgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Baslé</w:t>
+                <w:t xml:space="preserve">Bastian Hornung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (7), pp.e2421623122. </w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (1), pp.68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2421623122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13068-025-02669-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968947v1</w:t>
+                <w:t xml:space="preserve">hal-05285721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dividing the α-amylase family GH57 of starch hydrolases and related enzymes into subfamilies using evolutionary, clustering and functional criteria</w:t>
+                <w:t xml:space="preserve">Structural and Functional Dissection of GH161 β-Glucan Phosphorylases: Molecular Specificities and Dynamics of Catalysis of Dimeric GH-Q Enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Poláček</w:t>
+                <w:t xml:space="preserve">Nina Cooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lombard</w:t>
+                <w:t xml:space="preserve">Simon Ladevèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Coutinho</w:t>
+                <w:t xml:space="preserve">Ao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
+                <w:t xml:space="preserve">Ramteen Shayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Štefan Janeček</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Régis Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 309 (2), pp.142823. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (22), pp.19312-19327. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.142823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.5c05191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163099v1</w:t>
+                <w:t xml:space="preserve">hal-05377303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metagenomic ‘dark matter’ enzyme catalyses oxidative cellulose conversion</w:t>
+                <w:t xml:space="preserve">Bacterial polysaccharide lyase family 33: Specificity from an evolutionarily conserved binding tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clelton Santos</w:t>
+                <w:t xml:space="preserve">Mélanie Loiodice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Morais</w:t>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda Mandelli</w:t>
+                <w:t xml:space="preserve">Zak Mciver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evandro Lima</w:t>
+                <w:t xml:space="preserve">Svetlana Antonyuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renan Miyamoto</w:t>
+                <w:t xml:space="preserve">Arnaud Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (7), pp.e2421623122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-024-08553-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2421623122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04948755v1</w:t>
+                <w:t xml:space="preserve">hal-04968947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycoside hydrolase–mediated glucomannan catabolism in Segatella copri , a target of microbiota-directed foods for malnourished children</w:t>
+                <w:t xml:space="preserve">Dividing the α-amylase family GH57 of starch hydrolases and related enzymes into subfamilies using evolutionary, clustering and functional criteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrus Zhou</w:t>
+                <w:t xml:space="preserve">Adam Poláček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Hibberd</w:t>
+                <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evan Lee</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pedro Coutinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Štefan Janeček</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2521522122⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 309 (2), pp.142823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.142823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465980v1</w:t>
+                <w:t xml:space="preserve">hal-05163099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Snow- and ice-ecosystem cleaning capability of the pucciniomycotinous yeast Phenoliferia psychrophenolica</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yacine Diagne</w:t>
+                <w:t xml:space="preserve">A metagenomic ‘dark matter’ enzyme catalyses oxidative cellulose conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clelton Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Mandelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evandro Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-025-08506-w⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-08553-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05285714v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publisher Correction: A metagenomic ‘dark matter’ enzyme catalyses oxidative cellulose conversion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renan Miyamoto</w:t>
+                <w:t xml:space="preserve">Glycoside hydrolase–mediated glucomannan catabolism in Segatella copri , a target of microbiota-directed foods for malnourished children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrus Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Hibberd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Pilgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlene Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 640 (8058), pp.E7-E7. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (49), pp.e2521522122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-025-08872-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2521522122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05507999v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A microbiome-directed therapeutic food for children recovering from severe acute malnutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Hartman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Hibberd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ishita Mostafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1383,295 +1383,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Streptomyces castrisilvae sp. nov. and Streptomyces glycanivorans sp. nov., novel soil streptomycetes metabolizing mutan and alternan</w:t>
+                <w:t xml:space="preserve">Evolutionary genomics of the emergence of brown algae as key components of coastal ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tove Widén</w:t>
+                <w:t xml:space="preserve">France Denoeud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Tafur Rangel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Mazurkewich</w:t>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svenja Heesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Nehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006514⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 187 (24), pp.6943-6965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2024.10.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04882192v1</w:t>
+                <w:t xml:space="preserve">hal-04794231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary genomics of the emergence of brown algae as key components of coastal ecosystems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Streptomyces castrisilvae sp. nov. and Streptomyces glycanivorans sp. nov., novel soil streptomycetes metabolizing mutan and alternan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+                <w:t xml:space="preserve">Tove Widén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svenja Heesch</w:t>
+                <w:t xml:space="preserve">Albert Tafur Rangel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zofia Nehr</w:t>
+                <w:t xml:space="preserve">Scott Mazurkewich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 187 (24), pp.6943-6965. </w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 74 (9), pp.006514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2024.10.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794231v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04882192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabethkingia anophelis MSU001 Isolated from Anopheles stephensi: Molecular Characterization and Comparative Genome Analysis</w:t>
               </w:r>
@@ -1683,51 +1683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shicheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jochen Blom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1781,399 +1781,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the role of novel carbohydrate‐binding modules in laminarin interaction of multimodular proteins from marine Bacteroidota during phytoplankton blooms</w:t>
+                <w:t xml:space="preserve">Two newly established and mutually related subfamilies GH13_48 and GH13_49 of the α-amylase family GH13</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Katherin Zühlke</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Filip Mareček</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Štefan Janeček</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.16624⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 108 (1), pp.415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-024-13251-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579759v1</w:t>
+                <w:t xml:space="preserve">hal-04690683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two newly established and mutually related subfamilies GH13_48 and GH13_49 of the α-amylase family GH13</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prevotella copri and microbiota members mediate the beneficial effects of a therapeutic food for malnutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao-Wei Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrus Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kali Pruss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-024-13251-x⟩</w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (4), pp.922-937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-024-01628-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690683v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevotella copri and microbiota members mediate the beneficial effects of a therapeutic food for malnutrition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unveiling the role of novel carbohydrate‐binding modules in laminarin interaction of multimodular proteins from marine Bacteroidota during phytoplankton blooms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Katherin Zühlke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao-Wei Chang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Evan Lee</w:t>
+                <w:t xml:space="preserve">Elizabeth Ficko-Blean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyrus Zhou</w:t>
+                <w:t xml:space="preserve">Daniel Bartosik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kali Pruss</w:t>
+                <w:t xml:space="preserve">Alexandra Jeudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (4), pp.922-937. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (5), pp.e16624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41564-024-01628-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.16624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579760v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminococcus torques is a keystone degrader of intestinal mucin glycoprotein, releasing oligosaccharides used by Bacteroides thetaiotaomicron</w:t>
               </w:r>
@@ -2211,51 +2211,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Luis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Madlambayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (8), pp.e0003924. </w:t>
@@ -2466,64 +2466,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahlem Bouguerba-Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Denoeud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 (1), pp.950. </w:t>
@@ -2695,51 +2695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioactive glycans in a microbiome-directed food for children with malnutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Hibberd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Webber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2989,51 +2989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thimali Arumapperuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinling Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastian Hornung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolay Madiedo Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3123,51 +3123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Gellman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Olm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Enam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3283,51 +3283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weijun Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2, pp.1094865. </w:t>
@@ -3382,51 +3382,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An objective criterion to evaluate sequence-similarity networks helps in dividing the protein family sequence space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastian Volker Helmut Hornung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 19 (8), pp.e1010881. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3454,1021 +3454,1021 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic and Genomic Diversification in Complex Carbohydrate-Degrading Human Gut Bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The carbohydrate-active enzyme database: functions and literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Garron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Pudlo</w:t>
+                <w:t xml:space="preserve">Suzan Dogan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karthik Urs</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Todd Atherly</w:t>
+                <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/msystems.00947-21⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (D1), pp.D571-D577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkab1045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03589021v1</w:t>
+                <w:t xml:space="preserve">hal-03588994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional exploration of the glycoside hydrolase family GH113</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Couturier</w:t>
+                <w:t xml:space="preserve">Phenotypic and Genomic Diversification in Complex Carbohydrate-Degrading Human Gut Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Pudlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthik Urs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Crawford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Touvrey-Loiodice</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Ali Pirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurine Buon</w:t>
+                <w:t xml:space="preserve">Todd Atherly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (4), pp.1-14. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (1), pp.e0094721. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0267509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00947-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656671v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycoside hydrolase subfamily GH5_57 features a highly redesigned catalytic interface to process complex hetero-β-mannans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional exploration of the glycoside hydrolase family GH113</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcele Martins</w:t>
+                <w:t xml:space="preserve">Mélanie Touvrey-Loiodice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Morais</w:t>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Persinoti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Li Yu</w:t>
+                <w:t xml:space="preserve">Laurine Buon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S2059798322009561⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (4), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0267509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03982004v1</w:t>
+                <w:t xml:space="preserve">hal-03656671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut microbiome of the largest living rodent harbors unprecedented enzymatic systems to degrade plant polysaccharides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glycoside hydrolase subfamily GH5_57 features a highly redesigned catalytic interface to process complex hetero-β-mannans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcele Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Persinoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucelia Cabral</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gabriela Persinoti</w:t>
+                <w:t xml:space="preserve">Rafael Galinari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douglas Paixão</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mariana Morais</w:t>
+                <w:t xml:space="preserve">Li Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (1), pp.629. </w:t>
+              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 78 (11), pp.1358-1372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-28310-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S2059798322009561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589026v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assembly and synthesis of the extracellular matrix in brown algae</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gut microbiome of the largest living rodent harbors unprecedented enzymatic systems to degrade plant polysaccharides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rina Yonamine</w:t>
+                <w:t xml:space="preserve">Lucelia Cabral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Persinoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Barbeyron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Douglas Paixão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcele Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminars in Cell and Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.semcdb.2022.03.005⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-28310-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03627114v1</w:t>
+                <w:t xml:space="preserve">hal-03589026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial liberation of N-methylserotonin from orange fiber in gnotobiotic mice and humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assembly and synthesis of the extracellular matrix in brown algae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Mazéas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rina Yonamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Han</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
+                <w:t xml:space="preserve">Tristan Barbeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Henrissat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2022.07.007⟩</w:t>
+              <w:t xml:space="preserve">Seminars in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 134, pp.112-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.semcdb.2022.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821289v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03627114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The carbohydrate-active enzyme database: functions and literature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Garron</w:t>
+                <w:t xml:space="preserve">Microbial liberation of N-methylserotonin from orange fiber in gnotobiotic mice and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiye Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzan Dogan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Henrissat</w:t>
+                <w:t xml:space="preserve">Omar Delannoy-Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Webber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 50 (D1), pp.D571-D577. </w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 185 (16), pp.3056-3057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkab1045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2022.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588994v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinformatic Analysis of Lytic Polysaccharide Monooxygenases Reveals the Pan-Families Occurrence of Intrinsically Disordered C-Terminal Extensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty C Tamburrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Bissaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4584,51 +4584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garret Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Host &amp; Microbe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 29 (4), pp.664-673.e5. </w:t>
@@ -4718,51 +4718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Ikonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Jaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 14 (1), </w:t>
@@ -4826,64 +4826,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shicheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ting Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward D Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5077,90 +5077,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolism of multiple glycosaminoglycans by Bacteroides thetaiotaomicron is orchestrated by a versatile core genetic locus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Ndeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Strahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urszula Mcclurgg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
@@ -5198,90 +5198,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the diversity of the glycoside hydrolase family 130 in mammal gut microbiomes reveals a novel mannoside-phosphorylase function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ao Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tarquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ropartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5371,64 +5371,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huanzi Zhong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliaxis Y. Ramayo-Caldas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GigaScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (6), pp.1-15. </w:t>
@@ -5786,51 +5786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnus Ø. Arntzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ragnhild Ånestad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (7), pp.983. </w:t>
@@ -5920,51 +5920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Drouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Loiodice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (13), pp.6063-6068. </w:t>
@@ -6015,90 +6015,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteroidetes use thousands of enzyme combinations to break down glycans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (2043), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6145,64 +6145,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A subfamily roadmap for functional glycogenomics of the evolutionarily diverse Glycoside Hydrolase Family 16 (GH16)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Holm Viborg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6279,51 +6279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomic analyses reveal diverse virulence factors and antimicrobial resistance mechanisms in clinical Elizabethkingia meningoseptica strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jochen Blom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shicheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6426,64 +6426,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Patnode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zachary Beller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiye Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samantha Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6668,77 +6668,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PULDB: the expanded database of Polysaccharide Utilization Loci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7198,373 +7198,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusual active site location and catalytic apparatus in a glycoside hydrolase family</w:t>
+                <w:t xml:space="preserve">A bioinformatics analysis of 3400 lytic polysaccharide oxidases from family AA9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Munoz-Munoz</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Nicolas Lenfant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Hainaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 114 (19), pp.4936-4941. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 448, pp.166-174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1701130114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2017.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607615v1</w:t>
+                <w:t xml:space="preserve">hal-01595066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bioinformatics analysis of 3400 lytic polysaccharide oxidases from family AA9</w:t>
+                <w:t xml:space="preserve">Unusual active site location and catalytic apparatus in a glycoside hydrolase family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Lenfant</w:t>
+                <w:t xml:space="preserve">Jose Munoz-Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Cartmell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terrapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Hainaut</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Harry J. Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 448, pp.166-174. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (19), pp.4936-4941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2017.04.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1701130114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595066v1</w:t>
+                <w:t xml:space="preserve">hal-01607615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An evolutionarily distinct family of polysaccharide lyases removes rhamnose capping of complex arabinogalactan proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Munoz-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Cartmell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Basle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 292 (32), pp.13271 - 13283. </w:t>
@@ -7788,51 +7788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakhria Razeq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8, pp.2504. </w:t>
@@ -7896,64 +7896,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olov Svartström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Alneberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ino de Bruijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8132,51 +8132,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01802836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xylan degradation by the human gut Bacteroides xylanisolvens XB1A(T) involves two distinct gene clusters that are linked at the transcriptional level</w:t>
+                <w:t xml:space="preserve">Unraveling the pectinolytic function of Bacteroides xylanisolvens using a RNA-seq approach and mutagenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Despres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Forano</w:t>
@@ -8215,102 +8215,102 @@
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jubelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 17 (1), </w:t>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-2680-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-2472-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01439065v1</w:t>
+                <w:t xml:space="preserve">hal-01439085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the pectinolytic function of Bacteroides xylanisolvens using a RNA-seq approach and mutagenesis</w:t>
+                <w:t xml:space="preserve">Xylan degradation by the human gut Bacteroides xylanisolvens XB1A(T) involves two distinct gene clusters that are linked at the transcriptional level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Despres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Forano</w:t>
@@ -8349,78 +8349,78 @@
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jubelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 17 (1), pp.147. </w:t>
+              <w:t xml:space="preserve">, 2016, 17 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-2472-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-2680-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01439085v1</w:t>
+                <w:t xml:space="preserve">hal-01439065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dietary Fiber-Deprived Gut Microbiota Degrades the Colonic Mucus Barrier and Enhances Pathogen Susceptibility</w:t>
               </w:r>
@@ -8860,51 +8860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer C. Mortimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodora Tryfona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, </w:t>
@@ -8942,90 +8942,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic prediction of polysaccharide utilization loci in Bacteroidetes species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry J. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 31 (5), pp.647-655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9098,51 +9098,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Florent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Zahra Guerfali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhafer Laouini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9193,64 +9193,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do gut microbes break down dietary fiber?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Biochemical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39 (4), pp.156-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9284,51 +9284,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitting hidden Markov models of protein domains to a target species: application to Plasmodium falciparum.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9414,51 +9414,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EuPathDomains: The Divergent Domain Database for Eukaryotic Pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Ghouila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9547,51 +9547,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of new protein domains using co-occurrence: application to Plasmodium falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9860,51 +9860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Tarquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ladevèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9946,51 +9946,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitting Hidden Markov Models of Protein Domains to a Target Species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10041,51 +10041,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de nouveaux domaines protéiques par co-occurence : Application à P. falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10484,103 +10484,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel laminarin-binding CBMs in multimodular proteins of marine Bacteroidota feature prominently in phytoplankton blooms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Katherin Zühlke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Ficko-Blean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bartosik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Jeudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -10752,103 +10752,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The CAZy Database/the Carbohydrate-Active Enzyme (CAZy) Database: Principles and Usage Guidelines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Practical Guide to Using Glycomics Databases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Japan, pp.117-131, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10914,51 +10914,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de domaines protéiques divergents à l'aide de modèles de Markov cachés : application à Plasmodium falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terrapon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bio-informatique [q-bio.QM]. Université Montpellier II - Sciences et Techniques du Languedoc, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -11075,51 +11075,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="77F1B046"/>
+    <w:nsid w:val="4EBDB1A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11306,51 +11306,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gandarath" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3693-6017" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125207050" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05285721v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Garron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Vuillemin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Pilgaard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Hornung" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-025-02669-8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05377303v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Cooper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramteen Shayan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c05191" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04968947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Loiodice" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zak Mciver" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Antonyuk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Basl&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2421623122" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163099v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Pol&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lombard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Coutinho" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terrapon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;tefan Jane&#269;ek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.142823" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948755v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelton Santos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Morais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Mandelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Lima" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Miyamoto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08553-z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05465980v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrus Zhou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hibberd" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lee" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2521522122" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05285714v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guenzi-Tiberi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Villain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Aiese Cigliano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Diagne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08506-w" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507999v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08872-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04911133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hartman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Mostafa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurun Naila" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Munirul Islam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adn2366" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882192v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tove Wid&#233;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Tafur Rangel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mazurkewich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006514" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690689v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shicheng Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Pham" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Blom" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Walker" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12061079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04579759v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Katherin Z&#252;hlke" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ficko-Blean" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bartosik" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jeudy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16624" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690683v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Mare&#269;ek" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-024-13251-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04579760v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao-Wei Chang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kali Pruss" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01628-7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690680v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Schaus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Vasconcelos Pereira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Madlambayan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00039-24" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04911123v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darryl Wesener" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Beller" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hill" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Yuan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Belanger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-024-01763-6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734202v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Maz&#233;as" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouguerba-Collin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10811-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472785v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Seebeck" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janaki Guruge" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Byrne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2311422120" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472779v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Webber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Rodionov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Henrissat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Chen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06838-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461076v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Brown" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Deveaux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brock Juliano" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Photenhauer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boulinguiez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04812-w" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04070174v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimali Arumapperuma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinling Li" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolay Madiedo Soler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Goddard-Borger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.103038" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461077v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gellman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Olm" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Enam" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Higginbottom" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.113233" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681775v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabel T Wong" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla L Nesb&#248;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijun Wang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frmbi.2023.1094865" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461074v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Volker Helmut Hornung" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010881" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03589021v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Pudlo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Urs" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Crawford" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pirani" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Atherly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00947-21" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656671v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Touvrey-Loiodice" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0267509" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03982004v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcele Martins" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Persinoti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Galinari" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798322009561" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03589026v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucelia Cabral" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Paix&#227;o" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28310-y" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03627114v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Yonamine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbeyron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semcdb.2022.03.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03821289v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Han" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiye Cheng" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Delannoy-Bruno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2022.07.007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588994v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Dogan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab1045" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431539v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty C Tamburrini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Longhi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111632" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354016v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Patnode" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Castillo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garret Couture" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2021.01.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03270620v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisanne Hameleers" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leena Penttinen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ikonen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Jaillot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-01976-0" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279784v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Yu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward D Walker" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12050752" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03163522v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Michalak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Christian Gaby" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidy Lagos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Leanti La Rosa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torgeir Hvidsten" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19585-0" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03162776v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Ndeh" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Strahl" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Mcclurgg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14509-4" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949655v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000404" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02860679v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Li" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huanzi Zhong" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Y. Ramayo-Caldas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giaa057" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961383v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S Tauzin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Rangel Pereira" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa D van Vliet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Colin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00911-z" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478442v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Wang" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S. Tauzin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Tedesco" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00771-19" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03162747v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus &#216;. Arntzen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragnhild &#197;nestad" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8070983" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108378v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Helbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poulet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mathieu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1815791116" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10068-5" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291008v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Holm Viborg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Michel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.010619" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972534v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marty Soehnlen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Blom Id" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222648" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588032v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Peters" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.08.011" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094616v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana R Luis" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Briggs" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Zhang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Farnell" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0079-1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094620v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Al-Masaudi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx1022" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094598v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Seshadri" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Leahy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Attwood" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koon Hoong Teh" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lambie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.4110" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094506v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Cartmell" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Mu&#241;oz-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lowe" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0258-8" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606551v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Patrascu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40248" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607615v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Munoz-Munoz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Gilbert" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1701130114" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595066v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenfant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hainaut" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2017.04.012" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606932v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Basle" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.794578" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595600v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Rogowski" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana S. Luis" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature21725" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802956v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabel Wong" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhria Razeq" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02504" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328246v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olov Svartstr&#246;m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Alneberg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ino de Bruijn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.108" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802836v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Firbank" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1704367114" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439065v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Despres" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lepercq" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Comtet-Marre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2680-8" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439085v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2472-1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439105v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh S. Desai" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Seekatz" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Koropatkin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Kamada" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina A. Hickey" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.10.043" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439068v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2758-3" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439023v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Wu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan P. Mcnulty" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Rodionov" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matvei S. Khoroshkin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas W. Griffin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac5992" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439017v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon A. Briggs" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer C. Mortimer" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Tryfona" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8481" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438994v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu716" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01060276v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ghouila" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Zahra Guerfali" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Laouini" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095275" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042026v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibs.2014.02.005" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701611v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gascuel" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marechal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brehelin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-67" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00540932v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Guerfali" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2010.09.008" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W4S4P3R2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00431171v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp560" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874024v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peghaire" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Flahaut" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Christophe" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubessay" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina-Violeta Ursu" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779504v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Potocki-Veronese" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durand" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00725501v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00414954v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782262v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ufarte" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Lazuka" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouhajja" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.03.15.585145" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894713v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Defour" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260572v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03666905v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ostrowski" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Kunath" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Robertson" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pereira" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03508817v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-4-431-56454-6_6" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00811835v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gandarath" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3693-6017" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125207050" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05285714v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guenzi-Tiberi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Villain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Aiese Cigliano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Diagne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08506-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507999v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelton Santos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Morais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Mandelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Lima" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Miyamoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08872-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05285721v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Garron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Vuillemin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Pilgaard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Hornung" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-025-02669-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05377303v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Cooper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramteen Shayan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Faur&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5c05191" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04968947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Loiodice" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zak Mciver" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Antonyuk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Basl&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2421623122" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163099v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Pol&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lombard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Coutinho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terrapon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;tefan Jane&#269;ek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.142823" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948755v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08553-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05465980v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrus Zhou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hibberd" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2521522122" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04911133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hartman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Mostafa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurun Naila" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Munirul Islam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adn2366" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882192v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tove Wid&#233;n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Tafur Rangel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mazurkewich" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006514" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690689v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shicheng Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Pham" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Blom" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Walker" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12061079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690683v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Mare&#269;ek" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-024-13251-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04579760v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao-Wei Chang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kali Pruss" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01628-7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04579759v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Katherin Z&#252;hlke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ficko-Blean" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bartosik" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jeudy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16624" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690680v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadie Schaus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Vasconcelos Pereira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Madlambayan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00039-24" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04911123v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darryl Wesener" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Beller" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hill" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Yuan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Belanger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-024-01763-6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734202v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Maz&#233;as" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouguerba-Collin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10811-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472785v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Seebeck" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janaki Guruge" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Byrne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2311422120" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472779v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Webber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Rodionov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Henrissat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Chen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06838-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461076v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Brown" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Deveaux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brock Juliano" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Photenhauer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boulinguiez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04812-w" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04070174v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimali Arumapperuma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinling Li" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolay Madiedo Soler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Goddard-Borger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.103038" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461077v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gellman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Olm" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Enam" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Higginbottom" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.113233" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681775v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabel T Wong" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla L Nesb&#248;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijun Wang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frmbi.2023.1094865" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04461074v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Volker Helmut Hornung" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010881" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588994v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzan Dogan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab1045" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03589021v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Pudlo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Urs" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Crawford" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pirani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Atherly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00947-21" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656671v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Touvrey-Loiodice" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0267509" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03982004v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcele Martins" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Persinoti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Galinari" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2059798322009561" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03589026v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucelia Cabral" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Paix&#227;o" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28310-y" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03627114v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Yonamine" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbeyron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semcdb.2022.03.005" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03821289v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Han" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiye Cheng" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Delannoy-Bruno" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2022.07.007" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431539v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty C Tamburrini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Longhi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11111632" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354016v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Patnode" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Castillo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garret Couture" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2021.01.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03270620v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisanne Hameleers" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leena Penttinen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ikonen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Jaillot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-01976-0" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279784v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Yu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward D Walker" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12050752" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03163522v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Michalak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Christian Gaby" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidy Lagos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Leanti La Rosa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torgeir Hvidsten" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19585-0" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03162776v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Ndeh" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Strahl" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urszula Mcclurgg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14509-4" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949655v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tarquis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000404" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02860679v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Li" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huanzi Zhong" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Y. Ramayo-Caldas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giaa057" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961383v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S Tauzin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Rangel Pereira" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa D van Vliet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Colin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00911-z" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478442v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Wang" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S. Tauzin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Tedesco" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00771-19" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03162747v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus &#216;. Arntzen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragnhild &#197;nestad" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8070983" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108378v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Helbert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poulet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mathieu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1815791116" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lap&#233;bie" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10068-5" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291008v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Holm Viborg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Michel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.010619" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972534v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marty Soehnlen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Blom Id" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222648" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588032v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Peters" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.08.011" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094616v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana R Luis" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Briggs" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Zhang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Farnell" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0079-1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094620v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Al-Masaudi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx1022" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094598v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Seshadri" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Leahy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Attwood" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koon Hoong Teh" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lambie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.4110" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02094506v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Cartmell" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Mu&#241;oz-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lowe" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0258-8" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606551v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Patrascu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40248" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595066v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenfant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hainaut" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2017.04.012" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607615v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Munoz-Munoz" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Gilbert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1701130114" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606932v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Basle" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.794578" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595600v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Rogowski" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana S. Luis" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature21725" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802956v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabel Wong" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhria Razeq" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02504" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328246v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olov Svartstr&#246;m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Alneberg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ino de Bruijn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.108" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802836v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Firbank" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1704367114" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439085v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Despres" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lepercq" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Comtet-Marre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2472-1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439065v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2680-8" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439105v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh S. Desai" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Seekatz" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Koropatkin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Kamada" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina A. Hickey" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.10.043" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439068v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2758-3" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439023v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Wu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan P. Mcnulty" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Rodionov" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matvei S. Khoroshkin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas W. Griffin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac5992" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439017v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon A. Briggs" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer C. Mortimer" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Tryfona" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8481" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438994v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu716" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01060276v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ghouila" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Zahra Guerfali" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Laouini" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095275" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042026v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibs.2014.02.005" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701611v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gascuel" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marechal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brehelin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-67" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00540932v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Guerfali" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2010.09.008" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W4S4P3R2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00431171v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp560" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874024v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peghaire" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Flahaut" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Christophe" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dubessay" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina-Violeta Ursu" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779504v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Potocki-Veronese" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durand" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00725501v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00414954v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782262v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ufarte" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Lazuka" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouhajja" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.03.15.585145" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894713v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Defour" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260572v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03666905v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ostrowski" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Kunath" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Robertson" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pereira" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03508817v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-4-431-56454-6_6" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00811835v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>