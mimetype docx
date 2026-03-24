--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -28,50 +28,152 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Irène Gannaz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
         <w:t xml:space="preserve">G-SCOP, Grenoble INP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">gannaz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0003-1456-4985</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">125124732</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> arXiv : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">gannaz_i_1</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -98,3741 +200,3944 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A non-asymptotic analysis of the single component PLS regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Marteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 52 (4), pp.2314-2351. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sjos.70028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04237950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Whittle estimation with (quasi-)analytic wavelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Time Series Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 45 (3), pp.421-443. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jtsa.12719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272326v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic models of profiles for voting by evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuela Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Choice and Welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 63 (2), pp.377-400. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00355-024-01535-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03194218v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic normality of wavelet covariances and of multivariate wavelet Whittle estimators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 155, pp.485-534. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.spa.2022.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068460v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepest Voting: a new way of electing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuela Leoni-Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 116, pp.1-16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mathsocsci.2021.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192793v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outlier detection in multivariate functional data through a contaminated mixture model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 174, pp.107496. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.csda.2022.107496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255849v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New results on approximate Hilbert pairs of wavelet filters with common factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Clausel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Achard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 49 (3), pp.1025-1045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acha.2019.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613583v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelet-based and Fourier-based multivariate Whittle estimation: multiwave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 89 (6), pp.1-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18637/jss.v089.i06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01840099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivariate wavelet Whittle estimation in long-range dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Time Series Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 37 (4), pp.476-512. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jtsa.12170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01079645v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelet penalized likelihood estimation in generalized functional models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Test</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 22 (1), pp.s11749-012-0310-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11749-012-0310-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00577733v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive density estimation under weak dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Wintenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 14, pp.151-172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ps:2008025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive density estimation under dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Wintenberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 14, pp.151-172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ps:2008025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00012077v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Estimation and Wavelet Thresholding in Partially Linear Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17 (4), pp.293-310. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11222-007-9019-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00118237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Driven Production Bottleneck Detection in a Bearing Manufacturing Line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Rezaee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdourahim Sylla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Guerre-Chaley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. pp.1844-1849, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération de Matrices de Corrélation avec des Structures de Graphe par Optimisation Convexe</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Regularisation Ridge de la régression PLS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2025 - XXXe Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">56es Journées de Statistique de la Société Française de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Marseille (FRANCE), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05004357v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking Brain Connectivity Graph Inference: A Novel Validation Approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Génération de modèles graphiques par optimisation convexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fakhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Polisano</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd European Signal Processing Conference (EUSIPCO 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Palerme, Italy</w:t>
+              <w:t xml:space="preserve">JDS 2025 - 56es Journées de Statistique de la SFdS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04995510v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating Correlation Matrices with Graph Structures Using Convex Optimization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Génération de Matrices de Corrélation avec des Structures de Graphe par Optimisation Convexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fahkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Polisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Statistical Signal Processing Workshop (SSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Edinbourg, United Kingdom</w:t>
+              <w:t xml:space="preserve">GRETSI 2025 - XXXe Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963660v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004357v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse non asymptotique de la régression PLS à une composante</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Benchmarking Brain Connectivity Graph Inference: A Novel Validation Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Chevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fahkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Polisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Marteau</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55èmes Journées de Statistique de la Société Française de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">33rd European Signal Processing Conference (EUSIPCO 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04859587v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération de modèles graphiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generating Correlation Matrices with Graph Structures Using Convex Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fakhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Polisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kévin Polisano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2022 - XXVIIIème Colloque francophone de traitement du signal et des images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.1-3</w:t>
+              <w:t xml:space="preserve">IEEE Statistical Signal Processing Workshop (SSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Edinbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811642v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outliers Detection in Functional Data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Analyse non asymptotique de la régression PLS à une composante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Jacques</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Marteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classification and Data Science in the Digital Age - Book of Abstracts IFCS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Federation of Classification Societies, Jul 2022, Porto (Portugal), Portugal. pp.77</w:t>
+              <w:t xml:space="preserve">55èmes Journées de Statistique de la Société Française de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04141050v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04859587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering et détection d'anomalies dans les données fonctionnelles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Covariance and phase recovery for multivariate time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Jacques</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53èmes Journées de Statistique de la Société Française de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Nonparametric Statistics - ISNPS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paphos, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03649201v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covariance and phase recovery for multivariate time series</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Génération de modèles graphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Achard</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Polisano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Nonparametric Statistics - ISNPS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paphos, Cyprus</w:t>
+              <w:t xml:space="preserve">GRETSI 2022 - XXVIIIème Colloque francophone de traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810075v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Votes par évaluation avec des fonctions de profondeur</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Outliers Detection in Functional Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rolland</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53èmes Journées de Statistique de la Société Française de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Classification and Data Science in the Digital Age - Book of Abstracts IFCS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Federation of Classification Societies, Jul 2022, Porto (Portugal), Portugal. pp.77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810253v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection d'anomalies dans les données fonctionnelles multivariées.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Clustering et détection d'anomalies dans les données fonctionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Jeunes Probabilistes et Statisticiens - 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Oléron, France</w:t>
+              <w:t xml:space="preserve">53èmes Journées de Statistique de la Société Française de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561392v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outlier detection in sensor networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Votes par évaluation avec des fonctions de profondeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Jacques</w:t>
+                <w:t xml:space="preserve">Samuela Leoni-Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Network for Business and Industrial Statistics -2021 Online conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
+              <w:t xml:space="preserve">53èmes Journées de Statistique de la Société Française de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561337v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph inference from multivariate time series with long-range dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMStatistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection d'anomalies dans des données fonctionnelles multivariées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Outlier detection in sensor networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacques</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johann Mozul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52èmes Journées de Statistiques de la Société Française de Statistique (SFdS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Nice, France</w:t>
+              <w:t xml:space="preserve">European Network for Business and Industrial Statistics -2021 Online conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02987148v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inference of dependence graphs by multiple testing, with application to brain connectivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Détection d'anomalies dans les données fonctionnelles multivariées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Meeting of Statisticians (EMS 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">Colloque Jeunes Probabilistes et Statisticiens - 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810051v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavelet-based graph inference using multiple testing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection d'anomalies dans des données fonctionnelles multivariées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Achard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marine Roux</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Mozul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optical Engineering + Applications, Wavelets and Sparsity XVIII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">52èmes Journées de Statistiques de la Société Française de Statistique (SFdS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399391v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02987148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytic wavelets for multivariate time series analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Inference of dependence graphs by multiple testing, with application to brain connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optical Engineering + Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Meeting of Statisticians (EMS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Palermo, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2272928⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01618447v1</w:t>
+                <w:t xml:space="preserve">hal-03810051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondelettes analytiques, application à l'analyse des processus multivariés à longue mémoire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Wavelet-based graph inference using multiple testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Roueff</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Optical Engineering + Applications, Wavelets and Sparsity XVIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, San Diego, Californie, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2529193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840082v1</w:t>
+                <w:t xml:space="preserve">hal-02399391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des paramètres d'un bruit gaussien généralisé basée sur le kurtosis des statistiques minimales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Analytic wavelets for multivariate time series analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Clausel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Optical Engineering + Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, San Diego, Californie, United States. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2272928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01618926v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the fractal connectivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Ondelettes analytiques, application à l'analyse des processus multivariés à longue mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Clausel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Roueff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop ATLAS - mathematical and algorithmimcal approaches for high dimensional problems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02073552v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavelet estimation in multivariate time series models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Estimation des paramètres d'un bruit gaussien généralisé basée sur le kurtosis des statistiques minimales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Millioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">StatMathAppli 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Fréjus, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02070765v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of EEG recordings in auditory brain activity via a logistic functional linear regression model.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Estimation of the fractal connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Functional and Operatorial Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Italy. p. 125-130</w:t>
+              <w:t xml:space="preserve">Workshop ATLAS - mathematical and algorithmimcal approaches for high dimensional problems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00830313v2</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02073552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the fractal connectivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Wavelet estimation in multivariate time series models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical Challenges in Neuroscience workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Warwick, United Kingdom</w:t>
+              <w:t xml:space="preserve">StatMathAppli 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02070429v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation par ondelettes dans des modèles fonctionnels généralisés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Classification of EEG recordings in auditory brain activity via a logistic functional linear regression model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44èmes Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Bruxelles, Belgique. pp.100</w:t>
+              <w:t xml:space="preserve">International Workshop on Functional and Operatorial Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Italy. p. 125-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00863163v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00830313v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation par ondelettes dans les modèles partiellement linéaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Estimation of the fractal connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du Groupement de Recherche MASCOT-NUM : Méthodes d'Analyse Stochastique pour les Codes et Traitements NUMériques Rencontres du GDR MASCOT-NUM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Caradache, France</w:t>
+              <w:t xml:space="preserve">Statistical Challenges in Neuroscience workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Warwick, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00853879v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Estimation par ondelettes dans des modèles fonctionnels généralisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Bruxelles, Belgique. pp.100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00863163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation par ondelettes dans les modèles partiellement linéaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres du Groupement de Recherche MASCOT-NUM : Méthodes d'Analyse Stochastique pour les Codes et Traitements NUMériques Rencontres du GDR MASCOT-NUM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Caradache, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Robust M-estimation and wavelet thresholding in partially linear models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flexible Statistical Analysis Adapted to Complex Data Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00171724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3842,946 +4147,1380 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelet Whittle estimation in multivariate time series models: application to fMRI data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonparametric Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978-3-319-96941-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01840089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération de modèles graphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Polisano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2022 - XXVIII ème Colloque Francophone de Traitement Du Signal et Des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation of fractal connectivity in multivariate time series with long-range dependence: application to cerebral connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">StatLearn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé et dispositif de pesée notamment pour la pesée de véhicules montés sur roues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Amovin-Assagba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3143115. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Logiciel (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TestCor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiwave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure recovery from time dependent data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gannaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Statistics [math.ST]. Institut National des Sciences Appliquées de Lyon; Université Lyon 1 - Claude Bernard, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-04083433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation par ondelettes dans les modèles partiellement linéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. Université Joseph-Fourier - Grenoble I, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00197146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure recovery from time dependent data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Aide au diagnostic de pathologies cardiaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">tel-04083433v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Millioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] AMIES. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Logiciel (2)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TestCor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Deepest voting on rankings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Gavra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-02069013v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Anderson Kouassi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiwave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A simulation-based study of proximity between voting rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Achard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">Clément Marteau</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuela Leoni-Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732627v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simulation-based study of proximity between voting rules</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A non-asymptotic upper bound in prediction for the PLS estimator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rolland</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Marteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631154v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic control of FWER under Gaussian assumption: application to correlation tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Achard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Irène Gannaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02883720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId97"/>
+      <w:footerReference w:type="default" r:id="rId110"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4847,51 +5586,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="D600E8D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -4928,51 +5819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237950v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Castelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gannaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marteau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.70028" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272326v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtsa.12719" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194218v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Aubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Leoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-024-01535-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068460v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.10.012" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192793v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Leoni-Aubin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2021.12.006" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255849v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Amovin-Assagba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2022.107496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01613583v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clausel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2019.06.001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v089.i06" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079645v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtsa.12170" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577733v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11749-012-0310-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wintenberger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps:2008025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012077v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-007-9019-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396834v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Rezaee" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Sylla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre David" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Guerre-Chaley" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.310" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004357v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fahkar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Polisano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995510v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Chevaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963660v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fakhar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859587v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141050v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03649201v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810075v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810253v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561392v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561337v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810063v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987148v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mozul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810051v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399391v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529193" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2272928" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840082v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618926v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Millioz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073552v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070765v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830313v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070429v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863163v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853879v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171724v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840089v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684683v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00197146v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04083433v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069013v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069019v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732627v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631154v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883720v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gannaz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1456-4985" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125124732" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/gannaz_i_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237950v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Castelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gannaz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.70028" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272326v3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtsa.12719" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194218v3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Aubin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Leoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-024-01535-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068460v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.10.012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192793v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Leoni-Aubin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2021.12.006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255849v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Amovin-Assagba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2022.107496" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01613583v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clausel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2019.06.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840099v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v089.i06" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079645v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtsa.12170" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577733v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11749-012-0310-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591694v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wintenberger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps:2008025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012077v3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118237v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-007-9019-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396834v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Rezaee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Sylla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre David" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Guerre-Chaley" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.310" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554918v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540854v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fakhar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Polisano" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004357v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fahkar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995510v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Chevaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859587v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811642v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141050v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03649201v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810253v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810063v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561337v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561392v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987148v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fossi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mozul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810051v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399391v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529193" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618447v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2272928" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840082v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618926v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Millioz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073552v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070765v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830313v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070429v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863163v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853879v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171724v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840089v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256146v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069042v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684683v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069013v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069019v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04083433v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00197146v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070621v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Millioz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552255v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Gavra" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Anderson Kouassi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631154v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732627v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>